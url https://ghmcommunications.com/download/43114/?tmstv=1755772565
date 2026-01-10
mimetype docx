--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -10,66 +10,66 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="368ECCE0" w14:textId="5AFD0804" w:rsidR="00267D59" w:rsidRPr="00256397" w:rsidRDefault="00FF1D70" w:rsidP="00D171ED">
+    <w:p w14:paraId="368ECCE0" w14:textId="6598F14E" w:rsidR="00267D59" w:rsidRPr="00256397" w:rsidRDefault="005F234F" w:rsidP="00D171ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="6" w:hanging="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>GHM COMMUNICATIONS</w:t>
+        <w:t>GHM Communications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C0486F" w14:textId="05D41B28" w:rsidR="001718B2" w:rsidRDefault="001718B2" w:rsidP="00850488">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="10" w:right="6" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F56772F" w14:textId="3522910B" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00441D0F" w:rsidP="00D171ED">
       <w:pPr>
         <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SERVICE SCHEDULE</w:t>
@@ -1204,69 +1204,58 @@
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53A8A5BE" w14:textId="3387ECBD" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Giacom</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">Giacom: </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="006B1DF6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://assets.giacom.com/assets/2023/Points-of-Note.pdf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FD56626" w14:textId="49B8132A" w:rsidR="009D09BF" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
@@ -2043,109 +2032,88 @@
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73A57026" w14:textId="77777777" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Master Services Agreement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5570" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCC5BA4" w14:textId="29FE4B9D" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="00957088">
+          <w:p w14:paraId="2CCC5BA4" w14:textId="765D7C00" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="00957088">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the Company’s Master Services Agreement made available to the Custome</w:t>
             </w:r>
             <w:r w:rsidR="004A6CB0" w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">r </w:t>
             </w:r>
             <w:r w:rsidR="004A6CB0" w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">at the Company Website at </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:hyperlink>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005F234F">
+              <w:t>www.ghmcomms.com;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="008960CB" w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36E4638B" w14:textId="77777777" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="00957088">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w14:paraId="3FA35D04" w14:textId="77777777" w:rsidTr="006E1A77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0698E830" w14:textId="77777777" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
@@ -2466,65 +2434,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Mobile Device Management </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="691A1BDC" w14:textId="0EEBC35D" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">a </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Software platform that assists Customers to manage devices used within its business and keep such devices secure, regardless of their operating system</w:t>
+              <w:t>a third party Software platform that assists Customers to manage devices used within its business and keep such devices secure, regardless of their operating system</w:t>
             </w:r>
             <w:r w:rsidR="008960CB" w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w14:paraId="74675621" w14:textId="77777777" w:rsidTr="006E1A77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DE62997" w14:textId="77777777" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
@@ -2797,103 +2751,77 @@
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">as in </w:t>
             </w:r>
             <w:r w:rsidR="00B65A2E" w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Order Form</w:t>
             </w:r>
             <w:r w:rsidR="00957088" w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> or, where such overuse charges are not specified on the Order Form, on the Company Website</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71A6B0AE" w14:textId="6169C447" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00957088" w:rsidP="00957088">
+          <w:p w14:paraId="71A6B0AE" w14:textId="33A905EA" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00957088" w:rsidP="00957088">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(see “Out of bundle charges”: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...26 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidR="005F234F">
+              <w:t>www.ghmcomms.com</w:t>
             </w:r>
             <w:r w:rsidR="00EB36BD" w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w14:paraId="030DA8D1" w14:textId="77777777" w:rsidTr="006E1A77">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2647" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DC34FC7" w14:textId="77777777" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:b/>
@@ -2980,51 +2908,65 @@
               </w:rPr>
               <w:t>Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="538811E3" w14:textId="7F714F5C" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">the business mobile services as set out in the Order Form and that the Customer has agreed to purchase and the Company has agreed to supply to the Customer pursuant to the </w:t>
+              <w:t xml:space="preserve">the business mobile services as set out in the Order Form and that the Customer has agreed to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006B1DF6">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>purchase</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006B1DF6">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and the Company has agreed to supply to the Customer pursuant to the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Agreement</w:t>
             </w:r>
             <w:r w:rsidR="008960CB" w:rsidRPr="006B1DF6">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="262318DE" w14:textId="77777777" w:rsidR="00EB36BD" w:rsidRPr="006B1DF6" w:rsidRDefault="00EB36BD" w:rsidP="001C7E11">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
@@ -3658,51 +3600,50 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00D867F8" w14:textId="72F93BE9" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk185319235"/>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="00AF418D" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e Agreement</w:t>
       </w:r>
       <w:r w:rsidR="002F026D" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF418D" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">shall govern the Services provided under this Service Schedule </w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to the exclusion of any other terms that the Customer seeks to impose or incorporate, or which are implied by trade, custom, practice or course of dealing.</w:t>
@@ -4786,65 +4727,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> to act on </w:t>
       </w:r>
       <w:r w:rsidR="00B9453B" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Customer’s</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> behalf in all dealings with any </w:t>
       </w:r>
       <w:r w:rsidR="004F0FEF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Network Operator</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> supplier in connection with any matter that enables </w:t>
+        <w:t xml:space="preserve"> or third party supplier in connection with any matter that enables </w:t>
       </w:r>
       <w:r w:rsidR="00B9453B" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to provide </w:t>
       </w:r>
       <w:r w:rsidR="00B9453B" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>or continue to provide</w:t>
       </w:r>
@@ -4943,51 +4870,58 @@
         </w:rPr>
         <w:t>ard</w:t>
       </w:r>
       <w:r w:rsidR="003F51FD" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00B9453B" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Customer</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be responsible for the Charges in respect of calls to such numbers. </w:t>
+        <w:t xml:space="preserve"> will be responsible for the Charges in respect </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B1DF6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">of calls to such numbers. </w:t>
       </w:r>
       <w:r w:rsidR="00B9453B" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> may request that </w:t>
       </w:r>
       <w:r w:rsidR="00B9453B" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Company </w:t>
       </w:r>
       <w:r w:rsidR="00437984" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
@@ -6666,50 +6600,51 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0762C8BC" w14:textId="1A1B726D" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="001C2F80">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2410" w:hanging="992"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">all other </w:t>
       </w:r>
       <w:r w:rsidR="00572760" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Charges</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> which </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -8334,50 +8269,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E4FCA4F" w14:textId="49A88D17" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>THE COMPANY’S GENERAL OBLIGATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18256B81" w14:textId="62397622" w:rsidR="00BE3889" w:rsidRPr="006B1DF6" w:rsidRDefault="00BE3889" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="750" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36111310" w14:textId="30D8115A" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="001C02BE" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
@@ -8816,51 +8752,65 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he Services and the Equipment has not been developed to meet </w:t>
       </w:r>
       <w:r w:rsidR="001C02BE" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Customer’s </w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">individual requirements and that it is therefore the Customer’s responsibility to ensure that the facilities and functions of the Services and the Equipment meets their </w:t>
+        <w:t xml:space="preserve">individual requirements and that it is therefore the Customer’s responsibility to ensure that the facilities and functions of the Services and the Equipment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>meets</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>requirements;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42ACCB5B" w14:textId="2542E981" w:rsidR="0083003A" w:rsidRPr="006B1DF6" w:rsidRDefault="0083003A" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:firstLine="0"/>
         <w:rPr>
@@ -9378,69 +9328,61 @@
       </w:r>
       <w:r w:rsidR="009401F3" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
       <w:r w:rsidR="008C234F" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="009401F3" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidR="00CC4C4E" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008C234F" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>third part</w:t>
       </w:r>
       <w:r w:rsidR="00CC4C4E" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>y</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> suppliers</w:t>
+        <w:t>y suppliers</w:t>
       </w:r>
       <w:r w:rsidR="008C234F" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> which may </w:t>
       </w:r>
       <w:r w:rsidR="00CC4C4E" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">have a presence </w:t>
       </w:r>
       <w:r w:rsidR="008C234F" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">outside of the EU. </w:t>
       </w:r>
       <w:r w:rsidR="009401F3" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer</w:t>
       </w:r>
@@ -9532,51 +9474,50 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A16F35C" w14:textId="0A61B1FA" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="008C234F" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Customer must </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>at all times</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> comply with </w:t>
       </w:r>
       <w:r w:rsidR="009401F3" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company’s</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -10620,101 +10561,87 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61B70DE1" w14:textId="77777777" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> network or provision of the Services; or </w:t>
+        <w:t xml:space="preserve">which will or may adversely affect the operation of the System or any other third party network or provision of the Services; or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FAD8A74" w14:textId="77777777" w:rsidR="0083003A" w:rsidRPr="006B1DF6" w:rsidRDefault="0083003A" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="469C6ADF" w14:textId="47BECB53" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">if </w:t>
       </w:r>
       <w:r w:rsidR="009401F3" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Company </w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>suspect</w:t>
       </w:r>
       <w:r w:rsidR="009401F3" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> fraudulent, criminal or illegal activities are being carried out, or are likely to be carried out, via that handset or</w:t>
@@ -11559,51 +11486,50 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0134779D" w14:textId="10B8ADD1" w:rsidR="0083003A" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="005011EA" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00535D52" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Monthly </w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Charge</w:t>
       </w:r>
       <w:r w:rsidR="00783E7C" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
@@ -13115,50 +13041,51 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="330F127C" w14:textId="715AC1E2" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00C808C0" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8978"/>
         </w:tabs>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">o VAT is applied to the Hardware Fund or any drawdown from the Hardware Fund and no invoice or credit note will be issued by </w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in respect of any VAT in this regard.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC4B1F0" w14:textId="0E00C91F" w:rsidR="00F65FB9" w:rsidRPr="006B1DF6" w:rsidRDefault="00F65FB9" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
@@ -15578,51 +15505,65 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BF7D8CB" w14:textId="3F1B8F7E" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00AF06E2" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will disconnect the Customer from the System and the Customer must pay all Charges owed to </w:t>
+        <w:t xml:space="preserve"> will disconnect the Customer from the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Customer must pay all Charges owed to </w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00437714" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pursuant to the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00437714" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
@@ -15640,51 +15581,65 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47BE38BD" w14:textId="6BB89D30" w:rsidR="00F65FB9" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="00467010">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">all numbers shall revert to the Company and the Customer shall return all SIMs that are not connected and permit the disconnection of all and any SIMs that are connected and shall indemnify the Company against all </w:t>
+        <w:t xml:space="preserve">all numbers shall revert to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B1DF6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Company</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B1DF6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Customer shall return all SIMs that are not connected and permit the disconnection of all and any SIMs that are connected and shall indemnify the Company against all </w:t>
       </w:r>
       <w:r w:rsidR="000805D2" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">costs or </w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">liability howsoever arising for such </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>disconnection;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -16136,51 +16091,51 @@
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p w14:paraId="01FFFA6F" w14:textId="6C001BED" w:rsidR="00EE3974" w:rsidRPr="006B1DF6" w:rsidRDefault="0086241D" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="254"/>
         <w:ind w:left="750" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="_Hlk182563987"/>
     </w:p>
-    <w:p w14:paraId="655B9FA9" w14:textId="4A8CBD7C" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="00957088">
+    <w:p w14:paraId="655B9FA9" w14:textId="1160308E" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="00D32FFF" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="254"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00613259" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
@@ -16250,85 +16205,91 @@
       </w:r>
       <w:r w:rsidR="00613259" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> before they take effect</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005D6686" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> may have the right to terminate </w:t>
       </w:r>
-      <w:r w:rsidR="00F32862" w:rsidRPr="006B1DF6">
+      <w:r w:rsidR="00F32862" w:rsidRPr="00F0076D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B1DF6">
-[...17 lines deleted...]
-      <w:r w:rsidR="00F32862" w:rsidRPr="006B1DF6">
+      <w:r w:rsidRPr="00F0076D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0076D" w:rsidRPr="00F0076D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>30 days</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0076D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32862" w:rsidRPr="00F0076D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B1DF6">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> notification, at no additional costs, if any changes are not exclusively of benefit to </w:t>
+      <w:r w:rsidRPr="00F0076D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B1DF6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, at no additional costs, if any changes are not exclusively of benefit to </w:t>
       </w:r>
       <w:r w:rsidR="005D6686" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Customer</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. This does not apply if the change is purely administrative and has no negative</w:t>
       </w:r>
       <w:r w:rsidR="00EE3974" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>effect</w:t>
       </w:r>
@@ -17006,65 +16967,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26B36DA3" w14:textId="6A03DBF4" w:rsidR="00267D59" w:rsidRPr="006B1DF6" w:rsidRDefault="007C62FB" w:rsidP="00957088">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="254"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Ref184561524"/>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer shall refrain from using</w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Company’s name or any other </w:t>
-[...13 lines deleted...]
-        <w:t>, brand name, logo</w:t>
+        <w:t xml:space="preserve"> the Company’s name or any other trade mark, brand name, logo</w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">get-up </w:t>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or other distinctive signs of </w:t>
       </w:r>
       <w:r w:rsidR="00D32FFF" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company without the Company’s prior written consent.</w:t>
       </w:r>
@@ -17137,88 +17084,88 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00823FF2" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00823FF2" w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B1DF6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall survive termination or expiry of the Agreement. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00267D59" w:rsidRPr="006B1DF6">
-      <w:headerReference w:type="even" r:id="rId33"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId38"/>
+      <w:headerReference w:type="even" r:id="rId31"/>
+      <w:headerReference w:type="default" r:id="rId32"/>
+      <w:footerReference w:type="even" r:id="rId33"/>
+      <w:footerReference w:type="default" r:id="rId34"/>
+      <w:headerReference w:type="first" r:id="rId35"/>
+      <w:footerReference w:type="first" r:id="rId36"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="630" w:right="1130" w:bottom="1238" w:left="1794" w:header="720" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="143BB027" w14:textId="77777777" w:rsidR="00A52539" w:rsidRDefault="00A52539">
+    <w:p w14:paraId="30AEFE97" w14:textId="77777777" w:rsidR="00773FB5" w:rsidRDefault="00773FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="756279D6" w14:textId="77777777" w:rsidR="00A52539" w:rsidRDefault="00A52539">
+    <w:p w14:paraId="25F2F6C8" w14:textId="77777777" w:rsidR="00773FB5" w:rsidRDefault="00773FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4BF66F1D" w14:textId="77777777" w:rsidR="00A52539" w:rsidRDefault="00A52539">
+    <w:p w14:paraId="0627D8C2" w14:textId="77777777" w:rsidR="00773FB5" w:rsidRDefault="00773FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -17379,71 +17326,71 @@
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C69556A" w14:textId="77777777" w:rsidR="00A52539" w:rsidRDefault="00A52539">
+    <w:p w14:paraId="31E846E8" w14:textId="77777777" w:rsidR="00773FB5" w:rsidRDefault="00773FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57F53956" w14:textId="77777777" w:rsidR="00A52539" w:rsidRDefault="00A52539">
+    <w:p w14:paraId="7182D712" w14:textId="77777777" w:rsidR="00773FB5" w:rsidRDefault="00773FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="68FC2B71" w14:textId="77777777" w:rsidR="00A52539" w:rsidRDefault="00A52539">
+    <w:p w14:paraId="6271A9CA" w14:textId="77777777" w:rsidR="00773FB5" w:rsidRDefault="00773FB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C90CA60" w14:textId="77777777" w:rsidR="00267D59" w:rsidRDefault="00267D59">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B5D7AC5" w14:textId="77777777" w:rsidR="00267D59" w:rsidRDefault="00267D59">
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -20167,193 +20114,198 @@
     <w:rsid w:val="00254FFB"/>
     <w:rsid w:val="00256397"/>
     <w:rsid w:val="00261215"/>
     <w:rsid w:val="00262CD2"/>
     <w:rsid w:val="00265475"/>
     <w:rsid w:val="00267D59"/>
     <w:rsid w:val="00270F0B"/>
     <w:rsid w:val="00272E03"/>
     <w:rsid w:val="00273C1B"/>
     <w:rsid w:val="0029023C"/>
     <w:rsid w:val="002A5947"/>
     <w:rsid w:val="002A69E3"/>
     <w:rsid w:val="002C09AD"/>
     <w:rsid w:val="002C0D0A"/>
     <w:rsid w:val="002C53DB"/>
     <w:rsid w:val="002D6DC1"/>
     <w:rsid w:val="002E0219"/>
     <w:rsid w:val="002E0B96"/>
     <w:rsid w:val="002F026D"/>
     <w:rsid w:val="002F6E4D"/>
     <w:rsid w:val="00301756"/>
     <w:rsid w:val="00302578"/>
     <w:rsid w:val="003058E2"/>
     <w:rsid w:val="00314909"/>
     <w:rsid w:val="00317DE3"/>
+    <w:rsid w:val="003239CC"/>
     <w:rsid w:val="00325A7E"/>
     <w:rsid w:val="003274A9"/>
     <w:rsid w:val="00327605"/>
     <w:rsid w:val="003335DC"/>
     <w:rsid w:val="003339C7"/>
     <w:rsid w:val="00343232"/>
     <w:rsid w:val="003451FD"/>
     <w:rsid w:val="00357E3B"/>
     <w:rsid w:val="003606BE"/>
     <w:rsid w:val="0036426E"/>
     <w:rsid w:val="00370574"/>
     <w:rsid w:val="00374E6C"/>
     <w:rsid w:val="00387AE9"/>
     <w:rsid w:val="00390124"/>
     <w:rsid w:val="00394B2F"/>
     <w:rsid w:val="003A27F4"/>
     <w:rsid w:val="003A78C4"/>
     <w:rsid w:val="003B41B2"/>
     <w:rsid w:val="003B44C3"/>
     <w:rsid w:val="003B6E7C"/>
     <w:rsid w:val="003B7FD7"/>
     <w:rsid w:val="003C2908"/>
     <w:rsid w:val="003C39D2"/>
     <w:rsid w:val="003C4BAC"/>
     <w:rsid w:val="003D0A3D"/>
     <w:rsid w:val="003D3B57"/>
     <w:rsid w:val="003E33F0"/>
     <w:rsid w:val="003E3CE4"/>
     <w:rsid w:val="003E50D5"/>
     <w:rsid w:val="003E7AB2"/>
     <w:rsid w:val="003F4EFC"/>
     <w:rsid w:val="003F51FD"/>
     <w:rsid w:val="003F6CF4"/>
     <w:rsid w:val="00402B20"/>
     <w:rsid w:val="00405B19"/>
     <w:rsid w:val="00410098"/>
     <w:rsid w:val="00421D9F"/>
     <w:rsid w:val="00424A6B"/>
     <w:rsid w:val="00424B98"/>
     <w:rsid w:val="00430831"/>
     <w:rsid w:val="00431D53"/>
     <w:rsid w:val="004371B1"/>
     <w:rsid w:val="00437714"/>
     <w:rsid w:val="00437984"/>
-    <w:rsid w:val="00437A3A"/>
     <w:rsid w:val="00441D0F"/>
     <w:rsid w:val="00441F15"/>
     <w:rsid w:val="00442CAD"/>
     <w:rsid w:val="00453228"/>
     <w:rsid w:val="0046383C"/>
     <w:rsid w:val="00465350"/>
     <w:rsid w:val="00467010"/>
     <w:rsid w:val="0048744C"/>
     <w:rsid w:val="004A03C6"/>
     <w:rsid w:val="004A5452"/>
+    <w:rsid w:val="004A61E5"/>
     <w:rsid w:val="004A6CB0"/>
     <w:rsid w:val="004B2304"/>
     <w:rsid w:val="004B38F4"/>
     <w:rsid w:val="004D3E65"/>
     <w:rsid w:val="004D79AD"/>
     <w:rsid w:val="004D7AF0"/>
     <w:rsid w:val="004E5BC2"/>
     <w:rsid w:val="004E5C11"/>
     <w:rsid w:val="004F0FEF"/>
     <w:rsid w:val="004F7A3C"/>
     <w:rsid w:val="005002C6"/>
     <w:rsid w:val="005011EA"/>
     <w:rsid w:val="00503BFF"/>
     <w:rsid w:val="00504C4B"/>
     <w:rsid w:val="00511DE7"/>
     <w:rsid w:val="00511E69"/>
     <w:rsid w:val="00515B50"/>
     <w:rsid w:val="0052127C"/>
     <w:rsid w:val="00522E8F"/>
     <w:rsid w:val="00524C91"/>
     <w:rsid w:val="0052672C"/>
     <w:rsid w:val="00531251"/>
     <w:rsid w:val="00535D52"/>
+    <w:rsid w:val="00553981"/>
     <w:rsid w:val="00557453"/>
     <w:rsid w:val="005617F8"/>
     <w:rsid w:val="0056762A"/>
     <w:rsid w:val="00572760"/>
     <w:rsid w:val="00572F9D"/>
     <w:rsid w:val="0057781B"/>
     <w:rsid w:val="005813E2"/>
     <w:rsid w:val="00582714"/>
     <w:rsid w:val="00585A9B"/>
     <w:rsid w:val="00591D56"/>
     <w:rsid w:val="00597342"/>
     <w:rsid w:val="005A01BF"/>
     <w:rsid w:val="005A1C19"/>
     <w:rsid w:val="005A2194"/>
     <w:rsid w:val="005C078C"/>
     <w:rsid w:val="005D6686"/>
     <w:rsid w:val="005F20AB"/>
+    <w:rsid w:val="005F234F"/>
     <w:rsid w:val="005F2947"/>
     <w:rsid w:val="005F4E2C"/>
     <w:rsid w:val="00602E31"/>
     <w:rsid w:val="00611AA6"/>
     <w:rsid w:val="00613259"/>
     <w:rsid w:val="0061441C"/>
     <w:rsid w:val="0061522F"/>
     <w:rsid w:val="006158BD"/>
     <w:rsid w:val="00617098"/>
     <w:rsid w:val="006206A1"/>
     <w:rsid w:val="00621685"/>
     <w:rsid w:val="00621B44"/>
     <w:rsid w:val="0063154C"/>
     <w:rsid w:val="00634B3C"/>
     <w:rsid w:val="00644C85"/>
     <w:rsid w:val="00650FFF"/>
     <w:rsid w:val="006531BD"/>
     <w:rsid w:val="0065552D"/>
     <w:rsid w:val="00662189"/>
     <w:rsid w:val="00665F94"/>
     <w:rsid w:val="006720FD"/>
     <w:rsid w:val="00684E77"/>
     <w:rsid w:val="006850A2"/>
     <w:rsid w:val="0068536A"/>
     <w:rsid w:val="00691708"/>
     <w:rsid w:val="006B1DF6"/>
     <w:rsid w:val="006C4136"/>
     <w:rsid w:val="006E1A77"/>
     <w:rsid w:val="006E68D8"/>
     <w:rsid w:val="006E7CF0"/>
     <w:rsid w:val="006F5460"/>
     <w:rsid w:val="006F7315"/>
     <w:rsid w:val="00727393"/>
     <w:rsid w:val="00732D4C"/>
     <w:rsid w:val="007354F1"/>
     <w:rsid w:val="00740563"/>
     <w:rsid w:val="00741BF2"/>
     <w:rsid w:val="0075033A"/>
     <w:rsid w:val="00750F47"/>
     <w:rsid w:val="00757ACB"/>
     <w:rsid w:val="00760D12"/>
     <w:rsid w:val="00761027"/>
     <w:rsid w:val="00770644"/>
+    <w:rsid w:val="00773FB5"/>
     <w:rsid w:val="00775179"/>
     <w:rsid w:val="00783E7C"/>
     <w:rsid w:val="007916D3"/>
     <w:rsid w:val="00791BDD"/>
     <w:rsid w:val="0079571A"/>
+    <w:rsid w:val="00795BF1"/>
     <w:rsid w:val="007A322B"/>
     <w:rsid w:val="007A42C7"/>
     <w:rsid w:val="007C62FB"/>
     <w:rsid w:val="007D2B62"/>
     <w:rsid w:val="007E0AC3"/>
     <w:rsid w:val="007E1770"/>
     <w:rsid w:val="007E2600"/>
     <w:rsid w:val="007E27BC"/>
     <w:rsid w:val="007E5563"/>
     <w:rsid w:val="00804320"/>
     <w:rsid w:val="00822263"/>
     <w:rsid w:val="00823FF2"/>
     <w:rsid w:val="00825FDB"/>
     <w:rsid w:val="0083003A"/>
     <w:rsid w:val="00850488"/>
     <w:rsid w:val="0086241D"/>
     <w:rsid w:val="0086269A"/>
     <w:rsid w:val="00867F9B"/>
     <w:rsid w:val="00877AC9"/>
     <w:rsid w:val="008922F1"/>
     <w:rsid w:val="00895240"/>
     <w:rsid w:val="008960CB"/>
     <w:rsid w:val="00897345"/>
     <w:rsid w:val="008A1DCD"/>
     <w:rsid w:val="008A60AB"/>
@@ -20382,62 +20334,62 @@
     <w:rsid w:val="009401F3"/>
     <w:rsid w:val="00951DD5"/>
     <w:rsid w:val="009521B6"/>
     <w:rsid w:val="009534D1"/>
     <w:rsid w:val="00957088"/>
     <w:rsid w:val="0096076D"/>
     <w:rsid w:val="00962A4C"/>
     <w:rsid w:val="00966835"/>
     <w:rsid w:val="00971324"/>
     <w:rsid w:val="00974ABF"/>
     <w:rsid w:val="009839CC"/>
     <w:rsid w:val="009847F1"/>
     <w:rsid w:val="0099093F"/>
     <w:rsid w:val="00995222"/>
     <w:rsid w:val="009972D0"/>
     <w:rsid w:val="009B7C9A"/>
     <w:rsid w:val="009C2402"/>
     <w:rsid w:val="009C3B91"/>
     <w:rsid w:val="009C5F3F"/>
     <w:rsid w:val="009C7863"/>
     <w:rsid w:val="009D09BF"/>
     <w:rsid w:val="009D1F87"/>
     <w:rsid w:val="009D2D8B"/>
     <w:rsid w:val="009D3795"/>
     <w:rsid w:val="009E7AA8"/>
+    <w:rsid w:val="009F1B0B"/>
     <w:rsid w:val="00A107FE"/>
     <w:rsid w:val="00A11DB6"/>
     <w:rsid w:val="00A23BB8"/>
     <w:rsid w:val="00A249ED"/>
     <w:rsid w:val="00A258AC"/>
     <w:rsid w:val="00A25DDF"/>
     <w:rsid w:val="00A3293F"/>
     <w:rsid w:val="00A329C0"/>
     <w:rsid w:val="00A334DC"/>
     <w:rsid w:val="00A40A84"/>
     <w:rsid w:val="00A51EF0"/>
-    <w:rsid w:val="00A52539"/>
     <w:rsid w:val="00A66FD5"/>
     <w:rsid w:val="00A754FC"/>
     <w:rsid w:val="00A779AC"/>
     <w:rsid w:val="00A844C9"/>
     <w:rsid w:val="00A92C32"/>
     <w:rsid w:val="00A93B03"/>
     <w:rsid w:val="00AA2FA5"/>
     <w:rsid w:val="00AA43E7"/>
     <w:rsid w:val="00AA78FB"/>
     <w:rsid w:val="00AB47BC"/>
     <w:rsid w:val="00AB4BCE"/>
     <w:rsid w:val="00AD0B60"/>
     <w:rsid w:val="00AD1877"/>
     <w:rsid w:val="00AD54D4"/>
     <w:rsid w:val="00AE62BC"/>
     <w:rsid w:val="00AE7097"/>
     <w:rsid w:val="00AF06E2"/>
     <w:rsid w:val="00AF2BE6"/>
     <w:rsid w:val="00AF418D"/>
     <w:rsid w:val="00B3156B"/>
     <w:rsid w:val="00B32570"/>
     <w:rsid w:val="00B34B4D"/>
     <w:rsid w:val="00B3509F"/>
     <w:rsid w:val="00B35650"/>
     <w:rsid w:val="00B3667D"/>
@@ -20493,99 +20445,98 @@
     <w:rsid w:val="00D47742"/>
     <w:rsid w:val="00D51FC0"/>
     <w:rsid w:val="00D60122"/>
     <w:rsid w:val="00D61E48"/>
     <w:rsid w:val="00D67768"/>
     <w:rsid w:val="00D760EA"/>
     <w:rsid w:val="00D8316D"/>
     <w:rsid w:val="00D85D15"/>
     <w:rsid w:val="00D87E9E"/>
     <w:rsid w:val="00D94A8D"/>
     <w:rsid w:val="00D95B46"/>
     <w:rsid w:val="00D9724A"/>
     <w:rsid w:val="00DA6C0B"/>
     <w:rsid w:val="00DB28C2"/>
     <w:rsid w:val="00DB292F"/>
     <w:rsid w:val="00DB4157"/>
     <w:rsid w:val="00DB4C1E"/>
     <w:rsid w:val="00DB50FC"/>
     <w:rsid w:val="00DC1645"/>
     <w:rsid w:val="00DC7188"/>
     <w:rsid w:val="00DD35DC"/>
     <w:rsid w:val="00DD4B58"/>
     <w:rsid w:val="00DE7711"/>
     <w:rsid w:val="00DF08CF"/>
     <w:rsid w:val="00DF411C"/>
-    <w:rsid w:val="00E0116E"/>
     <w:rsid w:val="00E053F0"/>
     <w:rsid w:val="00E06387"/>
     <w:rsid w:val="00E30821"/>
     <w:rsid w:val="00E32370"/>
     <w:rsid w:val="00E63FA2"/>
     <w:rsid w:val="00E82457"/>
     <w:rsid w:val="00E825D3"/>
     <w:rsid w:val="00E852AC"/>
     <w:rsid w:val="00E85C9F"/>
     <w:rsid w:val="00E87334"/>
     <w:rsid w:val="00EA1655"/>
     <w:rsid w:val="00EA198C"/>
     <w:rsid w:val="00EA7F98"/>
     <w:rsid w:val="00EB0E0B"/>
     <w:rsid w:val="00EB1B8B"/>
     <w:rsid w:val="00EB2760"/>
     <w:rsid w:val="00EB36BD"/>
     <w:rsid w:val="00ED6B06"/>
     <w:rsid w:val="00EE0A5A"/>
     <w:rsid w:val="00EE1FDD"/>
     <w:rsid w:val="00EE3974"/>
     <w:rsid w:val="00EE44C6"/>
+    <w:rsid w:val="00F0076D"/>
     <w:rsid w:val="00F01A0F"/>
     <w:rsid w:val="00F2486A"/>
     <w:rsid w:val="00F24DCA"/>
     <w:rsid w:val="00F24F6B"/>
     <w:rsid w:val="00F2539F"/>
     <w:rsid w:val="00F30B16"/>
     <w:rsid w:val="00F32862"/>
     <w:rsid w:val="00F342AE"/>
     <w:rsid w:val="00F41ED5"/>
     <w:rsid w:val="00F44025"/>
     <w:rsid w:val="00F4769F"/>
     <w:rsid w:val="00F5151F"/>
     <w:rsid w:val="00F525BE"/>
     <w:rsid w:val="00F64DA6"/>
     <w:rsid w:val="00F65F5A"/>
     <w:rsid w:val="00F65FB9"/>
     <w:rsid w:val="00F7084F"/>
     <w:rsid w:val="00F70FA2"/>
     <w:rsid w:val="00F8134F"/>
     <w:rsid w:val="00FA2EE7"/>
     <w:rsid w:val="00FA6E5D"/>
     <w:rsid w:val="00FA722E"/>
     <w:rsid w:val="00FA7E1D"/>
     <w:rsid w:val="00FB21A0"/>
     <w:rsid w:val="00FB7A06"/>
-    <w:rsid w:val="00FF1D70"/>
     <w:rsid w:val="00FF5954"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -21457,100 +21408,88 @@
     <w:locked/>
     <w:rsid w:val="00A779AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="MBClauselevel3Char">
     <w:name w:val="MB Clause level 3 Char"/>
     <w:basedOn w:val="MBClauselevel2Char"/>
     <w:link w:val="MBClauselevel3"/>
     <w:rsid w:val="00A779AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...10 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1130367727">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1866357470">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vodafone.co.uk/cs/groups/public/documents/document/vfcon106047.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.SCGcorporate.co.uk/about/customer-area/mobile-services-faqs/#h-out-of-bundle-charges" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.giacom.com/assets/2023/Points-of-Note.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Https://scgcloud.com/terms-conditions" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jola.co.uk/wp-content/uploads/2024/07/User-Traffic-Management-Policy.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vodafone.co.uk/cs/groups/public/documents/document/vfcon106047.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.giacom.com/assets/2023/Points-of-Note.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.o2.co.uk/termsandconditions/mobile/unlimited-tariff-terms" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ee.co.uk/help/help-new/offers-and-services/other/unlimited-plans" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jola.co.uk/wp-content/uploads/2024/07/User-Traffic-Management-Policy.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -21812,109 +21751,109 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
      < d o c u m e n t i d > D M S ! 1 2 3 9 5 4 2 8 . 1 < / d o c u m e n t i d > 
  
      < s e n d e r i d > A G C < / s e n d e r i d > 
  
      < s e n d e r e m a i l > A L I C E . C A R R @ M O O R E B L A T C H . C O M < / s e n d e r e m a i l > 
  
      < l a s t m o d i f i e d > 2 0 2 4 - 1 2 - 2 3 T 0 9 : 3 0 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > D M S < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B668F65-6DD8-44E6-A390-33EA1A0CF97C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93958280-5394-48A7-9F85-C02FD01C90BD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6284EE9-225C-4140-8515-097989283807}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B668F65-6DD8-44E6-A390-33EA1A0CF97C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>6409</Words>
-  <Characters>36535</Characters>
+  <Words>6368</Words>
+  <Characters>36303</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>304</Lines>
+  <Lines>302</Lines>
   <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42859</CharactersWithSpaces>
+  <CharactersWithSpaces>42586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jan Blakeley</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>