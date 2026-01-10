--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -25,51 +25,51 @@
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="18F2AC63" w14:textId="77777777" w:rsidR="00FE6586" w:rsidRPr="00C47F5E" w:rsidRDefault="00FE6586" w:rsidP="00FE6586">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EF29A26" w14:textId="08F0EF8A" w:rsidR="009A24F3" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00F5347A">
+    <w:p w14:paraId="7EF29A26" w14:textId="79EE0938" w:rsidR="009A24F3" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00F5347A">
       <w:pPr>
         <w:pStyle w:val="AHall-Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GHM COMMUNICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FD2281E" w14:textId="6DB9760C" w:rsidR="00F5347A" w:rsidRPr="00C47F5E" w:rsidRDefault="003C53AB" w:rsidP="00F5347A">
       <w:pPr>
         <w:pStyle w:val="AHall-Heading1"/>
@@ -2107,97 +2107,81 @@
             <w:pPr>
               <w:pStyle w:val="AHall-Level1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Master Services Agreement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5902" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="316DF202" w14:textId="290BF869" w:rsidR="00F2516F" w:rsidRPr="00C47F5E" w:rsidRDefault="003B531F" w:rsidP="00B82D15">
+          <w:p w14:paraId="316DF202" w14:textId="086F0FB2" w:rsidR="00F2516F" w:rsidRPr="00C47F5E" w:rsidRDefault="003B531F" w:rsidP="00B82D15">
             <w:pPr>
               <w:pStyle w:val="AHall-Level1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the Company’s Master Services Agreement made available to the Customer at the Company Website at </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="008F3F1F" w:rsidRPr="00DA1A4F">
+              <w:r w:rsidR="00444497">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:b w:val="0"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>https://GHMc</w:t>
-[...15 lines deleted...]
-                <w:t>/terms-conditions</w:t>
+                <w:t>www.ghmcomms.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F2516F" w:rsidRPr="00C47F5E" w14:paraId="5DAD755C" w14:textId="77777777" w:rsidTr="003C53AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28E10668" w14:textId="7201711C" w:rsidR="00F2516F" w:rsidRPr="00C47F5E" w:rsidRDefault="00F2516F" w:rsidP="00B82D15">
             <w:pPr>
               <w:pStyle w:val="AHall-Level1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
@@ -5108,51 +5092,69 @@
     <w:p w14:paraId="27A14A6B" w14:textId="7F157E3A" w:rsidR="00193307" w:rsidRPr="00C47F5E" w:rsidRDefault="00193307" w:rsidP="000037F4">
       <w:pPr>
         <w:pStyle w:val="AHall-Level2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C47F5E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">As part of the Services the Customer may set up the Customer’s Website(s). Domain Names are subject to availability and the Company cannot guarantee the availability of any specific Domain Name. </w:t>
+        <w:t xml:space="preserve">As part of the Services the Customer may set up the Customer’s Website(s). Domain Names are subject to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C47F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>availability</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C47F5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Company cannot guarantee the availability of any specific Domain Name. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F556E7" w14:textId="77777777" w:rsidR="0029457F" w:rsidRPr="00C47F5E" w:rsidRDefault="0029457F" w:rsidP="000037F4">
       <w:pPr>
         <w:pStyle w:val="AHall-Level2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F9D2457" w14:textId="0843AF1B" w:rsidR="00A32C02" w:rsidRPr="00C47F5E" w:rsidRDefault="00BB0B8F" w:rsidP="00A32C02">
       <w:pPr>
         <w:pStyle w:val="AHall-Level2"/>
         <w:numPr>
@@ -6956,86 +6958,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Consultative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="495D782B" w14:textId="79393CA9" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="495D782B" w14:textId="27B9CE0C" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940769" w:rsidRPr="00C47F5E" w14:paraId="392251A4" w14:textId="77777777" w:rsidTr="00526B55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7149A287" w14:textId="77777777" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7136,86 +7118,66 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Not included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4383FA33" w14:textId="5A1FB39A" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="4383FA33" w14:textId="1E22668C" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940769" w:rsidRPr="00C47F5E" w14:paraId="7D48A474" w14:textId="77777777" w:rsidTr="00526B55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74A2D59E" w14:textId="77777777" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7868,84 +7830,84 @@
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940769" w:rsidRPr="00C47F5E" w14:paraId="705E8D25" w14:textId="77777777" w:rsidTr="00526B55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4631" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09160860" w14:textId="071C8A68" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
-[...32 lines deleted...]
-              <w:t>GHM</w:t>
+          <w:p w14:paraId="09160860" w14:textId="54617CED" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="1985"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C47F5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Documenting changes in</w:t>
+            </w:r>
+            <w:r w:rsidR="00444497">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> GHM</w:t>
             </w:r>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Secure Repository</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D4BF3CA" w14:textId="77777777" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -16092,76 +16054,76 @@
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940769" w:rsidRPr="00C47F5E" w14:paraId="2E57A6DE" w14:textId="77777777" w:rsidTr="00526B55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75DCC808" w14:textId="43B17DD5" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
+          <w:p w14:paraId="75DCC808" w14:textId="6702E9B8" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Docking station support within warranty </w:t>
             </w:r>
-            <w:r w:rsidR="008F3F1F">
+            <w:r w:rsidR="00444497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> supplied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:hideMark/>
@@ -16272,76 +16234,76 @@
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940769" w:rsidRPr="00C47F5E" w14:paraId="577BB8E9" w14:textId="77777777" w:rsidTr="00526B55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73A9587B" w14:textId="1007855E" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
+          <w:p w14:paraId="73A9587B" w14:textId="5A56D3C6" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Monitor support within warranty </w:t>
             </w:r>
-            <w:r w:rsidR="008F3F1F">
+            <w:r w:rsidR="00444497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> supplied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:hideMark/>
@@ -16452,76 +16414,76 @@
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940769" w:rsidRPr="00C47F5E" w14:paraId="38EC352F" w14:textId="77777777" w:rsidTr="00526B55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40719E95" w14:textId="4C0D7AF4" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
+          <w:p w14:paraId="40719E95" w14:textId="424CA533" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Scanner within warranty </w:t>
             </w:r>
-            <w:r w:rsidR="008F3F1F">
+            <w:r w:rsidR="00444497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> supplied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:hideMark/>
@@ -16632,76 +16594,76 @@
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940769" w:rsidRPr="00C47F5E" w14:paraId="6FD153FA" w14:textId="77777777" w:rsidTr="00526B55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58C1202E" w14:textId="7F4DA52F" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
+          <w:p w14:paraId="58C1202E" w14:textId="39C98BA2" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Video conferencing unit within warranty </w:t>
             </w:r>
-            <w:r w:rsidR="008F3F1F">
+            <w:r w:rsidR="00444497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> supplied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:hideMark/>
@@ -16812,76 +16774,76 @@
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00940769" w:rsidRPr="00C47F5E" w14:paraId="498FA346" w14:textId="77777777" w:rsidTr="00526B55">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4631" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C8F91BC" w14:textId="4A8FDB25" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
+          <w:p w14:paraId="4C8F91BC" w14:textId="59FC1E13" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00940769" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">UPS within warranty </w:t>
             </w:r>
-            <w:r w:rsidR="008F3F1F">
+            <w:r w:rsidR="00444497">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> supplied</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:hideMark/>
@@ -17464,51 +17426,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C2034E2" w14:textId="52ED02BB" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="0C2034E2" w14:textId="72A41D30" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -17644,51 +17606,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FF2BAE0" w14:textId="1DA2BEA2" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="3FF2BAE0" w14:textId="3F138230" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -17824,51 +17786,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F2176C6" w14:textId="2191C99D" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="3F2176C6" w14:textId="576919A9" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -18004,51 +17966,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EA4C389" w14:textId="4CBB6B03" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="6EA4C389" w14:textId="04A41211" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -18184,51 +18146,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54CA80DC" w14:textId="5867F2AB" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="54CA80DC" w14:textId="648AFB57" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -18364,51 +18326,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22ABA801" w14:textId="66820258" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="22ABA801" w14:textId="21E0F4D2" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -18544,51 +18506,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A66B1C0" w14:textId="4878D75E" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="6A66B1C0" w14:textId="47B3A651" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -18724,51 +18686,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6931E3EE" w14:textId="7BC649EC" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="6931E3EE" w14:textId="6F7F8AF1" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -19086,51 +19048,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B12728B" w14:textId="3130B970" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="6B12728B" w14:textId="6FF8A4FF" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -19266,51 +19228,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="349E7EAA" w14:textId="78FB1C65" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="349E7EAA" w14:textId="6BD6A5EB" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -19446,51 +19408,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19576F99" w14:textId="66442918" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="19576F99" w14:textId="61D604F9" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -19626,51 +19588,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45CFFE6C" w14:textId="17326AB7" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="45CFFE6C" w14:textId="3F399C5F" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -20318,51 +20280,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Partially included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AC15469" w14:textId="76AB3255" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="0AC15469" w14:textId="0B6B938D" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -20498,51 +20460,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C47F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Not included</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="151CC852" w14:textId="20032E09" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="008F3F1F" w:rsidP="00940769">
+          <w:p w14:paraId="151CC852" w14:textId="0A23C802" w:rsidR="00940769" w:rsidRPr="00C47F5E" w:rsidRDefault="00444497" w:rsidP="00940769">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>GHM</w:t>
             </w:r>
@@ -26408,73 +26370,73 @@
           <w:tab w:val="clear" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005224AD" w:rsidRPr="00A32C02" w:rsidSect="00940769">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="100B4CDF" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761" w:rsidP="007510EB">
+    <w:p w14:paraId="056035DA" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C90B95E" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761"/>
+    <w:p w14:paraId="56FE928F" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B480DA9" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761" w:rsidP="007510EB">
+    <w:p w14:paraId="3AD3840E" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5640D526" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761"/>
+    <w:p w14:paraId="5F7DE6A0" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="34D14EEA" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761">
+    <w:p w14:paraId="75E52E64" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -26525,124 +26487,123 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D04324F" w14:textId="77777777" w:rsidR="003F211E" w:rsidRPr="00712C5F" w:rsidRDefault="003F211E" w:rsidP="00712C5F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="750AB7D8" w14:textId="77777777" w:rsidR="003F211E" w:rsidRPr="00712C5F" w:rsidRDefault="003F211E" w:rsidP="00712C5F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="373BCDAF" w14:textId="77777777" w:rsidR="003F211E" w:rsidRDefault="003F211E"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49D032FA" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761" w:rsidP="007510EB">
+    <w:p w14:paraId="7B878068" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53407590" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761"/>
+    <w:p w14:paraId="18561443" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54668000" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761" w:rsidP="007510EB">
+    <w:p w14:paraId="6A57583F" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B495B2F" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761"/>
+    <w:p w14:paraId="33E154DC" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="451C43B7" w14:textId="77777777" w:rsidR="008A3761" w:rsidRDefault="008A3761">
+    <w:p w14:paraId="094B5C75" w14:textId="77777777" w:rsidR="00564395" w:rsidRDefault="00564395">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0FCAFC74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
@@ -30379,50 +30340,51 @@
     <w:rsid w:val="003B531F"/>
     <w:rsid w:val="003C53AB"/>
     <w:rsid w:val="003C73BC"/>
     <w:rsid w:val="003D7DE8"/>
     <w:rsid w:val="003E1319"/>
     <w:rsid w:val="003E32CE"/>
     <w:rsid w:val="003E470C"/>
     <w:rsid w:val="003E697E"/>
     <w:rsid w:val="003F173B"/>
     <w:rsid w:val="003F211E"/>
     <w:rsid w:val="003F2920"/>
     <w:rsid w:val="003F7985"/>
     <w:rsid w:val="00405B76"/>
     <w:rsid w:val="004061A3"/>
     <w:rsid w:val="0041219B"/>
     <w:rsid w:val="00414622"/>
     <w:rsid w:val="00420D94"/>
     <w:rsid w:val="00425346"/>
     <w:rsid w:val="0042578C"/>
     <w:rsid w:val="00431483"/>
     <w:rsid w:val="0043341C"/>
     <w:rsid w:val="004357CD"/>
     <w:rsid w:val="0043638B"/>
     <w:rsid w:val="004406DF"/>
     <w:rsid w:val="00442345"/>
+    <w:rsid w:val="00444497"/>
     <w:rsid w:val="00444642"/>
     <w:rsid w:val="00445799"/>
     <w:rsid w:val="00446942"/>
     <w:rsid w:val="00451E89"/>
     <w:rsid w:val="004541EB"/>
     <w:rsid w:val="00454345"/>
     <w:rsid w:val="00455124"/>
     <w:rsid w:val="004568B6"/>
     <w:rsid w:val="00457A87"/>
     <w:rsid w:val="00464D81"/>
     <w:rsid w:val="00465C27"/>
     <w:rsid w:val="004725CE"/>
     <w:rsid w:val="00474934"/>
     <w:rsid w:val="00475150"/>
     <w:rsid w:val="00475923"/>
     <w:rsid w:val="00480C4C"/>
     <w:rsid w:val="0048529C"/>
     <w:rsid w:val="00485C2D"/>
     <w:rsid w:val="00491052"/>
     <w:rsid w:val="004945ED"/>
     <w:rsid w:val="00494AAB"/>
     <w:rsid w:val="00495197"/>
     <w:rsid w:val="004966A7"/>
     <w:rsid w:val="004A2F2C"/>
     <w:rsid w:val="004A4EEC"/>
@@ -30450,50 +30412,51 @@
     <w:rsid w:val="005146F7"/>
     <w:rsid w:val="00514D9D"/>
     <w:rsid w:val="00516C6A"/>
     <w:rsid w:val="005170E8"/>
     <w:rsid w:val="00520B5F"/>
     <w:rsid w:val="005211E0"/>
     <w:rsid w:val="005224AD"/>
     <w:rsid w:val="005248EF"/>
     <w:rsid w:val="005254B9"/>
     <w:rsid w:val="00527E03"/>
     <w:rsid w:val="0053142E"/>
     <w:rsid w:val="00535C57"/>
     <w:rsid w:val="00536820"/>
     <w:rsid w:val="00540A15"/>
     <w:rsid w:val="00551A4E"/>
     <w:rsid w:val="00551A86"/>
     <w:rsid w:val="00551CAF"/>
     <w:rsid w:val="005537DB"/>
     <w:rsid w:val="00553BE5"/>
     <w:rsid w:val="00557354"/>
     <w:rsid w:val="00561A18"/>
     <w:rsid w:val="00562111"/>
     <w:rsid w:val="005633D1"/>
     <w:rsid w:val="005635B1"/>
     <w:rsid w:val="00563C19"/>
+    <w:rsid w:val="00564395"/>
     <w:rsid w:val="00565FA0"/>
     <w:rsid w:val="005724D1"/>
     <w:rsid w:val="005741E9"/>
     <w:rsid w:val="00575F07"/>
     <w:rsid w:val="00577405"/>
     <w:rsid w:val="00583E13"/>
     <w:rsid w:val="005842D1"/>
     <w:rsid w:val="0058768F"/>
     <w:rsid w:val="005932D7"/>
     <w:rsid w:val="00593DC2"/>
     <w:rsid w:val="00596A75"/>
     <w:rsid w:val="00597B0A"/>
     <w:rsid w:val="005A3AC8"/>
     <w:rsid w:val="005B07F9"/>
     <w:rsid w:val="005B21F3"/>
     <w:rsid w:val="005B3B66"/>
     <w:rsid w:val="005B6E00"/>
     <w:rsid w:val="005C0688"/>
     <w:rsid w:val="005C3DC7"/>
     <w:rsid w:val="005C51C1"/>
     <w:rsid w:val="005C61EC"/>
     <w:rsid w:val="005D00F2"/>
     <w:rsid w:val="005D22C5"/>
     <w:rsid w:val="005E3BF5"/>
     <w:rsid w:val="005E44C7"/>
@@ -30633,69 +30596,67 @@
     <w:rsid w:val="00836CE5"/>
     <w:rsid w:val="00841201"/>
     <w:rsid w:val="00845D4E"/>
     <w:rsid w:val="00846B4E"/>
     <w:rsid w:val="00846FCB"/>
     <w:rsid w:val="00853577"/>
     <w:rsid w:val="00855C1E"/>
     <w:rsid w:val="00855C9D"/>
     <w:rsid w:val="00860290"/>
     <w:rsid w:val="00864810"/>
     <w:rsid w:val="0086775D"/>
     <w:rsid w:val="00867A08"/>
     <w:rsid w:val="00867DB4"/>
     <w:rsid w:val="00874B6E"/>
     <w:rsid w:val="008806A2"/>
     <w:rsid w:val="00880BC2"/>
     <w:rsid w:val="0088560B"/>
     <w:rsid w:val="008878C7"/>
     <w:rsid w:val="0088796B"/>
     <w:rsid w:val="0089325E"/>
     <w:rsid w:val="00894381"/>
     <w:rsid w:val="008957BA"/>
     <w:rsid w:val="008963FF"/>
     <w:rsid w:val="00896740"/>
     <w:rsid w:val="008A07E3"/>
-    <w:rsid w:val="008A3761"/>
     <w:rsid w:val="008A54D0"/>
     <w:rsid w:val="008A5E03"/>
     <w:rsid w:val="008B157B"/>
     <w:rsid w:val="008B632F"/>
     <w:rsid w:val="008B6B55"/>
     <w:rsid w:val="008B753D"/>
     <w:rsid w:val="008C09E4"/>
     <w:rsid w:val="008C26D8"/>
     <w:rsid w:val="008C6430"/>
     <w:rsid w:val="008D053A"/>
     <w:rsid w:val="008D16AA"/>
     <w:rsid w:val="008D33EA"/>
     <w:rsid w:val="008D4064"/>
     <w:rsid w:val="008D5E6C"/>
     <w:rsid w:val="008E5924"/>
     <w:rsid w:val="008F0331"/>
     <w:rsid w:val="008F1D17"/>
-    <w:rsid w:val="008F3F1F"/>
     <w:rsid w:val="008F4193"/>
     <w:rsid w:val="00903F29"/>
     <w:rsid w:val="00905FAC"/>
     <w:rsid w:val="00906281"/>
     <w:rsid w:val="0091210D"/>
     <w:rsid w:val="00916164"/>
     <w:rsid w:val="009208D8"/>
     <w:rsid w:val="009234BA"/>
     <w:rsid w:val="00924798"/>
     <w:rsid w:val="0093017B"/>
     <w:rsid w:val="00930E50"/>
     <w:rsid w:val="00931906"/>
     <w:rsid w:val="00931C8E"/>
     <w:rsid w:val="00931E18"/>
     <w:rsid w:val="00933F21"/>
     <w:rsid w:val="00934293"/>
     <w:rsid w:val="00934BD6"/>
     <w:rsid w:val="009378FC"/>
     <w:rsid w:val="009405EE"/>
     <w:rsid w:val="00940769"/>
     <w:rsid w:val="009412E6"/>
     <w:rsid w:val="00941861"/>
     <w:rsid w:val="00942A25"/>
     <w:rsid w:val="00943ED2"/>
     <w:rsid w:val="00944071"/>
@@ -30944,51 +30905,50 @@
     <w:rsid w:val="00D6573E"/>
     <w:rsid w:val="00D70C95"/>
     <w:rsid w:val="00D71066"/>
     <w:rsid w:val="00D73FE5"/>
     <w:rsid w:val="00D74523"/>
     <w:rsid w:val="00D77383"/>
     <w:rsid w:val="00D81025"/>
     <w:rsid w:val="00D828F7"/>
     <w:rsid w:val="00D84957"/>
     <w:rsid w:val="00D87317"/>
     <w:rsid w:val="00D90DCF"/>
     <w:rsid w:val="00DA2002"/>
     <w:rsid w:val="00DA7850"/>
     <w:rsid w:val="00DB1722"/>
     <w:rsid w:val="00DB1CCC"/>
     <w:rsid w:val="00DB7327"/>
     <w:rsid w:val="00DC10A2"/>
     <w:rsid w:val="00DC41CF"/>
     <w:rsid w:val="00DD2DE1"/>
     <w:rsid w:val="00DE3952"/>
     <w:rsid w:val="00DE3C6C"/>
     <w:rsid w:val="00DE59A5"/>
     <w:rsid w:val="00DE69E1"/>
     <w:rsid w:val="00DF1F4A"/>
     <w:rsid w:val="00DF7693"/>
-    <w:rsid w:val="00E0116E"/>
     <w:rsid w:val="00E0339C"/>
     <w:rsid w:val="00E066D6"/>
     <w:rsid w:val="00E16755"/>
     <w:rsid w:val="00E2165C"/>
     <w:rsid w:val="00E21FAB"/>
     <w:rsid w:val="00E23B8C"/>
     <w:rsid w:val="00E27414"/>
     <w:rsid w:val="00E33156"/>
     <w:rsid w:val="00E3342C"/>
     <w:rsid w:val="00E357BE"/>
     <w:rsid w:val="00E36C41"/>
     <w:rsid w:val="00E40E8A"/>
     <w:rsid w:val="00E4195A"/>
     <w:rsid w:val="00E47149"/>
     <w:rsid w:val="00E50086"/>
     <w:rsid w:val="00E52127"/>
     <w:rsid w:val="00E52618"/>
     <w:rsid w:val="00E54B6B"/>
     <w:rsid w:val="00E565DF"/>
     <w:rsid w:val="00E60FDB"/>
     <w:rsid w:val="00E64302"/>
     <w:rsid w:val="00E660F9"/>
     <w:rsid w:val="00E7258C"/>
     <w:rsid w:val="00E74A2C"/>
     <w:rsid w:val="00E765E0"/>
@@ -31056,50 +31016,51 @@
     <w:rsid w:val="00F61548"/>
     <w:rsid w:val="00F62636"/>
     <w:rsid w:val="00F6315C"/>
     <w:rsid w:val="00F703D3"/>
     <w:rsid w:val="00F71722"/>
     <w:rsid w:val="00F72348"/>
     <w:rsid w:val="00F80F8C"/>
     <w:rsid w:val="00F816AE"/>
     <w:rsid w:val="00F849AF"/>
     <w:rsid w:val="00F852FC"/>
     <w:rsid w:val="00F85DA5"/>
     <w:rsid w:val="00F90B77"/>
     <w:rsid w:val="00F952F9"/>
     <w:rsid w:val="00F96447"/>
     <w:rsid w:val="00F975A1"/>
     <w:rsid w:val="00FA001E"/>
     <w:rsid w:val="00FA2937"/>
     <w:rsid w:val="00FA5152"/>
     <w:rsid w:val="00FA5AD7"/>
     <w:rsid w:val="00FB12B8"/>
     <w:rsid w:val="00FB2333"/>
     <w:rsid w:val="00FB23AD"/>
     <w:rsid w:val="00FB5905"/>
     <w:rsid w:val="00FB707D"/>
     <w:rsid w:val="00FC56B1"/>
+    <w:rsid w:val="00FD0EB1"/>
     <w:rsid w:val="00FD18CD"/>
     <w:rsid w:val="00FD682C"/>
     <w:rsid w:val="00FD6868"/>
     <w:rsid w:val="00FE1C47"/>
     <w:rsid w:val="00FE6586"/>
     <w:rsid w:val="00FF30FD"/>
     <w:rsid w:val="00FF4E3C"/>
     <w:rsid w:val="00FF5EC5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-NZ" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -34843,51 +34804,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1989480249">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://GHMcomms.com/terms-conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scgcloud.com/terms-conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5FE79B3C47D442098DFFD8A085E27514"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D35665F1-2668-4733-9C87-B36EB1FE8C1D}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -35001,51 +34962,50 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -35775,57 +35735,57 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00377EF2"/>
     <w:rsid w:val="00010EC8"/>
     <w:rsid w:val="00011DFF"/>
     <w:rsid w:val="00016BFE"/>
     <w:rsid w:val="00025E75"/>
     <w:rsid w:val="00031152"/>
     <w:rsid w:val="000878E8"/>
     <w:rsid w:val="000A6EEA"/>
     <w:rsid w:val="000B2F9A"/>
     <w:rsid w:val="000D742E"/>
     <w:rsid w:val="000F4E0E"/>
     <w:rsid w:val="00146BF5"/>
     <w:rsid w:val="00160A9D"/>
     <w:rsid w:val="001822A7"/>
     <w:rsid w:val="00185E3C"/>
     <w:rsid w:val="001A1E17"/>
     <w:rsid w:val="001A5BBE"/>
     <w:rsid w:val="001A5F51"/>
     <w:rsid w:val="00200007"/>
+    <w:rsid w:val="00212536"/>
     <w:rsid w:val="00274A1E"/>
     <w:rsid w:val="00277383"/>
     <w:rsid w:val="0028278C"/>
     <w:rsid w:val="00295D9B"/>
     <w:rsid w:val="002D65C9"/>
     <w:rsid w:val="00306B3D"/>
-    <w:rsid w:val="00311469"/>
     <w:rsid w:val="00326222"/>
     <w:rsid w:val="00353A47"/>
     <w:rsid w:val="00365A06"/>
     <w:rsid w:val="00373BF7"/>
     <w:rsid w:val="00377EF2"/>
     <w:rsid w:val="003B4CCC"/>
     <w:rsid w:val="003E1B15"/>
     <w:rsid w:val="00434B20"/>
     <w:rsid w:val="004B1179"/>
     <w:rsid w:val="0050436D"/>
     <w:rsid w:val="005A5065"/>
     <w:rsid w:val="005A7D11"/>
     <w:rsid w:val="005D67CE"/>
     <w:rsid w:val="005E03D7"/>
     <w:rsid w:val="006056D8"/>
     <w:rsid w:val="00614349"/>
     <w:rsid w:val="00617C66"/>
     <w:rsid w:val="00683987"/>
     <w:rsid w:val="00690095"/>
     <w:rsid w:val="0069735C"/>
     <w:rsid w:val="006A101A"/>
     <w:rsid w:val="006B30E0"/>
     <w:rsid w:val="00706937"/>
     <w:rsid w:val="0073340B"/>
     <w:rsid w:val="0075713F"/>
@@ -35845,63 +35805,63 @@
     <w:rsid w:val="008A77AA"/>
     <w:rsid w:val="008F1EDF"/>
     <w:rsid w:val="00906218"/>
     <w:rsid w:val="00913EC4"/>
     <w:rsid w:val="009373D7"/>
     <w:rsid w:val="00955FA9"/>
     <w:rsid w:val="00994664"/>
     <w:rsid w:val="0099756C"/>
     <w:rsid w:val="009A3499"/>
     <w:rsid w:val="009F1E25"/>
     <w:rsid w:val="00A64618"/>
     <w:rsid w:val="00AB3264"/>
     <w:rsid w:val="00AC7418"/>
     <w:rsid w:val="00AE247C"/>
     <w:rsid w:val="00AE7DAD"/>
     <w:rsid w:val="00B71980"/>
     <w:rsid w:val="00BA703C"/>
     <w:rsid w:val="00C10BB9"/>
     <w:rsid w:val="00C64E32"/>
     <w:rsid w:val="00C82DB7"/>
     <w:rsid w:val="00C92515"/>
     <w:rsid w:val="00CA636A"/>
     <w:rsid w:val="00CA7CC6"/>
     <w:rsid w:val="00D269FC"/>
     <w:rsid w:val="00D54915"/>
-    <w:rsid w:val="00E0116E"/>
     <w:rsid w:val="00E03292"/>
     <w:rsid w:val="00E0786E"/>
     <w:rsid w:val="00E1584D"/>
     <w:rsid w:val="00E16B9F"/>
     <w:rsid w:val="00E345BD"/>
     <w:rsid w:val="00EA4C23"/>
     <w:rsid w:val="00F15966"/>
     <w:rsid w:val="00F31D1A"/>
     <w:rsid w:val="00F55069"/>
     <w:rsid w:val="00F673F3"/>
     <w:rsid w:val="00FB0F45"/>
     <w:rsid w:val="00FB4739"/>
+    <w:rsid w:val="00FD0EB1"/>
     <w:rsid w:val="00FD1C0A"/>
     <w:rsid w:val="00FD5110"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-NZ" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -36655,81 +36615,66 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
      < d o c u m e n t i d > D M S ! 1 2 3 9 5 1 0 7 . 1 < / d o c u m e n t i d > 
  
      < s e n d e r i d > A G C < / s e n d e r i d > 
  
      < s e n d e r e m a i l > A L I C E . C A R R @ M O O R E B L A T C H . C O M < / s e n d e r e m a i l > 
  
      < l a s t m o d i f i e d > 2 0 2 4 - 1 2 - 2 3 T 0 8 : 4 8 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > D M S < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100908B9013099ECE44A120F2FCDC3ED9AA" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2e2650cdaad62d9dc00a3092ed92e37e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e57ba802-b8db-44a3-aca2-9055ac4f69f8" xmlns:ns3="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ff2aa9d35d2b6f90233488caf4d7dfa" ns2:_="" ns3:_="">
     <xsd:import namespace="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
     <xsd:import namespace="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
@@ -36922,143 +36867,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e57ba802-b8db-44a3-aca2-9055ac4f69f8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFD02364-70AB-4652-B888-3F565E104BB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8EDBA7F-BFC8-4A03-B621-A4CC13D98637}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
     <ds:schemaRef ds:uri="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60CB4882-9F5B-42C5-AE02-5DF4AE3F62B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5321A7D-CCBD-4989-AC1D-0AA436FE269D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
+    <ds:schemaRef ds:uri="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37F023E2-C057-40F5-823B-8301966F2E8E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>5053</Words>
-  <Characters>28808</Characters>
+  <Words>5043</Words>
+  <Characters>28748</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>240</Lines>
+  <Lines>239</Lines>
   <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Southern Communications Group</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33794</CharactersWithSpaces>
+  <CharactersWithSpaces>33724</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>6160472</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.itctemplates.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6160472</vt:i4>
       </vt:variant>
       <vt:variant>