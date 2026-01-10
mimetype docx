--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -24,72 +24,72 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C5F3091" w14:textId="0B7FBD0F" w:rsidR="002C497A" w:rsidRPr="00C45320" w:rsidRDefault="002C497A" w:rsidP="00D229E4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="502223C8" w14:textId="76B4A69F" w:rsidR="00B96690" w:rsidRPr="00594436" w:rsidRDefault="00AA71AF" w:rsidP="00C45320">
+    <w:p w14:paraId="502223C8" w14:textId="31A64840" w:rsidR="00B96690" w:rsidRPr="00594436" w:rsidRDefault="00C649F3" w:rsidP="00C45320">
       <w:pPr>
         <w:pStyle w:val="AHall-Level1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>GHM COMMUNICATIONS</w:t>
+        <w:t>GHM Communications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B561E8" w14:textId="7ED518B7" w:rsidR="00FD7487" w:rsidRPr="00594436" w:rsidRDefault="00662D0F" w:rsidP="00C45320">
       <w:pPr>
         <w:pStyle w:val="AHall-Level1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00594436">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SERVICE SCHEDULE</w:t>
       </w:r>
       <w:r w:rsidR="00F22566" w:rsidRPr="00594436">
@@ -1048,51 +1048,51 @@
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B77AA7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Master Services Agreement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5902" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="435D0114" w14:textId="0E497CF8" w:rsidR="00F902B3" w:rsidRPr="00F902B3" w:rsidRDefault="00F902B3" w:rsidP="00C45320">
+          <w:p w14:paraId="435D0114" w14:textId="1C8AA0FF" w:rsidR="00F902B3" w:rsidRPr="00F902B3" w:rsidRDefault="00F902B3" w:rsidP="00C45320">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E5ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>means the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1105,58 +1105,66 @@
             <w:r w:rsidRPr="000E5ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Company’s legal terms and conditions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="000E5ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">as amended from time to time that apply to this Service Schedule available from this link: </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="00AA71AF" w:rsidRPr="00DA1A4F">
+              <w:r w:rsidR="00C649F3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>https://GHMcomms.com/terms-conditions</w:t>
+                <w:t>w</w:t>
+              </w:r>
+              <w:r w:rsidR="00C649F3">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>ww.ghmcomms.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="003E54F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F902B3" w14:paraId="6E31D11C" w14:textId="77777777" w:rsidTr="00C45320">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16BD1C21" w14:textId="48B0F6AA" w:rsidR="00F902B3" w:rsidRDefault="00F902B3" w:rsidP="008F144E">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
@@ -3737,90 +3745,88 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>– SUBSCRIPTIONS AND ORDERING</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8928" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3168"/>
         <w:gridCol w:w="5760"/>
       </w:tblGrid>
       <w:tr w:rsidR="0077418D" w:rsidRPr="004D5513" w14:paraId="636B1F4E" w14:textId="77777777" w:rsidTr="00E01E82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25B6F0AA" w14:textId="43F7DCB1" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="006903FD" w:rsidP="00DC6426">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk89097937"/>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="C00000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="_Ref183097814"/>
             <w:r w:rsidR="0077418D" w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Existing subscriptions</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="496DE170" w14:textId="5C7DB7BD" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="0077418D" w:rsidP="0077418D">
             <w:pPr>
               <w:pStyle w:val="AHall-PlainText"/>
             </w:pPr>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">A list of the Customer’s existing </w:t>
             </w:r>
             <w:r w:rsidR="0060592E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="003358F2" w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>eat-</w:t>
@@ -4019,81 +4025,79 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and the Customer</w:t>
             </w:r>
             <w:r w:rsidR="0023202C" w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0077418D" w:rsidRPr="004D5513" w14:paraId="4B1BA964" w14:textId="77777777" w:rsidTr="00E01E82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="040731B0" w14:textId="32677C6B" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="0077418D" w:rsidP="00DC6426">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Ref183098293"/>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Transferring Subscriptions from another Microsoft partner</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78ECC852" w14:textId="7D8F7917" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="00B77AA7" w:rsidP="0077418D">
             <w:pPr>
               <w:pStyle w:val="AHall-PlainText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">If there are any </w:t>
             </w:r>
             <w:r w:rsidR="0077418D" w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Transferring Subscriptions </w:t>
             </w:r>
             <w:r w:rsidR="003358F2" w:rsidRPr="00DC6426">
               <w:rPr>
@@ -4402,51 +4406,50 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidR="00F902B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0077418D" w:rsidRPr="004D5513" w14:paraId="5AB87377" w14:textId="77777777" w:rsidTr="00E01E82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D319646" w14:textId="6732A94A" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="0077418D" w:rsidP="00DC6426">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_Ref183099639"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>New Orders: Additional Subscriptions and seat-counts</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:p w14:paraId="025EDA98" w14:textId="77777777" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="0077418D" w:rsidP="0077418D">
             <w:pPr>
               <w:pStyle w:val="AHall-PlainText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4458,51 +4461,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BF4A08F" w14:textId="77777777" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="0077418D" w:rsidP="0077418D">
             <w:pPr>
               <w:pStyle w:val="AHall-PlainText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="090A203E" w14:textId="484377A9" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="0077418D" w:rsidP="0077418D">
             <w:pPr>
               <w:pStyle w:val="AHall-PlainText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>The Customer authori</w:t>
             </w:r>
             <w:r w:rsidR="00B40387" w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
@@ -5621,51 +5623,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>. For the avoidance of doubt, t</w:t>
             </w:r>
             <w:r w:rsidR="005D0714" w:rsidRPr="005D0714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>he Customer is responsible for ensuring that all information in the Order Form is complete and accurate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0077418D" w:rsidRPr="004D5513" w14:paraId="6EDFFB5F" w14:textId="77777777" w:rsidTr="00E01E82">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CA8F106" w14:textId="296A2004" w:rsidR="0077418D" w:rsidRPr="00DC6426" w:rsidRDefault="0077418D" w:rsidP="00DC6426">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="_Ref183098489"/>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Cancellation</w:t>
             </w:r>
             <w:r w:rsidR="004F2820" w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> within Cancellation Window</w:t>
             </w:r>
@@ -5694,51 +5695,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004F2820" w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>or Renewal Commencement</w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37F0F429" w14:textId="77777777" w:rsidR="003D48E7" w:rsidRPr="001314CB" w:rsidRDefault="003D48E7" w:rsidP="003D48E7">
             <w:pPr>
               <w:pStyle w:val="AHall-PlainText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001314CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">When Microsoft cancellation policy applies </w:t>
             </w:r>
           </w:p>
@@ -8308,145 +8308,120 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ount for a </w:t>
             </w:r>
             <w:r w:rsidR="00A473F8" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Seat-Based </w:t>
             </w:r>
             <w:r w:rsidR="00350338" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ubscription. Any such notification must be in </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> otherwise issued to the </w:t>
+              <w:t xml:space="preserve">ubscription. Any such notification must be in writing, or otherwise issued to the </w:t>
             </w:r>
             <w:r w:rsidR="00662D0F" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-NZ"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> in the format requested by the </w:t>
             </w:r>
             <w:r w:rsidR="00662D0F" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-NZ"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
             <w:r w:rsidR="00D10382" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">must </w:t>
             </w:r>
             <w:r w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">be received by the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00662D0F" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-NZ"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00D34411" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>no</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> less than </w:t>
+              <w:t xml:space="preserve">no less than </w:t>
             </w:r>
             <w:r w:rsidR="008A6DE4" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidR="00853E34" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> days</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> prior to </w:t>
             </w:r>
             <w:r w:rsidR="0019153A" w:rsidRPr="00B96690">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -9679,79 +9654,77 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – SUBSCRIPTIONS AND ORDERING</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8928" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3168"/>
         <w:gridCol w:w="5760"/>
       </w:tblGrid>
       <w:tr w:rsidR="001C53C9" w:rsidRPr="004D5513" w14:paraId="57B68D91" w14:textId="77777777" w:rsidTr="00F64050">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D513F86" w14:textId="759E5799" w:rsidR="001C53C9" w:rsidRPr="00DC6426" w:rsidRDefault="001C53C9" w:rsidP="00DC6426">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Existing subscriptions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3669CA2B" w14:textId="6C8D26E6" w:rsidR="001C53C9" w:rsidRPr="00DC6426" w:rsidRDefault="001C53C9" w:rsidP="00F64050">
             <w:pPr>
               <w:pStyle w:val="AHall-PlainText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> list of the Customer’s existing </w:t>
             </w:r>
             <w:r w:rsidR="00083DB7" w:rsidRPr="00DC6426">
@@ -9870,82 +9843,80 @@
             <w:pPr>
               <w:pStyle w:val="PurpleInstructiontext-AHall"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
                 <w:tab w:val="left" w:pos="1256"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C53C9" w:rsidRPr="004D5513" w14:paraId="37D93878" w14:textId="77777777" w:rsidTr="00F64050">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1161D84F" w14:textId="65D25794" w:rsidR="001C53C9" w:rsidRPr="00DC6426" w:rsidRDefault="001C53C9" w:rsidP="00DC6426">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="16" w:name="_Ref183588698"/>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Transferring Subscriptions from another Microsoft partner</w:t>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71B40000" w14:textId="2671BFDE" w:rsidR="001C53C9" w:rsidRPr="00DC6426" w:rsidRDefault="008F3FB9" w:rsidP="00F64050">
             <w:pPr>
               <w:pStyle w:val="AHall-PlainText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If there are a</w:t>
             </w:r>
             <w:r w:rsidR="00811D56" w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ny</w:t>
             </w:r>
@@ -13292,79 +13263,77 @@
         </w:rPr>
         <w:t>ORDER OF PRECEDENCE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="2"/>
         <w:tblW w:w="8928" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3168"/>
         <w:gridCol w:w="5760"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B7374A" w:rsidRPr="004D5513" w14:paraId="69476255" w14:textId="77777777" w:rsidTr="00855F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="552117D5" w14:textId="5DAEFFBC" w:rsidR="00B7374A" w:rsidRPr="00DC6426" w:rsidRDefault="00B7374A" w:rsidP="00DC6426">
             <w:pPr>
               <w:pStyle w:val="AHall-Level2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Order of precedence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D5D8F18" w14:textId="137C6879" w:rsidR="00B7374A" w:rsidRPr="00DC6426" w:rsidRDefault="00AD7B1F" w:rsidP="00EA16FA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1985"/>
               </w:tabs>
               <w:spacing w:after="160"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Refer</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DC6426">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -18111,73 +18080,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006020ED" w:rsidRPr="00DC6426" w:rsidSect="00432329">
       <w:headerReference w:type="even" r:id="rId14"/>
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1440" w:bottom="1418" w:left="1440" w:header="708" w:footer="57" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="691D83B8" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738" w:rsidP="007510EB">
+    <w:p w14:paraId="513D03B4" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5329E6" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738"/>
+    <w:p w14:paraId="2CC3EBE1" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47929884" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738" w:rsidP="007510EB">
+    <w:p w14:paraId="02A71DCC" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF1CD6D" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738"/>
+    <w:p w14:paraId="602ECB49" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="08962C4E" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738">
+    <w:p w14:paraId="04E96277" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -18274,73 +18243,73 @@
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12654914" w14:textId="64F9936B" w:rsidR="003F211E" w:rsidRPr="00712C5F" w:rsidRDefault="003F211E" w:rsidP="00712C5F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="52B134F8" w14:textId="77777777" w:rsidR="003F211E" w:rsidRDefault="003F211E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7818C261" w14:textId="77777777" w:rsidR="005440AB" w:rsidRDefault="005440AB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3261CFAB" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738" w:rsidP="007510EB">
+    <w:p w14:paraId="23596CC5" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D68ACBC" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738"/>
+    <w:p w14:paraId="38AE92DD" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="136CBA6E" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738" w:rsidP="007510EB">
+    <w:p w14:paraId="1EE531FF" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D38BBAB" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738"/>
+    <w:p w14:paraId="59BBCD84" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3596443B" w14:textId="77777777" w:rsidR="00110738" w:rsidRDefault="00110738">
+    <w:p w14:paraId="5C4868F3" w14:textId="77777777" w:rsidR="0068297C" w:rsidRDefault="0068297C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="515040C6" w14:textId="77777777" w:rsidR="005440AB" w:rsidRDefault="005440AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2015CE52" w14:textId="77777777" w:rsidR="005440AB" w:rsidRDefault="005440AB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -22674,51 +22643,50 @@
     <w:rsid w:val="000B3C55"/>
     <w:rsid w:val="000B4A0C"/>
     <w:rsid w:val="000B5B82"/>
     <w:rsid w:val="000B5E06"/>
     <w:rsid w:val="000B7F9B"/>
     <w:rsid w:val="000C16C3"/>
     <w:rsid w:val="000C4C8B"/>
     <w:rsid w:val="000D1C71"/>
     <w:rsid w:val="000D2036"/>
     <w:rsid w:val="000D3759"/>
     <w:rsid w:val="000D5E2A"/>
     <w:rsid w:val="000D66A6"/>
     <w:rsid w:val="000E0C4D"/>
     <w:rsid w:val="000E4C95"/>
     <w:rsid w:val="000E55C6"/>
     <w:rsid w:val="000E5C34"/>
     <w:rsid w:val="000E7BC3"/>
     <w:rsid w:val="000F703D"/>
     <w:rsid w:val="00100599"/>
     <w:rsid w:val="0010069A"/>
     <w:rsid w:val="00103D06"/>
     <w:rsid w:val="00104425"/>
     <w:rsid w:val="00105C7F"/>
     <w:rsid w:val="00105DAD"/>
     <w:rsid w:val="001100B1"/>
-    <w:rsid w:val="00110738"/>
     <w:rsid w:val="00111BB9"/>
     <w:rsid w:val="0011471C"/>
     <w:rsid w:val="00115C26"/>
     <w:rsid w:val="001223A9"/>
     <w:rsid w:val="0012559E"/>
     <w:rsid w:val="00126C6A"/>
     <w:rsid w:val="001276A6"/>
     <w:rsid w:val="00130EDA"/>
     <w:rsid w:val="001314CB"/>
     <w:rsid w:val="00135BD0"/>
     <w:rsid w:val="001368DF"/>
     <w:rsid w:val="00137871"/>
     <w:rsid w:val="0014057F"/>
     <w:rsid w:val="00144B62"/>
     <w:rsid w:val="00145282"/>
     <w:rsid w:val="0014682D"/>
     <w:rsid w:val="001479B4"/>
     <w:rsid w:val="001500B8"/>
     <w:rsid w:val="00150BC0"/>
     <w:rsid w:val="0015145F"/>
     <w:rsid w:val="001514EE"/>
     <w:rsid w:val="00155F4D"/>
     <w:rsid w:val="00155FD2"/>
     <w:rsid w:val="00156443"/>
     <w:rsid w:val="001578A4"/>
@@ -22963,50 +22931,51 @@
     <w:rsid w:val="004F05DF"/>
     <w:rsid w:val="004F2820"/>
     <w:rsid w:val="004F484D"/>
     <w:rsid w:val="004F4AA0"/>
     <w:rsid w:val="004F50F3"/>
     <w:rsid w:val="004F5ECF"/>
     <w:rsid w:val="004F61C4"/>
     <w:rsid w:val="004F6263"/>
     <w:rsid w:val="00500686"/>
     <w:rsid w:val="005008FE"/>
     <w:rsid w:val="00500A9F"/>
     <w:rsid w:val="00501220"/>
     <w:rsid w:val="00501AEC"/>
     <w:rsid w:val="00504D52"/>
     <w:rsid w:val="00510312"/>
     <w:rsid w:val="005120BB"/>
     <w:rsid w:val="00516AD7"/>
     <w:rsid w:val="0051736F"/>
     <w:rsid w:val="005224AD"/>
     <w:rsid w:val="005248EF"/>
     <w:rsid w:val="00530414"/>
     <w:rsid w:val="0053142E"/>
     <w:rsid w:val="00534002"/>
     <w:rsid w:val="00535C57"/>
     <w:rsid w:val="00536C2D"/>
+    <w:rsid w:val="0054277B"/>
     <w:rsid w:val="005440AB"/>
     <w:rsid w:val="005451A5"/>
     <w:rsid w:val="00551CAF"/>
     <w:rsid w:val="005521DE"/>
     <w:rsid w:val="005539F5"/>
     <w:rsid w:val="00553BE5"/>
     <w:rsid w:val="00557354"/>
     <w:rsid w:val="005607CE"/>
     <w:rsid w:val="00562111"/>
     <w:rsid w:val="005633D1"/>
     <w:rsid w:val="005635B1"/>
     <w:rsid w:val="00571D3C"/>
     <w:rsid w:val="005732B3"/>
     <w:rsid w:val="005741E9"/>
     <w:rsid w:val="00577405"/>
     <w:rsid w:val="0058249D"/>
     <w:rsid w:val="005842D1"/>
     <w:rsid w:val="00585CE8"/>
     <w:rsid w:val="00586FE4"/>
     <w:rsid w:val="00586FEB"/>
     <w:rsid w:val="0058768F"/>
     <w:rsid w:val="005932D7"/>
     <w:rsid w:val="00594436"/>
     <w:rsid w:val="00597B0A"/>
     <w:rsid w:val="005A0587"/>
@@ -23052,50 +23021,51 @@
     <w:rsid w:val="0062730F"/>
     <w:rsid w:val="00631418"/>
     <w:rsid w:val="00633EFA"/>
     <w:rsid w:val="00642F49"/>
     <w:rsid w:val="00643F43"/>
     <w:rsid w:val="00644483"/>
     <w:rsid w:val="00644EA1"/>
     <w:rsid w:val="006534FD"/>
     <w:rsid w:val="00653B14"/>
     <w:rsid w:val="006547A0"/>
     <w:rsid w:val="00656F5D"/>
     <w:rsid w:val="00660FA5"/>
     <w:rsid w:val="00661C28"/>
     <w:rsid w:val="00661D60"/>
     <w:rsid w:val="006624EA"/>
     <w:rsid w:val="00662BF6"/>
     <w:rsid w:val="00662D0F"/>
     <w:rsid w:val="00663AA3"/>
     <w:rsid w:val="00664811"/>
     <w:rsid w:val="00665534"/>
     <w:rsid w:val="00671439"/>
     <w:rsid w:val="006739EB"/>
     <w:rsid w:val="0067617C"/>
     <w:rsid w:val="00680A30"/>
     <w:rsid w:val="00681CB6"/>
+    <w:rsid w:val="0068297C"/>
     <w:rsid w:val="00683306"/>
     <w:rsid w:val="00684310"/>
     <w:rsid w:val="00684D91"/>
     <w:rsid w:val="00685B53"/>
     <w:rsid w:val="006903FD"/>
     <w:rsid w:val="006915A7"/>
     <w:rsid w:val="00692E07"/>
     <w:rsid w:val="00694041"/>
     <w:rsid w:val="0069731F"/>
     <w:rsid w:val="006A0EAC"/>
     <w:rsid w:val="006A147C"/>
     <w:rsid w:val="006A1CE7"/>
     <w:rsid w:val="006A2BC7"/>
     <w:rsid w:val="006A50E1"/>
     <w:rsid w:val="006A52C7"/>
     <w:rsid w:val="006A5375"/>
     <w:rsid w:val="006A55B4"/>
     <w:rsid w:val="006B2800"/>
     <w:rsid w:val="006B724B"/>
     <w:rsid w:val="006C0AC2"/>
     <w:rsid w:val="006C0B9B"/>
     <w:rsid w:val="006C7547"/>
     <w:rsid w:val="006C7DB2"/>
     <w:rsid w:val="006D15B4"/>
     <w:rsid w:val="006D394F"/>
@@ -23328,51 +23298,50 @@
     <w:rsid w:val="00A52D4D"/>
     <w:rsid w:val="00A579FB"/>
     <w:rsid w:val="00A60171"/>
     <w:rsid w:val="00A614E9"/>
     <w:rsid w:val="00A6231E"/>
     <w:rsid w:val="00A626DF"/>
     <w:rsid w:val="00A62E0E"/>
     <w:rsid w:val="00A635D8"/>
     <w:rsid w:val="00A643FA"/>
     <w:rsid w:val="00A67296"/>
     <w:rsid w:val="00A739C3"/>
     <w:rsid w:val="00A748CF"/>
     <w:rsid w:val="00A74A17"/>
     <w:rsid w:val="00A81B8B"/>
     <w:rsid w:val="00A845FC"/>
     <w:rsid w:val="00A84E3C"/>
     <w:rsid w:val="00A85774"/>
     <w:rsid w:val="00A863E0"/>
     <w:rsid w:val="00A87B3D"/>
     <w:rsid w:val="00A905D7"/>
     <w:rsid w:val="00A949F4"/>
     <w:rsid w:val="00A963E3"/>
     <w:rsid w:val="00AA1D99"/>
     <w:rsid w:val="00AA595A"/>
     <w:rsid w:val="00AA66D7"/>
-    <w:rsid w:val="00AA71AF"/>
     <w:rsid w:val="00AB08AB"/>
     <w:rsid w:val="00AB5C7B"/>
     <w:rsid w:val="00AC11D7"/>
     <w:rsid w:val="00AC4D83"/>
     <w:rsid w:val="00AC5B6B"/>
     <w:rsid w:val="00AD0046"/>
     <w:rsid w:val="00AD1797"/>
     <w:rsid w:val="00AD29DA"/>
     <w:rsid w:val="00AD3AB7"/>
     <w:rsid w:val="00AD556F"/>
     <w:rsid w:val="00AD71CA"/>
     <w:rsid w:val="00AD7728"/>
     <w:rsid w:val="00AD7B1F"/>
     <w:rsid w:val="00AE2719"/>
     <w:rsid w:val="00AE3CFA"/>
     <w:rsid w:val="00AE4CB4"/>
     <w:rsid w:val="00AE6CB8"/>
     <w:rsid w:val="00AF0ECB"/>
     <w:rsid w:val="00AF14BB"/>
     <w:rsid w:val="00AF663D"/>
     <w:rsid w:val="00AF7C2B"/>
     <w:rsid w:val="00B02A3E"/>
     <w:rsid w:val="00B0581A"/>
     <w:rsid w:val="00B05D46"/>
     <w:rsid w:val="00B06955"/>
@@ -23454,50 +23423,51 @@
     <w:rsid w:val="00C217C5"/>
     <w:rsid w:val="00C218E8"/>
     <w:rsid w:val="00C221BB"/>
     <w:rsid w:val="00C23912"/>
     <w:rsid w:val="00C26B0E"/>
     <w:rsid w:val="00C27890"/>
     <w:rsid w:val="00C31030"/>
     <w:rsid w:val="00C312F5"/>
     <w:rsid w:val="00C351EE"/>
     <w:rsid w:val="00C36C6F"/>
     <w:rsid w:val="00C37BBF"/>
     <w:rsid w:val="00C37FCF"/>
     <w:rsid w:val="00C41EFB"/>
     <w:rsid w:val="00C41F03"/>
     <w:rsid w:val="00C4449D"/>
     <w:rsid w:val="00C45320"/>
     <w:rsid w:val="00C45ADD"/>
     <w:rsid w:val="00C475ED"/>
     <w:rsid w:val="00C518F1"/>
     <w:rsid w:val="00C5230D"/>
     <w:rsid w:val="00C53858"/>
     <w:rsid w:val="00C53CFE"/>
     <w:rsid w:val="00C53D73"/>
     <w:rsid w:val="00C56340"/>
     <w:rsid w:val="00C644E1"/>
+    <w:rsid w:val="00C649F3"/>
     <w:rsid w:val="00C67884"/>
     <w:rsid w:val="00C722CB"/>
     <w:rsid w:val="00C7266C"/>
     <w:rsid w:val="00C76EEE"/>
     <w:rsid w:val="00C77AB1"/>
     <w:rsid w:val="00C82798"/>
     <w:rsid w:val="00C83EAD"/>
     <w:rsid w:val="00C90F5D"/>
     <w:rsid w:val="00C91190"/>
     <w:rsid w:val="00C9417D"/>
     <w:rsid w:val="00C964F0"/>
     <w:rsid w:val="00C96B6C"/>
     <w:rsid w:val="00CA0467"/>
     <w:rsid w:val="00CA14AB"/>
     <w:rsid w:val="00CA2349"/>
     <w:rsid w:val="00CD2CE1"/>
     <w:rsid w:val="00CD2D84"/>
     <w:rsid w:val="00CE09CC"/>
     <w:rsid w:val="00CE140C"/>
     <w:rsid w:val="00CE491D"/>
     <w:rsid w:val="00CE4964"/>
     <w:rsid w:val="00CE5726"/>
     <w:rsid w:val="00CF3648"/>
     <w:rsid w:val="00CF47D9"/>
     <w:rsid w:val="00CF4ED5"/>
@@ -23550,51 +23520,50 @@
     <w:rsid w:val="00D848C6"/>
     <w:rsid w:val="00D90DCF"/>
     <w:rsid w:val="00D965EC"/>
     <w:rsid w:val="00DA04BC"/>
     <w:rsid w:val="00DA2002"/>
     <w:rsid w:val="00DA4778"/>
     <w:rsid w:val="00DA5917"/>
     <w:rsid w:val="00DB1CCC"/>
     <w:rsid w:val="00DB4A6E"/>
     <w:rsid w:val="00DB7327"/>
     <w:rsid w:val="00DC10A2"/>
     <w:rsid w:val="00DC3C17"/>
     <w:rsid w:val="00DC6426"/>
     <w:rsid w:val="00DD79F3"/>
     <w:rsid w:val="00DE3952"/>
     <w:rsid w:val="00DE3C6C"/>
     <w:rsid w:val="00DE46AE"/>
     <w:rsid w:val="00DE59A5"/>
     <w:rsid w:val="00DE753A"/>
     <w:rsid w:val="00DF179B"/>
     <w:rsid w:val="00DF332C"/>
     <w:rsid w:val="00DF3465"/>
     <w:rsid w:val="00DF6D55"/>
     <w:rsid w:val="00DF7693"/>
     <w:rsid w:val="00E0060E"/>
-    <w:rsid w:val="00E0116E"/>
     <w:rsid w:val="00E02F67"/>
     <w:rsid w:val="00E058D6"/>
     <w:rsid w:val="00E066D6"/>
     <w:rsid w:val="00E126B5"/>
     <w:rsid w:val="00E13942"/>
     <w:rsid w:val="00E2165C"/>
     <w:rsid w:val="00E21FAB"/>
     <w:rsid w:val="00E23B8C"/>
     <w:rsid w:val="00E26576"/>
     <w:rsid w:val="00E27A56"/>
     <w:rsid w:val="00E31C1A"/>
     <w:rsid w:val="00E33156"/>
     <w:rsid w:val="00E3342C"/>
     <w:rsid w:val="00E34D04"/>
     <w:rsid w:val="00E35C19"/>
     <w:rsid w:val="00E35E8C"/>
     <w:rsid w:val="00E414D7"/>
     <w:rsid w:val="00E4195A"/>
     <w:rsid w:val="00E41A86"/>
     <w:rsid w:val="00E44173"/>
     <w:rsid w:val="00E47149"/>
     <w:rsid w:val="00E50086"/>
     <w:rsid w:val="00E52127"/>
     <w:rsid w:val="00E52618"/>
     <w:rsid w:val="00E53DA7"/>
@@ -25454,51 +25423,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1696269964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/licensing/docs/customeragreement" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://GHMcomms.com/terms-conditions" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/licensing/docs/customeragreement" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scgcloud.com/terms-conditions" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -25773,54 +25742,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100908B9013099ECE44A120F2FCDC3ED9AA" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2e2650cdaad62d9dc00a3092ed92e37e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e57ba802-b8db-44a3-aca2-9055ac4f69f8" xmlns:ns3="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ff2aa9d35d2b6f90233488caf4d7dfa" ns2:_="" ns3:_="">
     <xsd:import namespace="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
     <xsd:import namespace="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
@@ -26013,169 +25978,173 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
      < d o c u m e n t i d > D M S ! 1 2 3 9 5 1 3 1 . 1 < / d o c u m e n t i d > 
  
      < s e n d e r i d > A G C < / s e n d e r i d > 
  
      < s e n d e r e m a i l > A L I C E . C A R R @ M O O R E B L A T C H . C O M < / s e n d e r e m a i l > 
  
      < l a s t m o d i f i e d > 2 0 2 4 - 1 2 - 2 3 T 0 8 : 4 9 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > D M S < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e57ba802-b8db-44a3-aca2-9055ac4f69f8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9861CA4B-0AA2-4807-AC39-51B61F1F5550}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
     <ds:schemaRef ds:uri="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E9AC282-0AD0-49D0-9A35-F5AF5A568133}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FE40E03-C09E-4150-A0E3-A88B901819C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F20142A-C307-4104-AD15-D79B3E7EE7D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
     <ds:schemaRef ds:uri="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C6145CD-E413-479C-BB6A-D13FD9FF9133}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{798C40D5-8640-4E91-8372-31BFDF4C3BFF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>5329</Words>
-  <Characters>30376</Characters>
+  <Words>5326</Words>
+  <Characters>30359</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>253</Lines>
+  <Lines>252</Lines>
   <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Southern Communications Group</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35634</CharactersWithSpaces>
+  <CharactersWithSpaces>35614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>6160472</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.itctemplates.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6160472</vt:i4>
       </vt:variant>
       <vt:variant>