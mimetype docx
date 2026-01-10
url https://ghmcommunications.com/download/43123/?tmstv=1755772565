--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -1,103 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="711A7D9E" w14:textId="75EA0F5D" w:rsidR="00237DB4" w:rsidRDefault="006E7798" w:rsidP="000A208E">
+    <w:p w14:paraId="711A7D9E" w14:textId="4377DD12" w:rsidR="00237DB4" w:rsidRDefault="00EB4060" w:rsidP="000A208E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>GHM COMMUNICATIONS</w:t>
+        <w:t>GHM Communications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B014A5" w14:textId="09AC6076" w:rsidR="007A32BD" w:rsidRDefault="007A32BD" w:rsidP="000A208E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2051F735" w14:textId="6D3FFE5A" w:rsidR="00237DB4" w:rsidRDefault="00821FF7" w:rsidP="00E367BD">
-[...1 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w14:paraId="2051F735" w14:textId="6D3FFE5A" w:rsidR="00237DB4" w:rsidRDefault="00821FF7" w:rsidP="00DC26EA">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SERVICE SCHEDULE</w:t>
       </w:r>
       <w:r w:rsidR="00237DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -112,50 +113,93 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">DATA </w:t>
       </w:r>
       <w:r w:rsidR="00D0700E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">NETWORK </w:t>
       </w:r>
       <w:r w:rsidR="001C3C87">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SERVICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FCD113" w14:textId="592C78F5" w:rsidR="00DC26EA" w:rsidRDefault="00DC26EA" w:rsidP="00E367BD">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(WITH BROADBAND PROTECT AND </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC26EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ENHANCED NETWORK SERVICE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC0CAA9" w14:textId="7BBBBD5A" w:rsidR="00E367BD" w:rsidRDefault="00E367BD" w:rsidP="000D67B2">
       <w:pPr>
         <w:pStyle w:val="DefinedTermPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk183412619"/>
       <w:r w:rsidRPr="007340AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="32"/>
           <w:sz w:val="20"/>
@@ -441,81 +485,84 @@
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6674038B" w14:textId="58132DC1" w:rsidR="00612BD6" w:rsidRDefault="00612BD6" w:rsidP="00510F8A">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00612BD6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Advanced Hardware Replacement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BB8EC00" w14:textId="71524D7A" w:rsidR="00612BD6" w:rsidRPr="00103FF2" w:rsidRDefault="00684420" w:rsidP="00510F8A">
+          <w:p w14:paraId="0BB8EC00" w14:textId="51E6C3CE" w:rsidR="00612BD6" w:rsidRPr="00103FF2" w:rsidRDefault="00684420" w:rsidP="00510F8A">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>any</w:t>
             </w:r>
             <w:r w:rsidR="00E10F6D" w:rsidRPr="00E10F6D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E10F6D">
-              <w:t>new or reconditioned hardware sent by the Company to the Customer’s Site to replace a F</w:t>
+              <w:t xml:space="preserve">new or reconditioned hardware sent by the Company to the Customer’s Site </w:t>
+            </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:t>for the purpose of</w:t>
+            </w:r>
+            <w:r w:rsidR="00E10F6D">
+              <w:t xml:space="preserve"> replac</w:t>
+            </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:t>ing</w:t>
+            </w:r>
+            <w:r w:rsidR="00E10F6D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:t xml:space="preserve">faulty existing hardware which remains covered under the </w:t>
             </w:r>
             <w:r w:rsidR="00E10F6D" w:rsidRPr="00E10F6D">
-              <w:t xml:space="preserve">ault on the existing hardware </w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">the manufacturer’s warranty. </w:t>
+              <w:t xml:space="preserve">manufacturer’s warranty. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A0978" w:rsidRPr="00240A8C" w14:paraId="7E0CF339" w14:textId="77777777" w:rsidTr="006204D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55EE8126" w14:textId="56A92BA3" w:rsidR="007A0978" w:rsidRPr="006204D5" w:rsidRDefault="007A0978" w:rsidP="00510F8A">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Authorised Users </w:t>
@@ -560,75 +607,124 @@
           <w:p w14:paraId="50645AFA" w14:textId="08A38B7F" w:rsidR="007B2EE4" w:rsidRPr="0076529D" w:rsidRDefault="007B2EE4" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0076529D">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Barring </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35030F06" w14:textId="4E662B3D" w:rsidR="007B2EE4" w:rsidRPr="0076529D" w:rsidRDefault="00B748E2" w:rsidP="006204D5">
+          <w:p w14:paraId="35030F06" w14:textId="48EDC1F1" w:rsidR="007B2EE4" w:rsidRPr="0076529D" w:rsidRDefault="00B748E2" w:rsidP="006204D5">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0076529D">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> means the ability of the Company to block</w:t>
+              <w:t>means the Company</w:t>
+            </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>’s ability</w:t>
             </w:r>
             <w:r w:rsidRPr="0076529D">
               <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to</w:t>
+            </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> restrict or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076529D">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> block</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076529D">
+              <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the visibility of specific internet content available via the internet.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ccess to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0076529D">
+              <w:rPr>
+                <w:rStyle w:val="cf01"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>specific internet content available via the internet.</w:t>
             </w:r>
             <w:r w:rsidRPr="0076529D">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A069B1" w:rsidRPr="009D68EC" w14:paraId="2C2FE33E" w14:textId="77777777" w:rsidTr="006204D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="579D1354" w14:textId="58782D51" w:rsidR="00A069B1" w:rsidRPr="009D68EC" w:rsidRDefault="00A069B1" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
@@ -692,51 +788,51 @@
           <w:p w14:paraId="06CA3265" w14:textId="50EFF639" w:rsidR="00816ECD" w:rsidRPr="00C2549A" w:rsidRDefault="00816ECD" w:rsidP="00C2549A">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="851"/>
                 <w:tab w:val="num" w:pos="531"/>
               </w:tabs>
               <w:ind w:left="531" w:hanging="531"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2549A">
               <w:t xml:space="preserve">Broadband Protect </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C2549A">
               <w:t>Plus;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="3FFB7121" w14:textId="4A82D965" w:rsidR="00F9709C" w:rsidRPr="009D68EC" w:rsidRDefault="00915333" w:rsidP="00C2549A">
+          <w:p w14:paraId="3FFB7121" w14:textId="56C46554" w:rsidR="00F9709C" w:rsidRPr="009D68EC" w:rsidRDefault="00915333" w:rsidP="00C2549A">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">details of which are set out under </w:t>
             </w:r>
             <w:r w:rsidR="00001FB7">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00F373F0">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -747,93 +843,93 @@
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00F373F0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185693235 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00F373F0">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00F373F0">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
             <w:r w:rsidR="00F373F0">
               <w:rPr>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>5</w:t>
+                <w:bCs w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F373F0">
               <w:rPr>
-                <w:bCs w:val="0"/>
-[...5 lines deleted...]
-              <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185754659 \r \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="004A06FA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00427695">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and  </w:t>
             </w:r>
             <w:r w:rsidR="00F373F0">
               <w:rPr>
@@ -1014,92 +1110,92 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the provision of a m</w:t>
             </w:r>
             <w:r w:rsidRPr="007E13E8">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">obile SIM card as an alternative broadband connection route in the event of a complete failure of the primary wired broadband </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007E13E8">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>circuit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="1D5EF26F" w14:textId="6FCDF197" w:rsidR="007E13E8" w:rsidRDefault="007E13E8" w:rsidP="002D225A">
+          <w:p w14:paraId="1D5EF26F" w14:textId="3537E0A9" w:rsidR="007E13E8" w:rsidRDefault="007E13E8" w:rsidP="002D225A">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="720"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">as described in Clause 6 and </w:t>
             </w:r>
             <w:r w:rsidR="00427695">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00427695">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185754659 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00427695">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00427695">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00427695">
+            <w:r w:rsidR="004A06FA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 3</w:t>
             </w:r>
             <w:r w:rsidR="00427695">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00427695">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">provided to the Customer </w:t>
             </w:r>
             <w:r w:rsidR="00427695">
               <w:rPr>
@@ -1131,50 +1227,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00550504" w:rsidRPr="009D68EC" w14:paraId="394D5346" w14:textId="617F97E4" w:rsidTr="006204D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D9F346A" w14:textId="3E0016B4" w:rsidR="00550504" w:rsidRDefault="00550504" w:rsidP="00550504">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4915">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Broadband Protect </w:t>
             </w:r>
             <w:r w:rsidR="00866573">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Absolute </w:t>
             </w:r>
             <w:r w:rsidRPr="001B4915">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Service</w:t>
             </w:r>
             <w:r w:rsidR="00131B76">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1246,51 +1343,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002453B5" w:rsidRPr="009D68EC" w14:paraId="310AFFE3" w14:textId="4C997F26" w:rsidTr="007A32BD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42A81AB3" w14:textId="304ACB23" w:rsidR="002453B5" w:rsidRPr="001B4915" w:rsidRDefault="002453B5" w:rsidP="00550504">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002453B5">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Broadband Protect Absolute Minimum Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51C0A3CB" w14:textId="3996F458" w:rsidR="002453B5" w:rsidRDefault="00C12B80" w:rsidP="00550504">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
@@ -1372,91 +1468,91 @@
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002453B5">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Broadband Protect Absolute </w:t>
             </w:r>
             <w:r w:rsidR="0046778C">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Balance of Contract</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7418EDBA" w14:textId="6F28AF14" w:rsidR="002453B5" w:rsidRDefault="002453B5" w:rsidP="00550504">
+          <w:p w14:paraId="7418EDBA" w14:textId="4AC75524" w:rsidR="002453B5" w:rsidRDefault="002453B5" w:rsidP="00550504">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">has the meaning given to it under clause </w:t>
             </w:r>
             <w:r w:rsidR="00EA1DC0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00EA1DC0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185697616 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00EA1DC0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00EA1DC0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008B2791">
+            <w:r w:rsidR="004A06FA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.8.1</w:t>
             </w:r>
             <w:r w:rsidR="00EA1DC0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00237DB4" w:rsidRPr="009D68EC" w14:paraId="38FD22AD" w14:textId="77777777" w:rsidTr="006204D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71FD8741" w14:textId="7BF9CF3B" w:rsidR="00237DB4" w:rsidRPr="009D68EC" w:rsidRDefault="00237DB4" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
@@ -1735,539 +1831,619 @@
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Data Network Service</w:t>
             </w:r>
             <w:r w:rsidR="0026145A">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34A35BF8" w14:textId="26F994DE" w:rsidR="00E05487" w:rsidRPr="000D67B2" w:rsidRDefault="0026145A" w:rsidP="00612BD6">
+          <w:p w14:paraId="34A35BF8" w14:textId="0B660487" w:rsidR="00E05487" w:rsidRPr="000D67B2" w:rsidRDefault="00993E56" w:rsidP="00612BD6">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A5B89">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">means the data network services used by the Customer and provided by the Company pursuant to this Service Schedule. </w:t>
+            <w:r w:rsidRPr="00993E56">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>means the data network services provided by the Company to the Customer under this Service Schedule, as specified in the applicable Order Form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D06FB9" w:rsidRPr="00C24D3D" w14:paraId="6E5E5A23" w14:textId="77777777" w:rsidTr="000D67B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12A8D928" w14:textId="267426BC" w:rsidR="00D06FB9" w:rsidRDefault="00D06FB9" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Distributed Denial of Service or </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DDos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="729F8FD9" w14:textId="06D18DAD" w:rsidR="00D06FB9" w:rsidRPr="00D06FB9" w:rsidDel="0026145A" w:rsidRDefault="00D06FB9" w:rsidP="00612BD6">
+          <w:p w14:paraId="729F8FD9" w14:textId="743E29E6" w:rsidR="00D06FB9" w:rsidRPr="00D06FB9" w:rsidDel="0026145A" w:rsidRDefault="00D06FB9" w:rsidP="00612BD6">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the Service Assured Product described in clause </w:t>
             </w:r>
             <w:r w:rsidR="000A07FF">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="000A07FF">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185752884 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="000A07FF">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="000A07FF">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="008B2791">
-[...3 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="000A07FF">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and provided to the Customer pursuant to the terms of the Agreement; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C1383A" w:rsidRPr="009D68EC" w14:paraId="30F3C0F4" w14:textId="77777777" w:rsidTr="006204D5">
+      <w:tr w:rsidR="008C40A3" w:rsidRPr="00C24D3D" w14:paraId="64C58BC6" w14:textId="77777777" w:rsidTr="000D67B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0675011E" w14:textId="123E17AD" w:rsidR="00C1383A" w:rsidRPr="00C1383A" w:rsidRDefault="00C1383A" w:rsidP="000C0D8E">
-[...23 lines deleted...]
-          <w:p w14:paraId="51B89332" w14:textId="76809296" w:rsidR="00C1383A" w:rsidRPr="00240A8C" w:rsidRDefault="00C1383A" w:rsidP="00C1383A">
+          <w:p w14:paraId="4BCDF8F2" w14:textId="00AF52E9" w:rsidR="008C40A3" w:rsidRDefault="00300131" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
-                <w:szCs w:val="20"/>
-[...38 lines deleted...]
-              <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Exchange Line</w:t>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00300131">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Enhanced Network Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="229021B7" w14:textId="0984C550" w:rsidR="00237DB4" w:rsidRPr="002561C0" w:rsidRDefault="00237DB4" w:rsidP="001C3C87">
+          <w:p w14:paraId="37D440C5" w14:textId="450328CC" w:rsidR="008C40A3" w:rsidRDefault="00300131" w:rsidP="00612BD6">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002561C0">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> to connect the Site to a telephone exchange to provide the Services;</w:t>
+            <w:r w:rsidRPr="00300131">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the Service Assured Product described in Clause </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref214977485 \r \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00300131">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and provided to the Customer pursuant to the terms of the Agreement;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00612BD6" w:rsidRPr="002561C0" w14:paraId="0E9234F6" w14:textId="77777777" w:rsidTr="000D67B2">
+      <w:tr w:rsidR="00C1383A" w:rsidRPr="009D68EC" w14:paraId="30F3C0F4" w14:textId="77777777" w:rsidTr="006204D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D2A5D4A" w14:textId="147BAFE9" w:rsidR="00612BD6" w:rsidRPr="002561C0" w:rsidRDefault="00612BD6" w:rsidP="001C3C87">
+          <w:p w14:paraId="0675011E" w14:textId="123E17AD" w:rsidR="00C1383A" w:rsidRPr="00C1383A" w:rsidRDefault="00C1383A" w:rsidP="000C0D8E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00612BD6">
+            <w:r w:rsidRPr="00C1383A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Extended Warranty</w:t>
+              <w:t>Excess Construction Charges</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D49AD81" w14:textId="10B7DBC8" w:rsidR="00612BD6" w:rsidRPr="000D67B2" w:rsidRDefault="00E10F6D" w:rsidP="001C3C87">
+          <w:p w14:paraId="51B89332" w14:textId="46682A61" w:rsidR="00C1383A" w:rsidRPr="00240A8C" w:rsidRDefault="00993E56" w:rsidP="00C1383A">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993E56">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>means any Charges that the Company may apply for resources (including Equipment) required to deliver a Service, or any aspect of a Service, to a Site where such resources exceed the level normally required to provide the applicable Service to that Site.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001918A1" w:rsidRPr="002561C0" w14:paraId="05C2A997" w14:textId="77777777" w:rsidTr="000D67B2">
+      <w:tr w:rsidR="00237DB4" w:rsidRPr="002561C0" w14:paraId="0E6A3157" w14:textId="77777777" w:rsidTr="006204D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8D4498" w14:textId="424F50F0" w:rsidR="001918A1" w:rsidRPr="002561C0" w:rsidRDefault="001918A1" w:rsidP="001C3C87">
+          <w:p w14:paraId="5319DF16" w14:textId="71B82511" w:rsidR="00237DB4" w:rsidRPr="002561C0" w:rsidRDefault="00237DB4" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002561C0">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>Fault</w:t>
+              <w:t>Exchange Line</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C8D5A00" w14:textId="0B76C86C" w:rsidR="001918A1" w:rsidRPr="000D67B2" w:rsidRDefault="00D01733" w:rsidP="001C3C87">
+          <w:p w14:paraId="229021B7" w14:textId="0984C550" w:rsidR="00237DB4" w:rsidRPr="002561C0" w:rsidRDefault="00237DB4" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...12 lines deleted...]
-              <w:t>;</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002561C0">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">any apparatus forming part of the System used by </w:t>
+            </w:r>
+            <w:r w:rsidR="00122747">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the Company</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002561C0">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to connect the Site to a telephone exchange to provide the Services;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062111E" w:rsidRPr="002561C0" w14:paraId="6B5683DD" w14:textId="77777777" w:rsidTr="000D67B2">
+      <w:tr w:rsidR="00612BD6" w:rsidRPr="002561C0" w14:paraId="0E9234F6" w14:textId="77777777" w:rsidTr="000D67B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504FC5A2" w14:textId="6FBB6E9D" w:rsidR="0062111E" w:rsidRDefault="0062111E" w:rsidP="001C3C87">
+          <w:p w14:paraId="1D2A5D4A" w14:textId="147BAFE9" w:rsidR="00612BD6" w:rsidRPr="002561C0" w:rsidRDefault="00612BD6" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00612BD6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Line</w:t>
+              <w:t>Extended Warranty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5DC4E0" w14:textId="0731A3C1" w:rsidR="0062111E" w:rsidRPr="001A5B89" w:rsidRDefault="0062111E" w:rsidP="001C3C87">
+          <w:p w14:paraId="7D49AD81" w14:textId="10B7DBC8" w:rsidR="00612BD6" w:rsidRPr="000D67B2" w:rsidRDefault="00E10F6D" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:t>means a telecommunications circuit connecting a Site or Equipment to the Network, as required to provide the Services to the Customer subject to the terms of the Agreement;</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E10F6D">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the warranty</w:t>
+            </w:r>
+            <w:r w:rsidR="00684420">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> extended by the Company</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E10F6D">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> through the operational life of the circuit up to </w:t>
+            </w:r>
+            <w:r w:rsidR="006E4E28">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>three (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E10F6D">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="006E4E28">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E10F6D">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> years</w:t>
+            </w:r>
+            <w:r w:rsidR="00684420">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, which includes Advanced Hardware Replacements. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E10F6D">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0038115A" w14:paraId="13384743" w14:textId="77777777" w:rsidTr="006204D5">
+      <w:tr w:rsidR="001918A1" w:rsidRPr="002561C0" w14:paraId="05C2A997" w14:textId="77777777" w:rsidTr="000D67B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10490402" w14:textId="6BB8DE7D" w:rsidR="0038115A" w:rsidRDefault="0038115A" w:rsidP="001C3C87">
+          <w:p w14:paraId="5E8D4498" w14:textId="424F50F0" w:rsidR="001918A1" w:rsidRPr="002561C0" w:rsidRDefault="001918A1" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Master Services Agreement </w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>Fault</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22618BAE" w14:textId="2C6A19BE" w:rsidR="0038115A" w:rsidRPr="006204D5" w:rsidRDefault="0038115A" w:rsidP="00482C8C">
+          <w:p w14:paraId="6C8D5A00" w14:textId="0B76C86C" w:rsidR="001918A1" w:rsidRPr="000D67B2" w:rsidRDefault="00D01733" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5B89">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>any defect in or loss of availability of one of the Services</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC4197">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062111E" w:rsidRPr="002561C0" w14:paraId="6B5683DD" w14:textId="77777777" w:rsidTr="000D67B2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="504FC5A2" w14:textId="6FBB6E9D" w:rsidR="0062111E" w:rsidRDefault="0062111E" w:rsidP="001C3C87">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Line</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5DC4E0" w14:textId="0731A3C1" w:rsidR="0062111E" w:rsidRPr="001A5B89" w:rsidRDefault="0062111E" w:rsidP="001C3C87">
+            <w:pPr>
+              <w:pStyle w:val="MBClauselevel2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>means a telecommunications circuit connecting a Site or Equipment to the Network, as required to provide the Services to the Customer subject to the terms of the Agreement;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0038115A" w14:paraId="13384743" w14:textId="77777777" w:rsidTr="006204D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2517" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10490402" w14:textId="6BB8DE7D" w:rsidR="0038115A" w:rsidRDefault="0038115A" w:rsidP="001C3C87">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Master Services Agreement </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BF6492A" w14:textId="100EE75E" w:rsidR="0038115A" w:rsidRPr="006204D5" w:rsidRDefault="0038115A" w:rsidP="001C3C87">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5421" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22618BAE" w14:textId="0ECA54FC" w:rsidR="0038115A" w:rsidRPr="006204D5" w:rsidRDefault="0038115A" w:rsidP="00482C8C">
+            <w:pPr>
+              <w:pStyle w:val="MBClauselevel2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00387C16">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00243AF9">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Company’s </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Master</w:t>
             </w:r>
             <w:r w:rsidRPr="00387C16">
               <w:t xml:space="preserve"> Services </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2292,58 +2468,65 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Customer </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">at the </w:t>
             </w:r>
             <w:r w:rsidRPr="00243AF9">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Website at </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="005A3758" w:rsidRPr="00DA1A4F">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidR="00EB4060" w:rsidRPr="005907D2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:snapToGrid w:val="0"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Https://GHMcomms.com/terms-conditions</w:t>
+                <w:t>w</w:t>
+              </w:r>
+              <w:r w:rsidR="00EB4060" w:rsidRPr="005907D2">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:snapToGrid w:val="0"/>
+                </w:rPr>
+                <w:t>ww.ghmcomms.com;</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0026145A">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00637F8E" w:rsidRPr="00637F8E" w:rsidDel="00637F8E">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00237DB4" w14:paraId="44369B82" w14:textId="77777777" w:rsidTr="006204D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FBBE3AA" w14:textId="0FBF4619" w:rsidR="00237DB4" w:rsidRPr="009D68EC" w:rsidRDefault="00237DB4" w:rsidP="001C3C87">
@@ -2438,343 +2621,329 @@
           </w:tcPr>
           <w:p w14:paraId="5BDBD5C8" w14:textId="229EF6C0" w:rsidR="00E37F77" w:rsidRPr="009D68EC" w:rsidRDefault="00E37F77" w:rsidP="001C3C87">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mobile Network Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA54422" w14:textId="2971A355" w:rsidR="00E37F77" w:rsidRPr="009D68EC" w:rsidRDefault="00E37F77" w:rsidP="00482C8C">
+          <w:p w14:paraId="1BA54422" w14:textId="6C4430E1" w:rsidR="00E37F77" w:rsidRPr="009D68EC" w:rsidRDefault="00E37F77" w:rsidP="00482C8C">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">means the </w:t>
             </w:r>
             <w:r w:rsidR="004E31DD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">obile network </w:t>
             </w:r>
             <w:r w:rsidR="004E31DD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ervices </w:t>
             </w:r>
             <w:r w:rsidR="00FA57BD">
               <w:t xml:space="preserve">used for the Broadband Protect Absolute Service </w:t>
             </w:r>
             <w:r w:rsidR="009D0F23">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">provided by the Company </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">pursuant to </w:t>
+              <w:t xml:space="preserve">provided by the Company pursuant to </w:t>
             </w:r>
             <w:r w:rsidRPr="00F807C8">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Clauses </w:t>
             </w:r>
             <w:r w:rsidR="00DC4197">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00DC4197">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185782141 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00DC4197">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00DC4197">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.1</w:t>
+            </w:r>
             <w:r w:rsidR="00DC4197">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>6.1</w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> to </w:t>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185754183 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00DC4197">
+            <w:r w:rsidR="004A06FA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.12</w:t>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00F807C8">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Clause </w:t>
             </w:r>
+            <w:r w:rsidR="00AE4B53">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00AE4B53">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref214982479 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00AE4B53">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00AE4B53">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00AE4B53">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE4B53">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidR="00F807C8">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E34AE0">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and Clause </w:t>
+            </w:r>
+            <w:r w:rsidR="00E34AE0">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00F807C8">
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00E34AE0">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref185754200 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00E34AE0">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E34AE0">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00DC4197">
-[...59 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="00AE4B53">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (inclusive</w:t>
             </w:r>
             <w:r w:rsidR="004E31DD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E37F77" w:rsidRPr="003D7167" w14:paraId="1109F18C" w14:textId="77777777" w:rsidTr="006204D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2158EA68" w14:textId="2ADBE558" w:rsidR="00E37F77" w:rsidRPr="003D7167" w:rsidRDefault="00E37F77" w:rsidP="00E37F77">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7167">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Overage Charge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B254D0E" w14:textId="6E459BA0" w:rsidR="00E37F77" w:rsidRPr="00E34AE0" w:rsidRDefault="00E37F77" w:rsidP="00E37F77">
             <w:pPr>
               <w:pStyle w:val="Body2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E34AE0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">means </w:t>
             </w:r>
             <w:r w:rsidR="00E441DA" w:rsidRPr="00E34AE0">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
@@ -3209,51 +3378,51 @@
           <w:p w14:paraId="74076653" w14:textId="72179A02" w:rsidR="00612BD6" w:rsidRPr="006204D5" w:rsidRDefault="00612BD6" w:rsidP="00CC61D8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Service Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D2023FD" w14:textId="0793AB54" w:rsidR="00612BD6" w:rsidRDefault="00187B66" w:rsidP="00CC61D8">
+          <w:p w14:paraId="4D2023FD" w14:textId="5049F88B" w:rsidR="00612BD6" w:rsidRDefault="00187B66" w:rsidP="00CC61D8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the service credits available to the Customer </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>as a result of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
@@ -3268,51 +3437,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185754253 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E34AE0">
+            <w:r w:rsidR="004A06FA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006E4E28">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AED7CC8" w14:textId="393E488F" w:rsidR="007230B3" w:rsidRDefault="007230B3" w:rsidP="00CC61D8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
@@ -4054,50 +4223,51 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02AFC19F" w14:textId="036A4EF8" w:rsidR="00E37F77" w:rsidRPr="008A40E9" w:rsidRDefault="007E0AE3" w:rsidP="00B25282">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="349"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A40E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">that the Company makes available to the Customer </w:t>
             </w:r>
             <w:r w:rsidR="008A40E9" w:rsidRPr="008A40E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidR="00E37F77" w:rsidRPr="008A40E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>use</w:t>
             </w:r>
             <w:r w:rsidR="008A40E9" w:rsidRPr="008A40E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
@@ -4132,50 +4302,51 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002B292B" w:rsidRPr="009D68EC" w14:paraId="3F98898A" w14:textId="77777777" w:rsidTr="000D67B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D43EA76" w14:textId="4D0CAD09" w:rsidR="002B292B" w:rsidRPr="00240A8C" w:rsidRDefault="002B292B" w:rsidP="00E37F77">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Third Party Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21867DE5" w14:textId="31DF2E7F" w:rsidR="002B292B" w:rsidRPr="00240A8C" w:rsidRDefault="007340AF" w:rsidP="00E37F77">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007340AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">any software </w:t>
             </w:r>
@@ -4240,51 +4411,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E37F77" w:rsidRPr="009D68EC" w14:paraId="302F4140" w14:textId="77777777" w:rsidTr="00B81776">
         <w:trPr>
           <w:trHeight w:val="1659"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2517" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0289FA4D" w14:textId="44EC9F11" w:rsidR="00E37F77" w:rsidRPr="00240A8C" w:rsidRDefault="00E37F77" w:rsidP="00E37F77">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00240A8C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Transmission Speed</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62E2F486" w14:textId="49C9A717" w:rsidR="00E37F77" w:rsidRPr="00E7178F" w:rsidRDefault="00E37F77" w:rsidP="00E37F77">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0253FE38" w14:textId="502F3EAB" w:rsidR="00E37F77" w:rsidRDefault="00E37F77" w:rsidP="00E37F77">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -4331,51 +4501,51 @@
           </w:tcPr>
           <w:p w14:paraId="3DB6CAA9" w14:textId="074E597D" w:rsidR="00746E26" w:rsidRPr="00240A8C" w:rsidRDefault="00746E26" w:rsidP="00E37F77">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trial Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28897A7B" w14:textId="25910022" w:rsidR="00746E26" w:rsidRPr="00240A8C" w:rsidRDefault="00746E26" w:rsidP="00E37F77">
+          <w:p w14:paraId="28897A7B" w14:textId="27524084" w:rsidR="00746E26" w:rsidRPr="00240A8C" w:rsidRDefault="00746E26" w:rsidP="00E37F77">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>has the meaning given to it under clause</w:t>
             </w:r>
             <w:r w:rsidR="0045517F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0045517F">
@@ -4387,51 +4557,51 @@
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="0045517F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185695737 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="0045517F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="0045517F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0045517F">
+            <w:r w:rsidR="004A06FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.6</w:t>
             </w:r>
             <w:r w:rsidR="0045517F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0045517F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4451,51 +4621,51 @@
           </w:tcPr>
           <w:p w14:paraId="68D02312" w14:textId="3B91634D" w:rsidR="00727E57" w:rsidRPr="00240A8C" w:rsidRDefault="00727E57" w:rsidP="00E37F77">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unavailable Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5421" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13DE6A45" w14:textId="46BEDFE8" w:rsidR="00727E57" w:rsidRPr="00187B66" w:rsidRDefault="00F12BE4" w:rsidP="00E37F77">
+          <w:p w14:paraId="13DE6A45" w14:textId="0F003FBD" w:rsidR="00727E57" w:rsidRPr="00187B66" w:rsidRDefault="00F12BE4" w:rsidP="00E37F77">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001A5B89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">any </w:t>
             </w:r>
@@ -4568,113 +4738,113 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185754304 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="004A06FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1.5</w:t>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="001A5B89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001A5B89">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of </w:t>
+              <w:instrText xml:space="preserve"> REF _Ref185754253 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> REF _Ref185754253 \r \h </w:instrText>
-[...15 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E34AE0">
+            <w:r w:rsidR="004A06FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="00E34AE0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006E4E28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
@@ -4917,119 +5087,138 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1973AA49" w14:textId="23A0B308" w:rsidR="00237DB4" w:rsidRPr="00D749F0" w:rsidRDefault="00187B66" w:rsidP="00D749F0">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As of the Commencement Date and </w:t>
       </w:r>
       <w:r w:rsidR="003246DF">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r>
         <w:t>the duration of the Term,</w:t>
       </w:r>
       <w:r w:rsidR="00E50FCB" w:rsidRPr="00D749F0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00237DB4" w:rsidRPr="00D749F0">
         <w:t xml:space="preserve">the Customer </w:t>
       </w:r>
       <w:r w:rsidR="00E50FCB" w:rsidRPr="00D749F0">
         <w:t xml:space="preserve">agrees to comply with the following: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46960369" w14:textId="5FB5BB36" w:rsidR="00E50FCB" w:rsidRPr="00C617B7" w:rsidRDefault="00E50FCB" w:rsidP="001C3C87">
+    <w:p w14:paraId="46960369" w14:textId="4895A95D" w:rsidR="00E50FCB" w:rsidRPr="00C617B7" w:rsidRDefault="00E50FCB" w:rsidP="001C3C87">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the Customer </w:t>
       </w:r>
+      <w:r w:rsidR="00993E56">
+        <w:t xml:space="preserve">shall maintain </w:t>
+      </w:r>
       <w:r w:rsidRPr="00C617B7">
-        <w:t xml:space="preserve">must have a </w:t>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00187B66">
         <w:t>Customer C</w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">omputer </w:t>
       </w:r>
       <w:r w:rsidR="00187B66">
         <w:t xml:space="preserve">System </w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00875100">
         <w:t xml:space="preserve">sufficient </w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t>specification</w:t>
       </w:r>
+      <w:r w:rsidR="00993E56">
+        <w:t xml:space="preserve"> (as reasonably determined by the Company)</w:t>
+      </w:r>
       <w:r w:rsidR="00875100">
-        <w:t xml:space="preserve"> to use the Services</w:t>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="00993E56">
+        <w:t xml:space="preserve"> access and</w:t>
+      </w:r>
+      <w:r w:rsidR="00875100">
+        <w:t xml:space="preserve"> use the Services</w:t>
       </w:r>
       <w:r w:rsidRPr="001E593A">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="003246DF">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040DAB30" w14:textId="2AC4CD15" w:rsidR="00E50FCB" w:rsidRPr="00C617B7" w:rsidRDefault="00E50FCB" w:rsidP="001C3C87">
+    <w:p w14:paraId="040DAB30" w14:textId="1BAA7A7A" w:rsidR="00E50FCB" w:rsidRPr="00C617B7" w:rsidRDefault="00E50FCB" w:rsidP="001C3C87">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the Customer </w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">must have compatible </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C617B7">
         <w:t>cables</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> and extension leads between any communications </w:t>
       </w:r>
       <w:r w:rsidR="002561C0">
         <w:t>equipment and telephone socket</w:t>
       </w:r>
       <w:r w:rsidR="00875100">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00875100">
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00875100">
-        <w:t xml:space="preserve"> use the Services</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993E56">
+        <w:t xml:space="preserve">access and </w:t>
+      </w:r>
+      <w:r w:rsidR="00875100">
+        <w:t>use the Services</w:t>
       </w:r>
       <w:r w:rsidR="003246DF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2349BAFB" w14:textId="6FDFCB6C" w:rsidR="002D19FB" w:rsidRDefault="00D749F0" w:rsidP="002D19FB">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Ref183371112"/>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">In certain limited circumstances, </w:t>
       </w:r>
       <w:r w:rsidR="002D19FB">
         <w:t>in addition to any express restrictions set out in an</w:t>
       </w:r>
       <w:r w:rsidR="003D7167">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="002D19FB">
         <w:t xml:space="preserve"> relevant </w:t>
       </w:r>
       <w:r w:rsidR="00222814" w:rsidRPr="0036277C">
         <w:t>Documentation</w:t>
       </w:r>
@@ -5048,51 +5237,50 @@
       <w:r w:rsidR="002D19FB">
         <w:t>, t</w:t>
       </w:r>
       <w:r w:rsidR="002D19FB" w:rsidRPr="00824FA2">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="002D19FB">
         <w:t xml:space="preserve">Customer </w:t>
       </w:r>
       <w:r w:rsidR="002D19FB" w:rsidRPr="00824FA2">
         <w:t xml:space="preserve">accepts </w:t>
       </w:r>
       <w:r w:rsidR="002D19FB">
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="002D19FB" w:rsidRPr="00824FA2">
         <w:t>:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="37CE1F3A" w14:textId="18F10139" w:rsidR="002D19FB" w:rsidRDefault="0084065D" w:rsidP="002D19FB">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00ED750C">
         <w:t>he Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> may</w:t>
       </w:r>
       <w:r w:rsidR="002D19FB" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> not be able to set up the Service</w:t>
       </w:r>
       <w:r w:rsidR="002D19FB">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="002D19FB" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> for technical reasons beyond </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="002D19FB">
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002D19FB">
@@ -5136,88 +5324,88 @@
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00824FA2">
         <w:t xml:space="preserve">here may be geographical limitations that </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">may affect or prevent </w:t>
       </w:r>
       <w:r w:rsidRPr="00950B84">
         <w:t>installation</w:t>
       </w:r>
       <w:r w:rsidRPr="00824FA2">
         <w:t xml:space="preserve"> of a </w:t>
       </w:r>
       <w:r>
         <w:t>Service</w:t>
       </w:r>
       <w:r w:rsidR="003246DF">
         <w:t xml:space="preserve"> or Equipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00824FA2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CBF103B" w14:textId="6443C42C" w:rsidR="00D749F0" w:rsidRPr="00C617B7" w:rsidRDefault="002D19FB" w:rsidP="006204D5">
+    <w:p w14:paraId="3CBF103B" w14:textId="078EAA03" w:rsidR="00D749F0" w:rsidRPr="00C617B7" w:rsidRDefault="002D19FB" w:rsidP="006204D5">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00824FA2">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Customer </w:t>
       </w:r>
       <w:r w:rsidRPr="00824FA2">
         <w:t xml:space="preserve">accepts that </w:t>
       </w:r>
       <w:r w:rsidR="00EE0AA8" w:rsidRPr="00824FA2">
         <w:t xml:space="preserve">provision of the </w:t>
       </w:r>
       <w:r w:rsidR="00EE0AA8">
         <w:t>Services is</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00824FA2">
         <w:t>subject to the potential limitations</w:t>
       </w:r>
       <w:r w:rsidR="0084065D">
         <w:t xml:space="preserve"> set out in clause </w:t>
       </w:r>
       <w:r w:rsidR="0084065D">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0084065D">
         <w:instrText xml:space="preserve"> REF _Ref183371112 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="0084065D">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E34AE0">
+      <w:r w:rsidR="004A06FA">
         <w:t>3.3</w:t>
       </w:r>
       <w:r w:rsidR="0084065D">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00824FA2">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidDel="007B5A85">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t>In such circumstances</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00ED750C">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> will</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> </w:t>
@@ -5477,95 +5665,98 @@
       </w:r>
       <w:r w:rsidR="000A4A08">
         <w:t xml:space="preserve">such new site </w:t>
       </w:r>
       <w:r w:rsidRPr="005E63A1">
         <w:t xml:space="preserve">by contacting </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="001651E8">
         <w:t>’s Customer Service Department</w:t>
       </w:r>
       <w:r w:rsidR="002C349D">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002C349D">
         <w:t>writing;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002C349D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B457BCE" w14:textId="6DD29597" w:rsidR="000A4A08" w:rsidRDefault="000A4A08" w:rsidP="000A4A08">
+    <w:p w14:paraId="3B457BCE" w14:textId="7DC420A0" w:rsidR="000A4A08" w:rsidRDefault="000A4A08" w:rsidP="000A4A08">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
         <w:t xml:space="preserve">he Customer </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
         <w:t xml:space="preserve">provide </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
         <w:t xml:space="preserve"> with proof of its new address</w:t>
       </w:r>
       <w:r>
         <w:t>. I</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
         <w:t xml:space="preserve">f the Customer does not, its existing account will not be </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
         <w:t>terminated</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
         <w:t xml:space="preserve"> and the Customer will be liable f</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or any Charges that remain due on </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
-        <w:t xml:space="preserve">that </w:t>
+        <w:t>that account</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4509">
+        <w:t xml:space="preserve"> for the remainder of the applicable </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
-        <w:t>account</w:t>
+      <w:r w:rsidR="00ED4509">
+        <w:t>Term</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="733402D6" w14:textId="2C0A7977" w:rsidR="000A4A08" w:rsidRDefault="000A4A08" w:rsidP="000A4A08">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
         <w:t xml:space="preserve">he Customer will pay </w:t>
       </w:r>
       <w:r w:rsidR="007028D6">
         <w:t>to the Company a</w:t>
       </w:r>
       <w:r w:rsidR="00794D6F">
         <w:t xml:space="preserve">ny </w:t>
       </w:r>
       <w:r w:rsidR="00951360">
         <w:t>r</w:t>
       </w:r>
@@ -5647,91 +5838,91 @@
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="005E63A1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E63A1" w:rsidRPr="005E63A1">
         <w:t xml:space="preserve">incurs </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005E63A1" w:rsidRPr="005E63A1">
         <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005E63A1" w:rsidRPr="005E63A1">
         <w:t xml:space="preserve"> any loss of or damage to the Equipment, unless directly caused by </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005E63A1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B42A025" w14:textId="22D46333" w:rsidR="00D749F0" w:rsidRDefault="00D749F0" w:rsidP="00D749F0">
+    <w:p w14:paraId="7B42A025" w14:textId="7866B320" w:rsidR="00D749F0" w:rsidRDefault="00D749F0" w:rsidP="00D749F0">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">When </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the Customer </w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">has moved </w:t>
       </w:r>
       <w:r w:rsidR="007028D6">
         <w:t>Site</w:t>
       </w:r>
       <w:r w:rsidR="000A4A08">
         <w:t xml:space="preserve"> and notified </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00122747" w:rsidRPr="00C7539E">
         <w:t>Company</w:t>
       </w:r>
       <w:r w:rsidR="000A4A08" w:rsidRPr="00C7539E">
         <w:t xml:space="preserve"> in accordance with Clause </w:t>
       </w:r>
       <w:r w:rsidR="007028D6" w:rsidRPr="00C7539E">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007028D6" w:rsidRPr="00C7539E">
         <w:instrText xml:space="preserve"> REF _Ref183609754 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00C7539E">
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="007028D6" w:rsidRPr="00C7539E">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E34AE0">
+      <w:r w:rsidR="004A06FA">
         <w:t>3.7</w:t>
       </w:r>
       <w:r w:rsidR="007028D6" w:rsidRPr="00C7539E">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C7539E">
         <w:t xml:space="preserve">, a </w:t>
       </w:r>
       <w:r w:rsidR="003246DF">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00C7539E">
         <w:t xml:space="preserve">ine </w:t>
       </w:r>
       <w:r w:rsidR="00D84226" w:rsidRPr="00C7539E">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00C7539E">
         <w:t>est will need to be carried out</w:t>
       </w:r>
       <w:r w:rsidR="002C349D" w:rsidRPr="00C7539E">
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
       <w:r w:rsidR="00D84226" w:rsidRPr="00C7539E">
         <w:t>the Company</w:t>
@@ -5859,50 +6050,51 @@
         <w:t xml:space="preserve">proof of </w:t>
       </w:r>
       <w:r>
         <w:t>the Customer’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> change of address</w:t>
       </w:r>
       <w:r w:rsidR="002C349D">
         <w:t>, and</w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="774212F8" w14:textId="5B8F1090" w:rsidR="000A4A08" w:rsidRDefault="002C349D" w:rsidP="00D749F0">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">ny Charges due in respect of </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0">
         <w:t>the Customer’s</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> existing account to the </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">ate of </w:t>
       </w:r>
       <w:r w:rsidR="00F738B5">
         <w:t xml:space="preserve">termination </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t>will remain payable</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by the Customer pursuant to the Agreement</w:t>
@@ -5972,55 +6164,51 @@
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005429B4">
         <w:t xml:space="preserve">use </w:t>
       </w:r>
       <w:r w:rsidR="00F53B4F" w:rsidRPr="005429B4">
         <w:t xml:space="preserve">its </w:t>
       </w:r>
       <w:r w:rsidRPr="005429B4">
         <w:t xml:space="preserve">reasonable endeavours </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005429B4">
         <w:t xml:space="preserve">to ensure that the Customer’s </w:t>
       </w:r>
       <w:r w:rsidR="002C349D" w:rsidRPr="005429B4">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005429B4">
         <w:t xml:space="preserve">onnection is at the same Transmission Speed as that at the Customer’s old </w:t>
       </w:r>
       <w:r w:rsidR="00F738B5">
         <w:t xml:space="preserve">site </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="005429B4">
-        <w:t xml:space="preserve">prior to the Customer’s move. However, </w:t>
-[...3 lines deleted...]
-        <w:t>if it is not</w:t>
+        <w:t>prior to the Customer’s move. However, if it is not</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> possible, </w:t>
       </w:r>
       <w:r w:rsidR="00F53B4F">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> will</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F738B5">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">onnect </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0">
         <w:t xml:space="preserve">the Customer </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">at the Transmission Speed </w:t>
       </w:r>
@@ -6206,111 +6394,109 @@
       <w:r w:rsidRPr="006825F7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> terms and conditions, which have been provided to it by </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00EE7BBD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF7E8DA" w14:textId="0AE13C96" w:rsidR="00D749F0" w:rsidRDefault="00D749F0" w:rsidP="006825F7">
+    <w:p w14:paraId="1DF7E8DA" w14:textId="54D6247B" w:rsidR="00D749F0" w:rsidRDefault="00D749F0" w:rsidP="006825F7">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C617B7">
-        <w:t xml:space="preserve">enter into any licence or agreement reasonably required by the owner of any intellectual property rights in any software supplied to </w:t>
+        <w:t xml:space="preserve">enter into any licence or agreement reasonably required by the owner </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3873">
+        <w:t xml:space="preserve">or licensor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C617B7">
+        <w:t xml:space="preserve">of any intellectual property rights in any software supplied to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the Customer </w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t>for the purpose of accessing the Service</w:t>
       </w:r>
       <w:r w:rsidR="005317BD">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00753349">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3A3AC2" w14:textId="71F86691" w:rsidR="008504ED" w:rsidRDefault="0086027B" w:rsidP="001A5B89">
+    <w:p w14:paraId="0C3A3AC2" w14:textId="36426AE9" w:rsidR="008504ED" w:rsidRDefault="0086027B" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t>Subject to clause</w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:instrText xml:space="preserve"> REF _Ref185769772 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00335D4B">
+      <w:r w:rsidR="004A06FA">
         <w:t>5.4</w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008504ED">
-        <w:t xml:space="preserve">the Customer will be responsible </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">for </w:t>
+        <w:t>the Customer will be responsible for</w:t>
       </w:r>
       <w:r w:rsidR="00427695">
-        <w:t xml:space="preserve"> payment</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> of </w:t>
+        <w:t xml:space="preserve"> payment of </w:t>
       </w:r>
       <w:r w:rsidR="008504ED">
         <w:t xml:space="preserve">all charges for </w:t>
       </w:r>
       <w:r w:rsidR="008504ED" w:rsidRPr="008504ED">
         <w:t>Special Faults Investigation</w:t>
       </w:r>
       <w:r w:rsidR="008504ED">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008504ED" w:rsidRPr="008504ED">
         <w:t xml:space="preserve">The Company will not </w:t>
       </w:r>
       <w:r w:rsidR="008504ED">
         <w:t>arrange Special Faults Investigation</w:t>
       </w:r>
       <w:r w:rsidR="008504ED" w:rsidRPr="008504ED">
         <w:t xml:space="preserve"> until it receives the Customer’s acceptance of any charges in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7347023B" w14:textId="77777777" w:rsidR="00D749F0" w:rsidRDefault="00D749F0" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D06FB9">
@@ -6372,76 +6558,76 @@
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">ault diagnosis on the broadband circuit will only be carried out with the test router supplied by </w:t>
       </w:r>
       <w:r>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00D749F0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">for that </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t>purpose</w:t>
       </w:r>
       <w:r w:rsidR="005A03AD">
         <w:t>;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D749F0" w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="062D74B8" w14:textId="0D90DEC1" w:rsidR="00D749F0" w:rsidRDefault="00D749F0" w:rsidP="001A5B89">
+    <w:p w14:paraId="062D74B8" w14:textId="772EE7C0" w:rsidR="00D749F0" w:rsidRDefault="00D749F0" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">it is </w:t>
       </w:r>
       <w:r>
         <w:t>the Customer’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> responsibility to provide full assistance during  testing</w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:t xml:space="preserve"> pursuant to clause </w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:instrText xml:space="preserve"> REF _Ref185769887 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00335D4B">
+      <w:r w:rsidR="004A06FA">
         <w:t>4.1.1</w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve"> and that failure to provide </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">such </w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">assistance that results in an inability for </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C617B7">
         <w:t xml:space="preserve">to correctly troubleshoot the </w:t>
       </w:r>
       <w:r w:rsidR="00EE7BBD">
         <w:t>F</w:t>
@@ -6576,51 +6762,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A069B1" w:rsidRPr="00F373F0">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>SERVICE</w:t>
       </w:r>
       <w:r w:rsidR="00D06FB9" w:rsidRPr="001A5B89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> – SERVICE ASSURED PRODUCT</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00D06FB9" w:rsidRPr="001A5B89">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2F4BEB" w14:textId="774F7CFF" w:rsidR="00A069B1" w:rsidRPr="00F373F0" w:rsidRDefault="00F373F0" w:rsidP="001A5B89">
+    <w:p w14:paraId="1D2F4BEB" w14:textId="374B5139" w:rsidR="00A069B1" w:rsidRPr="00F373F0" w:rsidRDefault="00F373F0" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Ref183623258"/>
       <w:bookmarkStart w:id="7" w:name="_Ref185754155"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject to the terms of this </w:t>
       </w:r>
       <w:r w:rsidR="00E34AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
@@ -6637,51 +6823,51 @@
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185693235 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E34AE0">
+      <w:r w:rsidR="004A06FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
@@ -6744,127 +6930,128 @@
           <w:color w:val="000000"/>
           <w:position w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Broadband Protect Plus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:position w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000"/>
           <w:position w:val="2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56142104" w14:textId="60BCC8AA" w:rsidR="001E686F" w:rsidRDefault="001E686F" w:rsidP="001A5B89">
+    <w:p w14:paraId="56142104" w14:textId="10BD6FE8" w:rsidR="001E686F" w:rsidRDefault="001E686F" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00550504">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">he service options applicable to each level are set out in </w:t>
       </w:r>
       <w:r w:rsidR="00E34AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E34AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185754659 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00E34AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E34AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>Schedule 3</w:t>
+      </w:r>
       <w:r w:rsidR="00E34AE0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t>Schedule 3</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EA1DC0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4AB609" w14:textId="381D2E68" w:rsidR="00A069B1" w:rsidRPr="00A83A46" w:rsidRDefault="004F5B62" w:rsidP="009E6814">
+    <w:p w14:paraId="6B4AB609" w14:textId="2D0C3986" w:rsidR="00A069B1" w:rsidRPr="00A83A46" w:rsidRDefault="004F5B62" w:rsidP="009E6814">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00473847" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>he Company</w:t>
       </w:r>
       <w:r w:rsidR="00A069B1" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall provide the </w:t>
       </w:r>
       <w:r w:rsidR="00A069B1" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Broadband </w:t>
       </w:r>
       <w:r w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
@@ -6878,340 +7065,340 @@
         <w:t xml:space="preserve">from </w:t>
       </w:r>
       <w:r w:rsidR="00EE7BBD" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">the Service Assured Product Commencement Date </w:t>
       </w:r>
       <w:r w:rsidR="00A83A46" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">and shall continue to provide the </w:t>
       </w:r>
       <w:r w:rsidR="00A83A46" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Broadband Protect Service </w:t>
       </w:r>
       <w:r w:rsidR="00A83A46" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve">to the Customer for successive periods </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
+        <w:t>to the Customer for successive periods of 30 (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF3FB9E" w14:textId="0662B1A5" w:rsidR="00335D4B" w:rsidRDefault="004F5B62" w:rsidP="0086027B">
+    <w:p w14:paraId="1EF3FB9E" w14:textId="3DA9F781" w:rsidR="00335D4B" w:rsidRDefault="004F5B62" w:rsidP="0086027B">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref185754915"/>
+      <w:bookmarkStart w:id="8" w:name="_Ref214982737"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref185754915"/>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of </w:t>
       </w:r>
       <w:r w:rsidR="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rolling Monthly Term, to terminate </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Broadband Protect Service and </w:t>
+        <w:t>Broadband Protect Service and termination shall take effect</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0B4B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the last calendar day (inclusive)</w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> on the last calendar day (inclusive)</w:t>
+        <w:t xml:space="preserve"> of the following Rolling Monthly Term. For the avoidance of doubt, on termination of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the following Rolling Monthly Term. For the avoidance of doubt, on termination of the</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Broadband Protect Service, howsoever arising, the Agreement shall continue in full force and effect for the remainder of the Term, unless terminated earlier accordance with the terms of the Agreement.  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Ref185699004"/>
+      <w:r w:rsidR="00803F82" w:rsidRPr="00803F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Only the Broadband Protect Service will cease upon termination pursuant to this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00803F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00803F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref214982737 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00803F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00803F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00803F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>5.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00803F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00803F82" w:rsidRPr="00803F82">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="5AEBF674" w14:textId="79FF7E3F" w:rsidR="0086027B" w:rsidRDefault="0086027B" w:rsidP="0086027B">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Ref185769772"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="00F807C8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>lause</w:t>
+      </w:r>
+      <w:r w:rsidR="00335D4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F5B62">
-[...32 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00335D4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin"/>
+        <w:instrText xml:space="preserve"> REF _Ref185699451 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> REF _Ref185699451 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>5.5</w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...10 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A75F7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">in relation to Faults reported by the Customer, </w:t>
       </w:r>
       <w:r w:rsidR="00C70BC4" w:rsidRPr="00C70BC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>Broadband Protect Service</w:t>
       </w:r>
       <w:r w:rsidR="00C70BC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Broadband Protect Absolute </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>includes:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="57940A39" w14:textId="02CA0D2D" w:rsidR="0086027B" w:rsidRDefault="0086027B" w:rsidP="0086027B">
+    <w:p w14:paraId="57940A39" w14:textId="416FE126" w:rsidR="0086027B" w:rsidRDefault="0086027B" w:rsidP="0086027B">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve">free engineering visits </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> engineers; and </w:t>
+        <w:t xml:space="preserve">free engineering visits by Company engineers; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6424BD70" w14:textId="7F98FD0C" w:rsidR="00BD26F8" w:rsidRDefault="0086027B" w:rsidP="0086027B">
+    <w:p w14:paraId="6424BD70" w14:textId="49078B18" w:rsidR="00BD26F8" w:rsidRDefault="0086027B" w:rsidP="0086027B">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">a contribution towards Special </w:t>
       </w:r>
       <w:r w:rsidR="001E5A22" w:rsidRPr="0086027B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">Faults Investigation </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve">up to a maximum amount </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">of </w:t>
+        <w:t>up to a maximum amount of</w:t>
       </w:r>
       <w:r w:rsidR="00335D4B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t>£</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">250 plus VAT per annum. </w:t>
+        <w:t xml:space="preserve">£250 plus VAT per annum. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D42B5F" w14:textId="77777777" w:rsidR="00A75F7E" w:rsidRDefault="00A75F7E" w:rsidP="00A75F7E">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Ref185699451"/>
+      <w:bookmarkStart w:id="12" w:name="_Ref185699451"/>
       <w:r w:rsidRPr="00A75F7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">If the Company’s </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>or Authorised Provider’s engineers:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FF84F6" w14:textId="77777777" w:rsidR="00A75F7E" w:rsidRDefault="00A75F7E" w:rsidP="00A75F7E">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>are unable</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75F7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> to access the Customer’s premises, offices or other facilities for any reason at the date/time agreed by the Parties</w:t>
@@ -7273,146 +7460,170 @@
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>reasonable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> opinion, no Fault is </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>present</w:t>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="625FBBCB" w14:textId="3C01E556" w:rsidR="004F5B62" w:rsidRPr="00630793" w:rsidRDefault="00A75F7E" w:rsidP="00F76F4D">
+    <w:p w14:paraId="625FBBCB" w14:textId="1A680A20" w:rsidR="004F5B62" w:rsidRPr="00630793" w:rsidRDefault="00A75F7E" w:rsidP="00F76F4D">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A75F7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">then the </w:t>
       </w:r>
       <w:r w:rsidRPr="00C70BC4">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>Broadband Protect Service</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> and Broadband Protect Absolute will not apply, a</w:t>
+      <w:r w:rsidR="004A06FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Broadband Protect Absolute </w:t>
+      </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="004A06FA" w:rsidRPr="004A06FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced Network Service </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>will not apply, a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75F7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">nd the Company will charge the Customer </w:t>
       </w:r>
       <w:r w:rsidR="00064D93">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="00A75F7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">the Company’s reasonable costs incurred for responding to the Customer’s request for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A75F7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>ervices</w:t>
       </w:r>
       <w:r w:rsidR="00064D93">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">, and such charges will be payable by the Customer in accordance with the terms of the Agreement. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Ref185695081"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref185695081"/>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p w14:paraId="1464A3C3" w14:textId="77777777" w:rsidR="001E686F" w:rsidRDefault="0046073E" w:rsidP="001E686F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Broadband Protect</w:t>
       </w:r>
       <w:r w:rsidRPr="0046073E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F187ED7" w14:textId="2FC7DCA0" w:rsidR="001E686F" w:rsidRPr="001A5B89" w:rsidRDefault="00064D93" w:rsidP="001E686F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref185695737"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref185695737"/>
       <w:r>
         <w:t>Where available to the Customer, Broadband</w:t>
       </w:r>
       <w:r w:rsidR="001E686F">
         <w:t xml:space="preserve"> Protect </w:t>
       </w:r>
       <w:r w:rsidR="0046073E" w:rsidRPr="00116D32">
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidR="00E26F48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0046073E" w:rsidRPr="00116D32">
         <w:t xml:space="preserve">be provided </w:t>
       </w:r>
       <w:r w:rsidR="001E686F">
         <w:t xml:space="preserve">to the Customer </w:t>
       </w:r>
       <w:r w:rsidR="0046073E" w:rsidRPr="00116D32">
         <w:t xml:space="preserve">free of charge for the first </w:t>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:t>three (</w:t>
       </w:r>
       <w:r w:rsidR="0046073E" w:rsidRPr="00116D32">
@@ -7430,125 +7641,125 @@
       <w:r w:rsidR="00E26F48" w:rsidRPr="00E26F48">
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:r w:rsidR="00EE7BBD">
         <w:t xml:space="preserve">Assured Product </w:t>
       </w:r>
       <w:r w:rsidR="00E26F48" w:rsidRPr="00E26F48">
         <w:t>Commencement Date</w:t>
       </w:r>
       <w:r w:rsidR="001E686F">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="001E686F" w:rsidRPr="001A5B89">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Trial Period</w:t>
       </w:r>
       <w:r w:rsidR="001E686F">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0046073E">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="0046073E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FB2EE8" w14:textId="28B7BD7D" w:rsidR="001E686F" w:rsidRPr="001A5B89" w:rsidRDefault="001E686F" w:rsidP="001E686F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Ref185694918"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref185694918"/>
       <w:r w:rsidRPr="001E686F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">At any time during the Trial Period the Customer can cancel Broadband </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E686F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>Protect  by</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001E686F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> contacting the Company’s Customer Services Department by phone or in writing without incurring any charges for the provision of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Broadband Protect </w:t>
       </w:r>
       <w:r w:rsidRPr="001E686F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>and thereafter, will no longer receive</w:t>
       </w:r>
       <w:r w:rsidRPr="005D40F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Broadband Protect.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E686F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F06C0EA" w14:textId="4E884C3C" w:rsidR="0046073E" w:rsidRPr="004F5B62" w:rsidRDefault="00630793" w:rsidP="001A5B89">
+    <w:p w14:paraId="7F06C0EA" w14:textId="5B0B8041" w:rsidR="0046073E" w:rsidRPr="004F5B62" w:rsidRDefault="00630793" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Upon </w:t>
       </w:r>
       <w:r w:rsidR="0046073E">
         <w:t xml:space="preserve">expiry of the </w:t>
       </w:r>
       <w:r w:rsidR="001E686F">
         <w:t xml:space="preserve">Trial Period, </w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">unless </w:t>
       </w:r>
       <w:r w:rsidR="00F33C59">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
@@ -7585,51 +7796,51 @@
         <w:t xml:space="preserve">lause </w:t>
       </w:r>
       <w:r w:rsidR="00F33C59">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00F33C59">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185694918 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00F33C59">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F33C59">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00064D93">
+      <w:r w:rsidR="004A06FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>5.7</w:t>
       </w:r>
       <w:r w:rsidR="00F33C59">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">the Company shall automatically continue to provide </w:t>
       </w:r>
       <w:r w:rsidR="00F33C59">
         <w:rPr>
@@ -7775,51 +7986,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F33C59">
         <w:t xml:space="preserve">in accordance with the terms of the Agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6640B44D" w14:textId="77777777" w:rsidR="00F33C59" w:rsidRDefault="005C1AE7" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00E26F48">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Broadband Protect Plus</w:t>
       </w:r>
       <w:r w:rsidR="00E26F48" w:rsidRPr="00E26F48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A7EA0AE" w14:textId="2F1ACEFF" w:rsidR="00E26F48" w:rsidRDefault="00F33C59" w:rsidP="001E686F">
+    <w:p w14:paraId="4A7EA0AE" w14:textId="49388CCD" w:rsidR="00E26F48" w:rsidRDefault="00F33C59" w:rsidP="001E686F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Broadband Protect Plus </w:t>
       </w:r>
       <w:r w:rsidR="00E26F48" w:rsidRPr="00E26F48">
         <w:t>will, where requested</w:t>
       </w:r>
       <w:r w:rsidR="00222814">
         <w:t xml:space="preserve"> and available to the Customer</w:t>
       </w:r>
       <w:r w:rsidR="00E26F48" w:rsidRPr="00E26F48">
         <w:t xml:space="preserve">, be provided from the Service </w:t>
       </w:r>
       <w:r w:rsidR="00EE7BBD">
         <w:t xml:space="preserve">Assured Product </w:t>
       </w:r>
       <w:r w:rsidR="00E26F48" w:rsidRPr="00E26F48">
         <w:t>Commencement Date</w:t>
       </w:r>
       <w:r w:rsidR="00E26F48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00064D93">
@@ -7849,51 +8060,58 @@
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">the Company </w:t>
       </w:r>
       <w:r w:rsidR="00A83A46" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">shall continue to provide </w:t>
       </w:r>
       <w:r w:rsidR="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">Broadband Protect Plus </w:t>
       </w:r>
       <w:r w:rsidR="00A83A46" w:rsidRPr="00A83A46">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t>to the Customer for successive periods of  30 (thirty) days (each 30-day period being a Rolling Monthly Term)</w:t>
+        <w:t xml:space="preserve">to the Customer for successive periods of  30 (thirty) days (each 30-day period being a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83A46" w:rsidRPr="00A83A46">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Rolling Monthly Term)</w:t>
       </w:r>
       <w:r w:rsidR="00222814" w:rsidRPr="00F33C59">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00222814">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B3189">
         <w:t xml:space="preserve">until </w:t>
       </w:r>
       <w:r w:rsidR="002B3189" w:rsidRPr="00630793">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">terminated in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="002B3189" w:rsidRPr="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>Clause</w:t>
       </w:r>
       <w:r w:rsidRPr="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
@@ -7907,51 +8125,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00F807C8" w:rsidRPr="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185754915 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00F807C8" w:rsidRPr="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F807C8" w:rsidRPr="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F807C8" w:rsidRPr="00F807C8">
+      <w:r w:rsidR="004A06FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>5.3</w:t>
       </w:r>
       <w:r w:rsidR="00F807C8" w:rsidRPr="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002B3189" w:rsidRPr="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002B3189">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Th</w:t>
       </w:r>
       <w:r w:rsidR="00E26F48">
         <w:rPr>
@@ -8016,87 +8234,86 @@
       </w:r>
       <w:r w:rsidR="00473847">
         <w:t>the Customer</w:t>
       </w:r>
       <w:r w:rsidR="00E26F48" w:rsidRPr="00E13769">
         <w:t xml:space="preserve"> in writing</w:t>
       </w:r>
       <w:r w:rsidR="00E26F48">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E26F48" w:rsidRPr="00630793">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in accordance with the terms of the Agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6702A6F9" w14:textId="0F10FCB3" w:rsidR="004F5B62" w:rsidRDefault="004F5B62" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Ref183627283"/>
+      <w:bookmarkStart w:id="16" w:name="_Ref183627283"/>
       <w:r w:rsidRPr="004F5B62">
         <w:t xml:space="preserve">The Charges applicable to </w:t>
       </w:r>
       <w:r w:rsidRPr="00F373F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Broadband Protect Service</w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:t xml:space="preserve"> are calculated </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">per broadband connection </w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:t xml:space="preserve">(as set out on the Company Website from time to time or as notified to the Customer in writing) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t xml:space="preserve">and payable by the Customer monthly in advance in accordance with the terms of the Agreement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A29518E" w14:textId="5C98FC1C" w:rsidR="00B47A0A" w:rsidRPr="00BD26F8" w:rsidRDefault="00E26F48" w:rsidP="001A5B89">
+    <w:p w14:paraId="6A29518E" w14:textId="5ED72B37" w:rsidR="00B47A0A" w:rsidRPr="00BD26F8" w:rsidRDefault="00E26F48" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A57B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The Customer</w:t>
       </w:r>
       <w:r w:rsidR="00746E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA7FB3" w:rsidRPr="00746E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="007D3653" w:rsidRPr="00746E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">downgrade </w:t>
       </w:r>
       <w:r w:rsidR="00BA7FB3" w:rsidRPr="00746E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">from </w:t>
@@ -8130,240 +8347,234 @@
       <w:r w:rsidR="00BA7FB3" w:rsidRPr="00746E26" w:rsidDel="00BA7FB3">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA7FB3" w:rsidRPr="00746E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">to the Broadband Protect service option level </w:t>
       </w:r>
       <w:r w:rsidR="006466C6" w:rsidRPr="00746E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">at any time </w:t>
       </w:r>
       <w:r w:rsidR="00BA7FB3" w:rsidRPr="00746E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">by giving the Company </w:t>
       </w:r>
-      <w:r w:rsidR="00222814" w:rsidRPr="001A5B89">
-[...3 lines deleted...]
-        <w:t>one</w:t>
+      <w:r w:rsidR="002D78A3" w:rsidRPr="002D78A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 days’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA7FB3" w:rsidRPr="002D78A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>prior</w:t>
       </w:r>
       <w:r w:rsidR="00BA7FB3" w:rsidRPr="00746E26">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...11 lines deleted...]
-        <w:t>) months prior written notice in writing</w:t>
+        <w:t xml:space="preserve"> written notice in writing</w:t>
       </w:r>
       <w:r w:rsidR="00746E26">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AA8090" w14:textId="721A9DAB" w:rsidR="00F373F0" w:rsidRDefault="00F373F0" w:rsidP="00F373F0">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Ref185696365"/>
-      <w:bookmarkStart w:id="17" w:name="_Ref185663048"/>
+      <w:bookmarkStart w:id="17" w:name="_Ref185696365"/>
+      <w:bookmarkStart w:id="18" w:name="_Ref185663048"/>
       <w:r w:rsidRPr="00F373F0">
         <w:t>Broadband Protect Absolute</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="37D07A2E" w14:textId="1278BD48" w:rsidR="004F5B62" w:rsidRPr="00F807C8" w:rsidRDefault="004F5B62" w:rsidP="00746E26">
+    <w:p w14:paraId="37D07A2E" w14:textId="47242073" w:rsidR="004F5B62" w:rsidRPr="00F807C8" w:rsidRDefault="004F5B62" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Ref185782141"/>
+      <w:bookmarkStart w:id="19" w:name="_Ref185782141"/>
       <w:r w:rsidRPr="00F807C8">
         <w:t>Clause</w:t>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00F807C8">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00F807C8">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00F807C8">
         <w:instrText xml:space="preserve"> REF _Ref185696365 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00F807C8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00866573" w:rsidRPr="00F807C8">
+      <w:r w:rsidR="004A06FA">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00F807C8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:t xml:space="preserve"> (Broadband Protect Absolute)</w:t>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00F807C8">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:instrText xml:space="preserve"> REF _Ref185755074 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002D225A">
+      <w:r w:rsidR="004A06FA">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:t xml:space="preserve"> (Suspension) </w:t>
       </w:r>
       <w:r w:rsidR="00F807C8" w:rsidRPr="00F807C8">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:instrText xml:space="preserve"> REF _Ref185754200 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002D225A">
-        <w:t>8</w:t>
+      <w:r w:rsidR="004A06FA">
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002D225A">
         <w:t xml:space="preserve"> (Fraud and Security) </w:t>
       </w:r>
       <w:r w:rsidR="00746E26" w:rsidRPr="00F807C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F807C8">
         <w:t>(inclusive</w:t>
       </w:r>
       <w:r w:rsidRPr="00F807C8">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">) apply to the provision of </w:t>
       </w:r>
       <w:r w:rsidRPr="00F807C8">
         <w:t xml:space="preserve">Broadband Protect </w:t>
       </w:r>
       <w:r w:rsidR="00746E26" w:rsidRPr="00F807C8">
         <w:t xml:space="preserve">Absolute </w:t>
       </w:r>
       <w:r w:rsidRPr="00F807C8">
         <w:t>Services</w:t>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="_Ref185696084"/>
+      <w:bookmarkStart w:id="20" w:name="_Ref185696084"/>
       <w:r w:rsidR="00746E26" w:rsidRPr="00F807C8">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00746E26" w:rsidRPr="00F807C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F425F71" w14:textId="2D9C7254" w:rsidR="00EA1DC0" w:rsidRPr="00F807C8" w:rsidRDefault="00B47A0A" w:rsidP="00746E26">
+    <w:p w14:paraId="7F425F71" w14:textId="20D6B632" w:rsidR="00EA1DC0" w:rsidRPr="00F807C8" w:rsidRDefault="00B47A0A" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F807C8">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00F20F4F">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00F807C8">
         <w:t xml:space="preserve">ervices included in Broadband Protect Absolute are set out in </w:t>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:instrText xml:space="preserve"> REF _Ref185754659 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F807C8">
+      <w:r w:rsidR="004A06FA">
         <w:t>Schedule 3</w:t>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00F807C8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2243D2" w14:textId="65DADD93" w:rsidR="00866573" w:rsidRDefault="00E818BE" w:rsidP="00866573">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Ref185696817"/>
+      <w:bookmarkStart w:id="21" w:name="_Ref185696817"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">Any </w:t>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00866573">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>request</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidRPr="00E818BE">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>Broadband Protect Absolute</w:t>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00866573">
@@ -8410,275 +8621,275 @@
       </w:r>
       <w:r w:rsidR="00A75F7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>payable by the</w:t>
       </w:r>
       <w:r w:rsidR="00866573" w:rsidRPr="00866573">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Customer for </w:t>
       </w:r>
       <w:r w:rsidRPr="00E818BE">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>Broadband Protect Absolute</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AA2C7B" w14:textId="1873412C" w:rsidR="00E818BE" w:rsidRPr="001A5B89" w:rsidRDefault="00E818BE" w:rsidP="001A5B89">
+    <w:p w14:paraId="74AA2C7B" w14:textId="0A8597CB" w:rsidR="00E818BE" w:rsidRPr="001A5B89" w:rsidRDefault="00E818BE" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Ref185697036"/>
+      <w:bookmarkStart w:id="22" w:name="_Ref185697036"/>
       <w:r w:rsidRPr="00E818BE">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">On receipt of an Order Form issued pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00E818BE">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">lause </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185696817 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>6.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00E818BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> above, the Customer may Offer to purchase Broadband Protect Absolute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866573">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E818BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by returning </w:t>
+      </w:r>
+      <w:r w:rsidR="00064D93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E818BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> duly executed Order Form to the Company. If the Company accepts such Offer</w:t>
+      </w:r>
+      <w:r w:rsidR="00242A2C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to the </w:t>
+      </w:r>
       <w:r w:rsidR="00F807C8">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t>6.3</w:t>
-[...5 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00242A2C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>lause 3 of the Master Services Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00E818BE">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> above, the Customer may Offer to purchase Broadband Protect Absolute</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00866573">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Order Form for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E818BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>Broadband Protect Absolute</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E818BE">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve">by returning </w:t>
+        <w:t xml:space="preserve">all be incorporated into the </w:t>
+      </w:r>
+      <w:r w:rsidR="00242A2C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Customer’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E818BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">existing Agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for Services provided under this Service Schedule, and </w:t>
       </w:r>
       <w:r w:rsidR="00064D93">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t>a</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provision of </w:t>
       </w:r>
       <w:r w:rsidRPr="00E818BE">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> duly executed Order Form to the Company. If the Company accepts such Offer</w:t>
+        <w:t>Broadband Protect Absolute</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be subject to th</w:t>
       </w:r>
       <w:r w:rsidR="00242A2C">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pursuant to the </w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> term</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00242A2C">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">s of that agreement. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C7664B2" w14:textId="2DEA7FD8" w:rsidR="00C12B80" w:rsidRPr="00E90A6B" w:rsidRDefault="002D7F9A" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Ref185697584"/>
+      <w:bookmarkStart w:id="23" w:name="_Ref185697584"/>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00242A2C" w:rsidRPr="001A5B89">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">he provision of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Broadband Protect Absolute </w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="00E26F48">
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r w:rsidR="00242A2C">
         <w:t xml:space="preserve">commence on the </w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="00E26F48">
@@ -8735,133 +8946,133 @@
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">harges </w:t>
       </w:r>
       <w:r w:rsidR="00E818BE">
         <w:t xml:space="preserve">payable by the Customer for </w:t>
       </w:r>
       <w:r w:rsidR="00E818BE" w:rsidRPr="00E818BE">
         <w:t xml:space="preserve">Broadband Protect Absolute </w:t>
       </w:r>
       <w:r w:rsidR="00E818BE">
         <w:t xml:space="preserve">shall be as set out in the Order Form </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall apply from the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E26F48">
         <w:t>Broadband Protect</w:t>
       </w:r>
       <w:r w:rsidR="00866573">
         <w:t xml:space="preserve"> Absolute</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26F48">
         <w:t xml:space="preserve"> Service Commencement Date.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="52563325" w14:textId="32BEB090" w:rsidR="00922CA9" w:rsidRPr="00E26F48" w:rsidRDefault="00922CA9" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Ref185781145"/>
+      <w:bookmarkStart w:id="24" w:name="_Ref185781145"/>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>For the avoidance of doubt, on termination of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">Broadband Protect </w:t>
       </w:r>
       <w:r w:rsidR="008829B0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>Absolute</w:t>
       </w:r>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>, howsoever arising, the Agreement shall continue in full force and effect for the remainder of the Term, unless terminated earlier accordance with the terms of the Agreement.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="004F5B62">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D4BF929" w14:textId="79CFC01B" w:rsidR="00F373F0" w:rsidRPr="00866573" w:rsidRDefault="00F373F0" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Ref185701313"/>
+      <w:bookmarkStart w:id="25" w:name="_Ref185701313"/>
       <w:r w:rsidRPr="000A57B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>The Customer</w:t>
       </w:r>
       <w:r w:rsidR="00866573">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00866573">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>cknowledges that:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="26A27D1A" w14:textId="7E60A013" w:rsidR="00F373F0" w:rsidRPr="007230B3" w:rsidRDefault="00E818BE" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Ref185697616"/>
+      <w:bookmarkStart w:id="26" w:name="_Ref185697616"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:t xml:space="preserve">f the Customer terminates the </w:t>
       </w:r>
       <w:r w:rsidR="008B2791">
         <w:t xml:space="preserve">Agreement </w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:t xml:space="preserve">before the expiry of the Broadband Protect Absolute Minimum Term, the Customer shall pay </w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the amounts of all </w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:t xml:space="preserve">Broadband Protect Absolute </w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -8926,224 +9137,239 @@
         <w:t>(the</w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Broadband Protect Absolute Balance of Contract</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F373F0" w:rsidRPr="007230B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="42A614CE" w14:textId="77777777" w:rsidR="00F373F0" w:rsidRDefault="00F373F0" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007230B3">
         <w:t xml:space="preserve">it may not </w:t>
       </w:r>
       <w:r w:rsidRPr="007230B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">downgrade </w:t>
       </w:r>
       <w:r w:rsidRPr="007230B3">
         <w:t>Broadband</w:t>
       </w:r>
       <w:r w:rsidRPr="007230B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Protect Absolute </w:t>
       </w:r>
       <w:r w:rsidRPr="007230B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">service option level during the </w:t>
       </w:r>
       <w:r w:rsidRPr="007230B3">
         <w:t>Broadband Protect Absolute Minimum Term</w:t>
       </w:r>
       <w:r w:rsidRPr="007230B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309049F7" w14:textId="2183B126" w:rsidR="00746E26" w:rsidRPr="00847AA6" w:rsidRDefault="00746E26" w:rsidP="00746E26">
+    <w:p w14:paraId="309049F7" w14:textId="285DCD0A" w:rsidR="00746E26" w:rsidRPr="00847AA6" w:rsidRDefault="00746E26" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00847AA6">
         <w:t>The Company shall be entitled, at its absolute discretion</w:t>
       </w:r>
       <w:r w:rsidR="00F20F4F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00847AA6">
         <w:t xml:space="preserve"> to transfer the Customer to another Service Operator</w:t>
       </w:r>
       <w:r w:rsidR="00F20F4F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F20F4F">
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F20F4F">
         <w:t xml:space="preserve"> improve the Customer’s </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F20F4F">
         <w:t xml:space="preserve">Connection, </w:t>
       </w:r>
       <w:r w:rsidRPr="00847AA6">
         <w:t xml:space="preserve"> provided</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00847AA6">
-        <w:t xml:space="preserve"> that the transfer does not result in the Customer incurring any additional costs. Wherever practicable, the Company shall give the Customer one (1) months’ written notice of such changes prior to their being made.</w:t>
+        <w:t xml:space="preserve"> that the transfer does not result in the Customer incurring any additional costs. Wherever practicable, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847AA6">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Company shall give the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D78A3">
+        <w:t xml:space="preserve">Customer </w:t>
+      </w:r>
+      <w:r w:rsidR="002D78A3" w:rsidRPr="002D78A3">
+        <w:t xml:space="preserve">30 days’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D78A3">
+        <w:t>written</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00847AA6">
+        <w:t xml:space="preserve"> notice of such changes prior to their being made.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A72504A" w14:textId="77777777" w:rsidR="00746E26" w:rsidRPr="008A40E9" w:rsidRDefault="00746E26" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00847AA6">
         <w:t xml:space="preserve">The Customer acknowledges and agrees that the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B81776">
         <w:t>Mobile Networks Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00847AA6">
         <w:t xml:space="preserve"> used</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for the Broadband Protect Absolute Service </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0AE3">
         <w:t>depend on the availability of the System, which may from time to time, by their very nature, be adversely affected by physical features, atmospheric conditions and other causes of interference and that accordingly the System</w:t>
       </w:r>
       <w:r w:rsidRPr="008A40E9">
         <w:t xml:space="preserve">s may fail or require maintenance </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">from time to time </w:t>
       </w:r>
       <w:r w:rsidRPr="008A40E9">
         <w:t>without notice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E7EEC43" w14:textId="77777777" w:rsidR="00746E26" w:rsidRPr="00EA1DC0" w:rsidRDefault="00746E26" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B81776">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Customer acknowledges and agrees that </w:t>
       </w:r>
       <w:r w:rsidRPr="00B81776">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B81776">
         <w:t>Mobile Network Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00847AA6">
         <w:t xml:space="preserve"> used</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA1DC0">
         <w:t>Broadband Protect Absolute Service:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663ACE2F" w14:textId="77777777" w:rsidR="00746E26" w:rsidRPr="00EA1DC0" w:rsidRDefault="00746E26" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA1DC0">
         <w:t>is a backup service only; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7904C70C" w14:textId="77777777" w:rsidR="00746E26" w:rsidRPr="00EA1DC0" w:rsidRDefault="00746E26" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r w:rsidRPr="00EA1DC0">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">includes up to a maximum of 2Gb usage per month. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47551FBB" w14:textId="77777777" w:rsidR="00746E26" w:rsidRPr="00EA1DC0" w:rsidRDefault="00746E26" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Ref185754183"/>
+      <w:bookmarkStart w:id="27" w:name="_Ref185754183"/>
       <w:r w:rsidRPr="001A5B89">
         <w:t>Where, in any month, usage exceeds 2Gb and, in the Company’s reasonable opinion, such excess usage is unreasonable</w:t>
       </w:r>
       <w:r w:rsidRPr="001A5B89">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and/or </w:t>
       </w:r>
       <w:r w:rsidRPr="001A5B89">
         <w:t>is not due to the Customer’s broadband Service being unavailable, the Company reserves the right to:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="27AF12E4" w14:textId="3A59AEBB" w:rsidR="00746E26" w:rsidRPr="00CA0403" w:rsidRDefault="00746E26" w:rsidP="00746E26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r w:rsidRPr="00CA0403">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve">charge </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t>the Customer</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0403">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0403">
         <w:t xml:space="preserve">ny usage </w:t>
@@ -9176,63 +9402,448 @@
       </w:r>
       <w:r w:rsidRPr="00CA0403">
         <w:t xml:space="preserve">; and/or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38366D49" w14:textId="024E8795" w:rsidR="00F373F0" w:rsidRDefault="00746E26" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">limit, restrict, suspend or terminate </w:t>
       </w:r>
       <w:r w:rsidRPr="00847AA6">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B81776">
         <w:t>Mobile Network Services</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> used for the Broadband Protect Absolute Service, without prior notice, if the limit continues to be exceeded after notification to the Customer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E5D45E7" w14:textId="747F4A2C" w:rsidR="00E37F77" w:rsidRPr="007E0AE3" w:rsidRDefault="00243B9F" w:rsidP="001A5B89">
+    <w:p w14:paraId="179788CB" w14:textId="36CB642B" w:rsidR="00056A89" w:rsidRDefault="00056A89" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Ref185755074"/>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkStart w:id="28" w:name="_Ref214977485"/>
+      <w:bookmarkStart w:id="29" w:name="_Ref185755074"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>ENHANCED NETWORK SERVICE – SERVICE ASSURED PRODUCT</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4FC3F5" w14:textId="41EC1016" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="007B12A5" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B12A5">
+        <w:t>Subject to payment of the applicable Charges, the Company shall provide the Customer with</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B12A5">
+        <w:t xml:space="preserve"> Enhanced Network Service in accordance with this Clause </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> REF _Ref214977485 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007B12A5">
+        <w:t xml:space="preserve"> and Schedule 2 of the Master Services Agreement (Service Assured Products), where the Customer receives Data Network Services that require a physical hardwired Connection to benefit from such services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451D5C27" w14:textId="1367BFA4" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">Subject to paragraph 3 of Schedule 2 of the Master Services Agreement, the Company shall provide </w:t>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">Enhanced Network Service to the Customer from the Service Assured Product Commencement Date and shall continue to make </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>Enhanced Network Service available for successive periods of thirty (30) days (each such period being a “Rolling Monthly Term”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12652F52" w14:textId="4DE1F2DF" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Ref214978153"/>
+      <w:bookmarkStart w:id="31" w:name="_Ref214957559"/>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of a Rolling Monthly Term, to terminate Enhanced Network Service and termination shall take effect on the last calendar day (inclusive) of the following Rolling Monthly Term. For the avoidance of doubt, termination of Enhanced Network Service, however arising, shall not terminate the Agreement or affect the continued provision of the standard Services, which shall remain in full force and effect for the remainder of the Term, unless otherwise terminated in accordance with the terms of the Agreement. Only Enhanced Network Service will cease upon termination pursuant to this clause</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidR="007B12A5">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:instrText xml:space="preserve"> REF _Ref214978153 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:t>7.3</w:t>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED50686" w14:textId="77777777" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>The Charges for Enhanced Network Service shall be calculated on a per billing account basis and payable monthly in advance by the Customer in accordance with the Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D682330" w14:textId="179DC322" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>Subject t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A06FA">
+        <w:t xml:space="preserve">o clauses </w:t>
+      </w:r>
+      <w:r w:rsidR="004A06FA" w:rsidRPr="004A06FA">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="004A06FA" w:rsidRPr="004A06FA">
+        <w:instrText xml:space="preserve"> REF _Ref185699451 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004A06FA" w:rsidRPr="004A06FA">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:t>5.5</w:t>
+      </w:r>
+      <w:r w:rsidR="004A06FA" w:rsidRPr="004A06FA">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004A06FA">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:instrText xml:space="preserve"> REF _Ref214957655 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004A06FA">
+        <w:t>7.7</w:t>
+      </w:r>
+      <w:r w:rsidR="007B12A5">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">, Customers subscribed to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">Enhanced Network Service shall receive 24/7/365 remote support </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t>under</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> their existing contract with the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t xml:space="preserve"> solely in respect of Faults affecting the Customer’s physical hardwired Line, including: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1AC07A" w14:textId="299C7731" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">exemption from </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">third party </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">carrier call-out charges where </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t xml:space="preserve">such </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>a Fault is identified; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4056F292" w14:textId="5D049855" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>priority escalation and fast-track investigation in the event of a potential Fault</w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92" w:rsidRPr="00241C92">
+        <w:t>on the physical hardwired Line</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A49464" w14:textId="77777777" w:rsidR="00056A89" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00940CC8">
+        <w:lastRenderedPageBreak/>
+        <w:t>The Customer acknowledges and agrees that the Company does not monitor emails or its CRM system Out-of-Hours. Any request by the Customer for 24/7/365</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> remote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00940CC8">
+        <w:t xml:space="preserve"> support pursuant to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00940CC8">
+        <w:t>Enhanced Network Service must be made by telephone. Any requests or reports made by email Out of Hours will not be actioned until the next Working Day</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EDDB9DC" w14:textId="77777777" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Ref214957655"/>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>For the avoidance of doubt:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="7B301E96" w14:textId="2E1FB0A6" w:rsidR="00056A89" w:rsidRPr="00B127AD" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>Enhanced Network Service provides enhanced</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> remote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> support and escalation </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t xml:space="preserve">solely in respect of Fault’s identified </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92" w:rsidRPr="00241C92">
+        <w:t>on the physical hardwired Line</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> and does not guarantee </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t xml:space="preserve">uninterrupted </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>availability of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t xml:space="preserve"> underlying</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t xml:space="preserve">Data Network </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>Services or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, to the extent possible, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">resolution within a specific </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>timeframe</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00124F64" w14:textId="6AE277C7" w:rsidR="00056A89" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">he Company shall not be liable for any delay or failure in resolving </w:t>
+      </w:r>
+      <w:r w:rsidR="00241C92">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>aults attributable to third</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>party carriers or network operators</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A2E539" w14:textId="6CD52F3C" w:rsidR="00056A89" w:rsidRPr="00056A89" w:rsidRDefault="00056A89" w:rsidP="00056A89">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0D65">
+        <w:t xml:space="preserve">here the Company determines that an on-site visit is required to diagnose a </w:t>
+      </w:r>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0D65">
+        <w:t xml:space="preserve">ault and, where possible, carry out repairs, the Company reserves the right to apply a call-out charge and to levy fees based on its prevailing man-hour rates. The Company will provide the Customer with prior notice of any such </w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0D65">
+        <w:t>harges before the on-site visit is undertaken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5D45E7" w14:textId="2CBE322C" w:rsidR="00E37F77" w:rsidRPr="007E0AE3" w:rsidRDefault="00243B9F" w:rsidP="001A5B89">
+      <w:pPr>
+        <w:pStyle w:val="MBclauselevel1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Ref214982479"/>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">SUspension </w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
+        <w:t>SUspension</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="2B4F5E80" w14:textId="1AEB7A13" w:rsidR="00E37F77" w:rsidRPr="00847AA6" w:rsidRDefault="00FD7AB4" w:rsidP="00E37F77">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="0022223D">
         <w:t>he Customer</w:t>
       </w:r>
       <w:r w:rsidR="007E0AE3" w:rsidRPr="007E0AE3">
         <w:t xml:space="preserve"> ackno</w:t>
       </w:r>
       <w:r w:rsidR="007E0AE3" w:rsidRPr="00847AA6">
         <w:t>wledge</w:t>
       </w:r>
       <w:r w:rsidR="0022223D" w:rsidRPr="00847AA6">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="007E0AE3" w:rsidRPr="00847AA6">
         <w:t xml:space="preserve"> that </w:t>
       </w:r>
       <w:r w:rsidR="00E37F77" w:rsidRPr="00847AA6">
         <w:t xml:space="preserve">the </w:t>
@@ -9585,71 +10196,71 @@
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r w:rsidRPr="007E0AE3">
         <w:lastRenderedPageBreak/>
         <w:t>for behaviour that in the Company’s reasonable discretion may be deemed to be illegal</w:t>
       </w:r>
       <w:r w:rsidR="004A017C">
         <w:t xml:space="preserve"> or promotes illegal activity</w:t>
       </w:r>
       <w:r w:rsidR="00DB75F4">
         <w:t xml:space="preserve"> or it detrimental to the reputation of the Company or Network </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DB75F4">
         <w:t>Operator</w:t>
       </w:r>
       <w:r w:rsidR="004A017C">
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004A017C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FA06A0" w14:textId="3E1481AF" w:rsidR="005429AD" w:rsidRDefault="00E37F77" w:rsidP="00E37F77">
+    <w:p w14:paraId="42FA06A0" w14:textId="7C1D48F1" w:rsidR="005429AD" w:rsidRDefault="00E37F77" w:rsidP="00E37F77">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007E0AE3">
         <w:t>in order</w:t>
       </w:r>
       <w:r w:rsidR="004A017C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0AE3">
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007E0AE3">
-        <w:t xml:space="preserve"> protect </w:t>
+        <w:t xml:space="preserve"> protect the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007E0AE3">
-        <w:t>the  Company,  at</w:t>
+        <w:t>Company,  at</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007E0AE3">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007E0AE3">
         <w:t>its  sole</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007E0AE3">
         <w:t xml:space="preserve"> discretion, from legal liability which relates to a breach of obligation and/or warranties by the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007E0AE3">
         <w:t>Customer;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007E0AE3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CFEBACD" w14:textId="77777777" w:rsidR="00D85ACC" w:rsidRDefault="005429AD" w:rsidP="00CC61D8">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
@@ -9758,61 +10369,61 @@
       <w:r w:rsidR="00E37F77" w:rsidRPr="007E0AE3">
         <w:t>ervice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E232036" w14:textId="4BD11AFA" w:rsidR="00E37F77" w:rsidRPr="008A40E9" w:rsidRDefault="00617B3C" w:rsidP="00E37F77">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="008A40E9" w:rsidRPr="008A40E9">
         <w:t xml:space="preserve"> shall not have any liability to the Customer </w:t>
       </w:r>
       <w:r w:rsidR="00E37F77" w:rsidRPr="008A40E9">
         <w:t>in connection with any services provided by an overseas network, third party provider or premium rate provider.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F71F598" w14:textId="77777777" w:rsidR="00E37F77" w:rsidRPr="00AA46C4" w:rsidRDefault="00E37F77" w:rsidP="001A5B89">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Ref185754200"/>
+      <w:bookmarkStart w:id="34" w:name="_Ref185754200"/>
       <w:r w:rsidRPr="00AA46C4">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FRAUD AND </w:t>
       </w:r>
       <w:r w:rsidRPr="00D06FB9">
         <w:t>SECURITY</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="01E7BC10" w14:textId="4AF9535C" w:rsidR="00E37F77" w:rsidRDefault="00617B3C" w:rsidP="00E37F77">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t>The Customer</w:t>
       </w:r>
       <w:r w:rsidR="00AA46C4" w:rsidRPr="00AA46C4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E37F77" w:rsidRPr="00AA46C4">
         <w:t xml:space="preserve">must ensure that </w:t>
       </w:r>
       <w:r w:rsidR="00AA46C4" w:rsidRPr="00AA46C4">
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidR="00E37F77" w:rsidRPr="00AA46C4">
         <w:t xml:space="preserve">usernames, passwords and/or PINs used by </w:t>
       </w:r>
       <w:r>
         <w:t>the Customer</w:t>
       </w:r>
       <w:r w:rsidR="00AA46C4" w:rsidRPr="00AA46C4">
         <w:t xml:space="preserve"> </w:t>
@@ -10314,83 +10925,83 @@
         <w:t xml:space="preserve">Customer </w:t>
       </w:r>
       <w:r w:rsidR="00617B3C">
         <w:t>employees</w:t>
       </w:r>
       <w:r w:rsidR="00134126" w:rsidRPr="00134126">
         <w:t xml:space="preserve"> or any </w:t>
       </w:r>
       <w:r w:rsidRPr="00134126">
         <w:t xml:space="preserve">third parties (or the prevention of such use) will be on an endeavours basis only and no liability can be accepted by the Company for any loss sustained by </w:t>
       </w:r>
       <w:r w:rsidR="00617B3C">
         <w:t>the Customer</w:t>
       </w:r>
       <w:r w:rsidR="00134126" w:rsidRPr="00134126">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00134126">
         <w:t>via fraudulent and/or unauthorised means that are beyond the Company’s reasonable control (save for any fraud and/or authorised use by an employee of the Company acting in that capacity).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA66C7A" w14:textId="77777777" w:rsidR="002D225A" w:rsidRDefault="002D225A" w:rsidP="002D225A">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Ref185752884"/>
+      <w:bookmarkStart w:id="35" w:name="_Ref185752884"/>
       <w:r>
         <w:t>DISTRIBUTED DENIAL OF SERVICE (DDos) – SERVICE ASSURED PRODUCT</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9C3ADF" w14:textId="36591035" w:rsidR="002D225A" w:rsidRDefault="002D225A" w:rsidP="002D225A">
+    <w:p w14:paraId="2D9C3ADF" w14:textId="5815B980" w:rsidR="002D225A" w:rsidRDefault="002D225A" w:rsidP="002D225A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="002F5B7A">
         <w:t xml:space="preserve">Subject to payment of the applicable Charges and the provisions of this </w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5B7A">
         <w:t xml:space="preserve">lause </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref185752884 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CA1A32">
-        <w:t>9</w:t>
+      <w:r w:rsidR="004A06FA">
+        <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="002F5B7A">
         <w:t xml:space="preserve">, the Customer </w:t>
       </w:r>
       <w:r>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5B7A">
         <w:t xml:space="preserve"> receive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>DDos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> from the Company. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8B397A" w14:textId="77777777" w:rsidR="002D225A" w:rsidRDefault="002D225A" w:rsidP="002D225A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
@@ -10529,250 +11140,325 @@
       </w:r>
       <w:r w:rsidR="00BD3F7F" w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to the Customer for successive periods </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BD3F7F" w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of  30</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BD3F7F" w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C87D997" w14:textId="15D39E81" w:rsidR="002D225A" w:rsidRPr="00BD3F7F" w:rsidRDefault="002D225A" w:rsidP="00BD3F7F">
+    <w:p w14:paraId="7C87D997" w14:textId="3B1B0257" w:rsidR="002D225A" w:rsidRPr="002D3873" w:rsidRDefault="002D225A" w:rsidP="002D3873">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Ref214982285"/>
       <w:r w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of </w:t>
       </w:r>
       <w:r w:rsidR="00D3300C">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rolling Monthly Term, to terminate </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DDos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and termination shall take effect </w:t>
       </w:r>
       <w:r w:rsidR="00D3300C">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>on the last calendar day (inclusive) of the</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> following Rolling Monthly Term. For the avoidance of doubt, on termination of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DDos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD3F7F">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, howsoever arising, the Agreement shall continue in full force and effect for the remainder of the Term, unless terminated earlier accordance with the terms of the Agreement. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3873" w:rsidRPr="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, howsoever arising, the Agreement shall continue in full force and effect for the remainder of the Term, unless terminated earlier accordance with the terms of the Agreement.  </w:t>
+        <w:t xml:space="preserve">Only </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>DDos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3873" w:rsidRPr="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will cease upon termination pursuant to this clause</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidR="002D3873" w:rsidRPr="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref214982285 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.5</w:t>
+      </w:r>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="002D3873">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="555FF5B1" w14:textId="1FCC528E" w:rsidR="00237DB4" w:rsidRDefault="00122747" w:rsidP="00D749F0">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
       </w:pPr>
       <w:r>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00237DB4">
         <w:t>’s General Obligations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6162B6" w14:textId="4BF4883C" w:rsidR="00237DB4" w:rsidRPr="00C2146C" w:rsidRDefault="00A50392" w:rsidP="001C3C87">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="00237DB4" w:rsidRPr="00C2146C">
         <w:t xml:space="preserve"> supply the Services to the Customer from the </w:t>
       </w:r>
       <w:r w:rsidR="00CC61D8">
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:r w:rsidR="00CA1947">
         <w:t>Go-Live Date</w:t>
       </w:r>
       <w:r w:rsidR="00237DB4" w:rsidRPr="00C2146C">
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidR="00CA1947">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00237DB4" w:rsidRPr="00C2146C">
         <w:t xml:space="preserve">erm in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00CA1947">
         <w:t xml:space="preserve">the Agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DF7AC3D" w14:textId="55424C6B" w:rsidR="00D7398C" w:rsidRPr="00C2146C" w:rsidRDefault="00A50392" w:rsidP="00D7398C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="a1059649"/>
+      <w:bookmarkStart w:id="37" w:name="a1059649"/>
       <w:r>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="00D7398C" w:rsidRPr="00C2146C">
         <w:t xml:space="preserve"> have the right to make any changes to the Services which are necessary to comply with any applicable law or safety requirement, or which do not materially affect the nature or quality of the Services, and </w:t>
       </w:r>
       <w:r>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="00D7398C" w:rsidRPr="00C2146C">
         <w:t xml:space="preserve"> notify the Customer in any such event.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="45A415D8" w14:textId="6C3A0C53" w:rsidR="00237DB4" w:rsidRDefault="00237DB4" w:rsidP="00D749F0">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The provision of the Services is subject to all relevant licences, infrastructure (or interconnect arrangements) and consents being in place. The Customer shall obtain any consent or facility that is necessary or desirable for </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to provide the Services at the Site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E6D590" w14:textId="2270B51F" w:rsidR="00237DB4" w:rsidRDefault="00A50392" w:rsidP="00E7178F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Ref183669986"/>
+      <w:bookmarkStart w:id="38" w:name="_Ref183669986"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> may</w:t>
       </w:r>
       <w:r w:rsidR="00237DB4">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="2C9BC3D7" w14:textId="023EF464" w:rsidR="00237DB4" w:rsidRDefault="00237DB4" w:rsidP="00E7178F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">change or withdraw some, or part, of the Services from time to time. This may be because of changing technologies, obsolescence, new or different product features, changing content providers or the need to remove, replace or modify </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>content;</w:t>
       </w:r>
@@ -10865,151 +11551,151 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="51DD26E1" w14:textId="3C649D1E" w:rsidR="00C1383A" w:rsidRPr="00F805DD" w:rsidRDefault="00A50392" w:rsidP="00F805DD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="00F805DD" w:rsidRPr="00420D01">
         <w:t xml:space="preserve"> inform the </w:t>
       </w:r>
       <w:r w:rsidR="00F805DD">
         <w:t>Customer</w:t>
       </w:r>
       <w:r w:rsidR="00F805DD" w:rsidRPr="00420D01">
         <w:t xml:space="preserve"> by email when the Service has successfully been installed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7437687D" w14:textId="18DEAB80" w:rsidR="00B65D65" w:rsidRPr="00AA25B6" w:rsidRDefault="00B65D65" w:rsidP="00B65D65">
+    <w:p w14:paraId="7437687D" w14:textId="6F6DB156" w:rsidR="00B65D65" w:rsidRPr="00AA25B6" w:rsidRDefault="00B65D65" w:rsidP="00B65D65">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="a756141"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkStart w:id="39" w:name="a756141"/>
+      <w:bookmarkStart w:id="40" w:name="a655964"/>
+      <w:bookmarkStart w:id="41" w:name="a222075"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="00AA25B6">
         <w:t xml:space="preserve">Where the Customer suffers a </w:t>
       </w:r>
       <w:r w:rsidR="008B37EE" w:rsidRPr="00AA25B6">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA25B6">
         <w:t xml:space="preserve">ault or interruption in respect of any </w:t>
       </w:r>
       <w:r w:rsidR="00E05487" w:rsidRPr="00AA25B6">
         <w:t xml:space="preserve">Data Network </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA25B6">
         <w:t xml:space="preserve">Service, the Company acknowledges that, in relation to such </w:t>
       </w:r>
       <w:r w:rsidR="00E05487" w:rsidRPr="00AA25B6">
         <w:t xml:space="preserve">Data Network </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA25B6">
         <w:t xml:space="preserve">Service, the Customer is entitled to arrange for traffic to be redirected to another operator and the Customer agrees that, subject to compliance with </w:t>
       </w:r>
       <w:r w:rsidR="00FF13B3">
         <w:t xml:space="preserve">any </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA25B6">
         <w:t>applicable service level</w:t>
       </w:r>
       <w:r w:rsidR="00FF13B3">
         <w:t xml:space="preserve">s under </w:t>
       </w:r>
       <w:r w:rsidR="00FF13B3">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00FF13B3">
         <w:instrText xml:space="preserve"> REF _Ref185754253 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00FF13B3">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FF13B3">
+      <w:r w:rsidR="004A06FA">
         <w:t>Schedule 1</w:t>
       </w:r>
       <w:r w:rsidR="00FF13B3">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00AA25B6">
         <w:t>, it is not the Company's responsibility to arrange for the provision of alternative services in such circumstances.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C01716" w14:textId="3DE1882E" w:rsidR="003F4EAD" w:rsidRDefault="003F4EAD" w:rsidP="00B65D65">
+    <w:p w14:paraId="12C01716" w14:textId="5215C1D2" w:rsidR="003F4EAD" w:rsidRDefault="003F4EAD" w:rsidP="00B65D65">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">In fulfilling </w:t>
       </w:r>
       <w:r w:rsidR="008B37EE">
         <w:t>the Company’s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> obligations under </w:t>
       </w:r>
       <w:r w:rsidR="00FF13B3">
         <w:t xml:space="preserve">the Agreement, </w:t>
       </w:r>
       <w:r w:rsidR="008B37EE">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> will</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> comply with </w:t>
       </w:r>
       <w:r w:rsidR="00B65D65">
         <w:t xml:space="preserve">the provisions of </w:t>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:instrText xml:space="preserve"> REF _Ref185754253 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00974C57">
+      <w:r w:rsidR="004A06FA">
         <w:t>Schedule 1</w:t>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E34E67" w14:textId="77777777" w:rsidR="00237DB4" w:rsidRPr="00E7178F" w:rsidRDefault="00237DB4" w:rsidP="00E7178F">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00E7178F">
         <w:t>The Customer’s Obligations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A6BB3D" w14:textId="2DE1A8B4" w:rsidR="00FC08CA" w:rsidRDefault="00FC08CA" w:rsidP="00FC08CA">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t>In relation to any Software provided in connection with the Services, the Customer shall not:</w:t>
       </w:r>
     </w:p>
@@ -11189,59 +11875,51 @@
       </w:r>
       <w:r>
         <w:t>irus attacks or unsolicited e-mails</w:t>
       </w:r>
       <w:r w:rsidR="00872190">
         <w:t xml:space="preserve"> or Vulnerabilities. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76D0A78A" w14:textId="2E9D03F1" w:rsidR="008E5D99" w:rsidRDefault="008E5D99" w:rsidP="008E5D99">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Customer acknowledges that the </w:t>
       </w:r>
       <w:r w:rsidR="00E72729">
         <w:t>Services</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE0AA8">
         <w:t>are</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> provided to other </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> provided to other users and </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> owes a duty to them </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>as a whole to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> preserve Network integrity and to avoid Network degradation. If, in </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’s reasonable opinion, </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r>
@@ -11479,55 +12157,55 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">It is the Customer’s responsibility to make sure that </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Equipment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is only used to access Services as permitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0FB9F1" w14:textId="31517D36" w:rsidR="00237DB4" w:rsidRDefault="00237DB4" w:rsidP="001C3C87">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Ref185783140"/>
+      <w:bookmarkStart w:id="42" w:name="_Ref185783140"/>
       <w:r>
         <w:t>charges and Payment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="58A19EA4" w14:textId="44D2125E" w:rsidR="00664192" w:rsidRPr="005A0E5A" w:rsidRDefault="000A4912" w:rsidP="000F7265">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00F77B7C">
         <w:t>he Company</w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t xml:space="preserve"> will</w:t>
       </w:r>
       <w:r w:rsidR="00664192" w:rsidRPr="002561C0">
         <w:t xml:space="preserve"> prepare and send to the Customer each </w:t>
       </w:r>
       <w:r w:rsidR="002561C0">
         <w:t xml:space="preserve">month, quarter or year (as the case may be) </w:t>
       </w:r>
       <w:r w:rsidR="00664192" w:rsidRPr="002561C0">
         <w:t xml:space="preserve">an invoice detailing the charge for the following </w:t>
@@ -11541,153 +12219,153 @@
       <w:r w:rsidR="002561C0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013926CD" w14:textId="72AE7A32" w:rsidR="003F4EAD" w:rsidRPr="002561C0" w:rsidRDefault="003F4EAD" w:rsidP="00E7178F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="002561C0">
         <w:t xml:space="preserve">Where any Customer exceeds their allocated monthly limit </w:t>
       </w:r>
       <w:r w:rsidR="00323F4C">
         <w:t xml:space="preserve">(including but not limited to upload and / or download limits or any other limit) </w:t>
       </w:r>
       <w:r w:rsidRPr="002561C0">
         <w:t>then Overage Charges will apply to each applicable Connection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE46ED7" w14:textId="4A178C32" w:rsidR="00C1383A" w:rsidRPr="002561C0" w:rsidRDefault="00C1383A" w:rsidP="001C3C87">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Ref318377473"/>
+      <w:bookmarkStart w:id="43" w:name="_Ref318377473"/>
       <w:r w:rsidRPr="002561C0">
         <w:t>If any Excess Construction Charges are identified such Charges must be accepted by the Customer before work on the Order can continue.  Where such Excess Construction Charges are identified, if no acceptance of such Excess Construction Charges is pr</w:t>
       </w:r>
       <w:r w:rsidR="000214F9">
         <w:t xml:space="preserve">ovided by the Customer within </w:t>
       </w:r>
       <w:r w:rsidR="005D3A16">
         <w:t>thirty (</w:t>
       </w:r>
       <w:r w:rsidR="000214F9">
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="005D3A16">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000214F9">
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidRPr="002561C0">
         <w:t xml:space="preserve">ays of notification by </w:t>
       </w:r>
       <w:r w:rsidR="00122747">
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="002561C0">
         <w:t xml:space="preserve"> of such Excess Construction Charges (or such longer period as the Parties may expressly agree), the Charges will be considered rejected and the Order deemed cancelled.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="28C9994F" w14:textId="233CD37C" w:rsidR="00237DB4" w:rsidRDefault="00237DB4" w:rsidP="000D67B2">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00D77206">
         <w:t xml:space="preserve">The Customer shall pay any </w:t>
       </w:r>
       <w:r w:rsidR="00B640EA">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">harges raised to cover time spent dealing with matters (such as repairing </w:t>
       </w:r>
       <w:r w:rsidR="00A80670">
         <w:t>Defects</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) where this work is not covered under any of </w:t>
       </w:r>
       <w:r w:rsidRPr="006C3B1A">
         <w:t xml:space="preserve">the terms of </w:t>
       </w:r>
       <w:r>
         <w:t>the Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006C3B1A">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  Such Charges could involve the provision or rearrangement of equipment, wiring, network or services</w:t>
       </w:r>
       <w:r w:rsidRPr="006C3B1A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5744BA36" w14:textId="31D8C116" w:rsidR="00CA1A32" w:rsidRPr="000D67B2" w:rsidRDefault="00CA1A32" w:rsidP="000D67B2">
+    <w:p w14:paraId="5744BA36" w14:textId="0F5C3D00" w:rsidR="00CA1A32" w:rsidRPr="000D67B2" w:rsidRDefault="00CA1A32" w:rsidP="000D67B2">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This clause </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref185783140 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:t>12</w:t>
+      <w:r w:rsidR="004A06FA">
+        <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall survive termination of the Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="105C6DF4" w14:textId="560D7E60" w:rsidR="00237DB4" w:rsidRPr="00E7178F" w:rsidRDefault="00237DB4" w:rsidP="00E7178F">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Ref185783075"/>
+      <w:bookmarkStart w:id="44" w:name="_Ref185783075"/>
       <w:r w:rsidRPr="00E7178F">
         <w:t>termination</w:t>
       </w:r>
       <w:r w:rsidR="00CF101E">
         <w:t xml:space="preserve"> AND SUSPENSION</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="72537B82" w14:textId="7D6718FD" w:rsidR="00DA20FC" w:rsidRPr="00DA20FC" w:rsidRDefault="00DA20FC" w:rsidP="00DA20FC">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA20FC">
         <w:t>The Company may, without prejudice to any of its other rights under the Agreement:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4405F30B" w14:textId="74836461" w:rsidR="00E37F77" w:rsidRPr="00847AA6" w:rsidRDefault="00E37F77" w:rsidP="00DA20FC">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA20FC">
         <w:t xml:space="preserve">suspend the </w:t>
       </w:r>
       <w:r w:rsidR="00E05487" w:rsidRPr="00B81776">
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r w:rsidRPr="00B81776">
         <w:t>Network Service</w:t>
       </w:r>
       <w:r w:rsidRPr="00847AA6">
         <w:t xml:space="preserve"> without liability upon the occurrence of any of the following events:</w:t>
       </w:r>
@@ -11828,109 +12506,109 @@
       </w:r>
       <w:r w:rsidR="00370DA6">
         <w:t xml:space="preserve">(inclusive) </w:t>
       </w:r>
       <w:r>
         <w:t>of the</w:t>
       </w:r>
       <w:r w:rsidR="00D71E44">
         <w:t xml:space="preserve"> following month and the Customer will be liable to pay</w:t>
       </w:r>
       <w:r w:rsidR="00370DA6">
         <w:t xml:space="preserve"> the Charges</w:t>
       </w:r>
       <w:r w:rsidR="00D71E44">
         <w:t xml:space="preserve"> for all Services provided by the Company to the Customer up until this date. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D91D97" w14:textId="2F78F1A8" w:rsidR="007230B3" w:rsidRDefault="00E37F77" w:rsidP="00EC2250">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA20FC">
         <w:t>The Customer will remain liable for all Charges incurred prior to termination regardless of when they are invoiced.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBD7A72" w14:textId="551E0C2C" w:rsidR="00CA1A32" w:rsidRDefault="00CA1A32" w:rsidP="00EC2250">
+    <w:p w14:paraId="5CBD7A72" w14:textId="7E35D54E" w:rsidR="00CA1A32" w:rsidRDefault="00CA1A32" w:rsidP="00EC2250">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This clause </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref185783075 \r \h </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-        <w:t>13</w:t>
+      <w:r w:rsidR="004A06FA">
+        <w:t>14</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall survive termination of the Agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AFF453" w14:textId="77777777" w:rsidR="007230B3" w:rsidRDefault="007230B3"/>
     <w:p w14:paraId="37CB40B6" w14:textId="77777777" w:rsidR="00974C57" w:rsidRDefault="00974C57"/>
     <w:p w14:paraId="0B350F5C" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="02476932" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="36FA22CD" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="2D87E77B" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="537398F4" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="06ACF49B" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="7844A57F" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="46939128" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="2A3BC603" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="6F119DE2" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="37831A68" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="7F65A532" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="0E8BE481" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="466ECA28" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="1C1A77BD" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="120D19D9" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="03490B43" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="27A4210F" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="62144120" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="21CFDB03" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="7B4C9ECB" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="640AE1D8" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="41E68178" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="41C2C0DC" w14:textId="77777777" w:rsidR="00F76F4D" w:rsidRDefault="00F76F4D"/>
     <w:p w14:paraId="75B1278A" w14:textId="77777777" w:rsidR="00B65D65" w:rsidRDefault="00B65D65" w:rsidP="00B65D65">
       <w:pPr>
         <w:pStyle w:val="Schedule"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Ref185754253"/>
+      <w:bookmarkStart w:id="45" w:name="_Ref185754253"/>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p w14:paraId="788FF521" w14:textId="43EF2D5B" w:rsidR="00B0273F" w:rsidRDefault="00224655" w:rsidP="00B65D65">
       <w:pPr>
         <w:pStyle w:val="Schedulename"/>
       </w:pPr>
       <w:r w:rsidRPr="00224655">
         <w:t>SERVICE LEVELS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49ABD24D" w14:textId="77777777" w:rsidR="00224655" w:rsidRDefault="00224655" w:rsidP="00224655">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -12526,68 +13204,66 @@
             </w:pPr>
             <w:r w:rsidRPr="00224655">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Broadband (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
             <w:r w:rsidRPr="00224655">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSL, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SoG</w:t>
             </w:r>
             <w:r w:rsidR="00470DF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EA</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00224655">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BB1E034" w14:textId="77777777" w:rsidR="000E4F3B" w:rsidRDefault="000E4F3B" w:rsidP="004803EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12757,93 +13433,93 @@
       <w:r w:rsidR="00612BD6">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ailure, the Company reserves the right to charge the Customer for all reasonable costs and expenses incurred in investigating the alleged </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00FB3E62">
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ailure and the Customer agrees to pay such charges in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>the Master Services Agreement</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583785E5" w14:textId="686878D5" w:rsidR="00B65D65" w:rsidRDefault="00B65D65" w:rsidP="00FB2FD4">
+    <w:p w14:paraId="583785E5" w14:textId="5F7F444A" w:rsidR="00B65D65" w:rsidRDefault="00B65D65" w:rsidP="00FB2FD4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Customer shall be responsible for claiming any </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>redit</w:t>
       </w:r>
       <w:r w:rsidR="002D24E3">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in accordance with the applicable</w:t>
       </w:r>
       <w:r w:rsidR="00F12BE4">
         <w:t xml:space="preserve"> Service Credits set out in </w:t>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:instrText xml:space="preserve"> REF _Ref185755525 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00974C57">
+      <w:r w:rsidR="004A06FA">
         <w:t>Schedule 2</w:t>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Where a valid claim is made and the Customer becomes entitled to a </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>redit</w:t>
       </w:r>
       <w:r w:rsidR="002D24E3">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
@@ -12956,69 +13632,69 @@
       <w:r>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>redit</w:t>
       </w:r>
       <w:r w:rsidR="002D24E3">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC7D498" w14:textId="615480F4" w:rsidR="00B65D65" w:rsidRDefault="00B65D65" w:rsidP="00FB2FD4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Ref185754304"/>
+      <w:bookmarkStart w:id="46" w:name="_Ref185754304"/>
       <w:r>
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:r w:rsidR="00612BD6">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">redits will not be available to the Customer to the extent that the Company fails to meet any service levels </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="5F33CC05" w14:textId="77777777" w:rsidR="00B65D65" w:rsidRDefault="00B65D65" w:rsidP="00FB2FD4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1418"/>
       </w:pPr>
       <w:r>
         <w:t>an act, fault or omission by the Customer, or any of its representatives, employees, agents or sub-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>contractors;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6126BEF2" w14:textId="77777777" w:rsidR="00B65D65" w:rsidRDefault="00B65D65" w:rsidP="00FB2FD4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
@@ -13098,51 +13774,51 @@
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1418"/>
       </w:pPr>
       <w:r w:rsidRPr="00E72556">
         <w:t>a failure by the Customer to observe any of its obligations under this Agreement</w:t>
       </w:r>
       <w:r>
         <w:t>; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C48E107" w14:textId="75953271" w:rsidR="00B65D65" w:rsidRDefault="009108B7" w:rsidP="00FB2FD4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1418"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>any other exclusions specified in this Service Schedule.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E4FD637" w14:textId="359DAEA7" w:rsidR="003F2FCD" w:rsidRDefault="00187B66" w:rsidP="003F2FCD">
+    <w:p w14:paraId="1E4FD637" w14:textId="2D811489" w:rsidR="003F2FCD" w:rsidRDefault="00187B66" w:rsidP="003F2FCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Customer will be eligible to apply for Service Credits after the guaranteed fix time set out in the table above has elapsed. </w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD" w:rsidRPr="00433649">
         <w:t>Service Credit</w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD" w:rsidRPr="00433649">
         <w:t xml:space="preserve"> shall be </w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD">
         <w:t xml:space="preserve">based on Unavailable Time </w:t>
       </w:r>
       <w:r w:rsidR="009108B7">
         <w:t xml:space="preserve">in a calendar month </w:t>
       </w:r>
@@ -13154,51 +13830,51 @@
       </w:r>
       <w:r w:rsidR="003F2FCD">
         <w:t xml:space="preserve">s only </w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD" w:rsidRPr="00433649">
         <w:t xml:space="preserve">and calculated as per the </w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD" w:rsidRPr="00433649">
         <w:t>able</w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD">
         <w:t xml:space="preserve"> set out in </w:t>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:instrText xml:space="preserve"> REF _Ref185755525 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00974C57">
+      <w:r w:rsidR="004A06FA">
         <w:t>Schedule 2</w:t>
       </w:r>
       <w:r w:rsidR="00974C57">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003F2FCD">
         <w:t xml:space="preserve">. The calculation is </w:t>
       </w:r>
       <w:r w:rsidR="003F2FCD" w:rsidRPr="00433649">
         <w:t>based on an average month being 43,800 minutes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620843E8" w14:textId="53DEB244" w:rsidR="00A01DBC" w:rsidRDefault="00A01DBC" w:rsidP="00A01DBC">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Unavailable </w:t>
       </w:r>
       <w:r w:rsidR="00D939C0">
         <w:t>T</w:t>
@@ -13488,73 +14164,73 @@
     </w:p>
     <w:p w14:paraId="57CAB656" w14:textId="2D19F54E" w:rsidR="00386C99" w:rsidRDefault="00470DF7">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Once agreed, </w:t>
       </w:r>
       <w:r w:rsidR="00386C99">
         <w:t>Service Credits will be deducted from the next monthly invoice under this Service Schedule.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CECA755" w14:textId="35BCA700" w:rsidR="00C817E3" w:rsidRDefault="00C817E3" w:rsidP="00B81776">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00C817E3" w:rsidSect="00687994">
-          <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11904" w:h="16830" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1134" w:bottom="1440" w:left="1797" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09EC0E94" w14:textId="77777777" w:rsidR="00E34AE0" w:rsidRDefault="00E34AE0" w:rsidP="00433649">
       <w:pPr>
         <w:pStyle w:val="Schedule"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Ref185755525"/>
+      <w:bookmarkStart w:id="47" w:name="_Ref185755525"/>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p w14:paraId="405302AA" w14:textId="24279C3A" w:rsidR="00E34AE0" w:rsidRPr="00E34AE0" w:rsidRDefault="00E34AE0" w:rsidP="00E34AE0">
       <w:pPr>
         <w:pStyle w:val="Schedulename"/>
       </w:pPr>
       <w:r>
         <w:t>sERVICE CREDIT TABLE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid0"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="333"/>
         <w:tblW w:w="9443" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="30" w:type="dxa"/>
           <w:bottom w:w="6" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2032"/>
         <w:gridCol w:w="762"/>
         <w:gridCol w:w="1262"/>
@@ -16720,2092 +17396,2331 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="D4D4D4"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="D4D4D4"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B216FE1" w14:textId="77777777" w:rsidR="00E34AE0" w:rsidRDefault="00E34AE0" w:rsidP="00E34AE0">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3CDF2978" w14:textId="77777777" w:rsidR="00E34AE0" w:rsidRDefault="00E34AE0" w:rsidP="00433649">
       <w:pPr>
         <w:pStyle w:val="Schedule"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Ref185754659"/>
+      <w:bookmarkStart w:id="48" w:name="_Ref185754659"/>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p w14:paraId="5F3E6A23" w14:textId="77777777" w:rsidR="00E34AE0" w:rsidRDefault="00E34AE0" w:rsidP="00E34AE0">
       <w:pPr>
         <w:pStyle w:val="Schedule"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DC8B66E" w14:textId="43237B4A" w:rsidR="00A10C18" w:rsidRPr="00E34AE0" w:rsidRDefault="00550504" w:rsidP="00E34AE0">
       <w:pPr>
         <w:pStyle w:val="Schedule"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00816ECD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>BROADBAND PROTECT SERVICES</w:t>
       </w:r>
       <w:r w:rsidR="00EA1DC0">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; BROADBAND PROTECT ABSOLUTE</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10013" w:type="dxa"/>
+        <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5529"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="4253"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1842"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="6737F953" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="089E6942" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="19C23FF7" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="7DF9F988" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
+            <w:r w:rsidRPr="007728A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Features</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C1C9543" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="79E6CF7D" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
+            <w:r w:rsidRPr="007728A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Broadband Protect</w:t>
             </w:r>
-            <w:r w:rsidRPr="00816ECD">
-[...12 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7F96FD75" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="26B2DCA2" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
+            <w:r w:rsidRPr="007728A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Broadband Protect Plus</w:t>
             </w:r>
-            <w:r w:rsidRPr="00816ECD">
-[...12 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E8674B4" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="36C6EDD2" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="548235"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
+            <w:r w:rsidRPr="007728A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="548235"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Broadband Protect Absolute</w:t>
             </w:r>
-            <w:r w:rsidRPr="00816ECD">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="76047C14" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="4E22D5E5" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="4038C5E5" w14:textId="3F90F887" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Customer </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">24/7/365 </w:t>
+            </w:r>
+            <w:r w:rsidR="000275A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>P</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Troubleshooting</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ortal​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t xml:space="preserve"> Support</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E04CE23" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="5D0CAF84" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7964ED6D" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="4AB6462D" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2FF57133" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="4DAF036A" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="62E95285" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="23E79CF6" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="29748A9C" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="42" w:name="_Hlk183172642"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Configuration backup​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>On-Site Engineering Support</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4B4FFE22" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="76F64308" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="56D53AD0" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="60768B3B" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D3E1CF2" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="3EC8440E" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="7A6C6C9A" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="3E5FA7CE" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="077D54F9" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Operating system upgrade​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>Special Faults Investigation Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6CA0579D" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="6E31927F" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E4E1C18" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="7ECDFB42" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="75989A82" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="3F2D0D2F" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="09C57C13" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="55E5E82D" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B55A9B" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              </w:rPr>
+              <w:t>*Advanced Router Replacement (Under Warranty)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FCC2186" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="2661E52B" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="252EBC64" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="14A17C03" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0CFE1056" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="121F4D51" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="60007D77" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="2D802970" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="7008F8B0" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...47 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              </w:rPr>
+              <w:t>*Extended Warranty in Operational Life (36 Months)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3E53EE2F" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="233958D2" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="34E54722" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="6A1144E2" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5AE6B6D2" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="338C6EB7" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="7EA484E6" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="3672287F" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C2880E" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Requests for information​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>*Operating System Upgrade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="03899453" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="49EA36CF" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> ·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="500BF856" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="3945861B" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7642E051" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="3B368AA8" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="16D8CEAC" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="17A240ED" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="54886554" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Special Faults Investigation cover​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>*Configuration Back Up</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="66F9CB80" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="0FA43583" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1800C911" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="29A5AEF2" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="712E434D" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="543530E9" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="686CE9C6" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="77A8FE45" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="46A17540" w14:textId="74535E23" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Standard Change Requests​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>*Customer Portal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1BF815" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3DCA6765" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="3B0923AF" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18ED734C" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="68AAB32F" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="24827CC7" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="42348CEB" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="292F81FF" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Broadband Enhanced Care ​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>*Standard Change Requests</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9AE0E4" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0471A1AA" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="36B248B8" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1653B63A" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="709C9607" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="027380D2" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="1AD913E6" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="750EEF4E" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>User access control​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>Broadband Enhanced Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="58FF7EAB" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAB3F5C" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2A866F95" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="30AA9313" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="4334F138" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="553BEF33" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DD29C9" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Connection backup (via SIM)​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>*User Access Control</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="0398C596" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E0BC80" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6AB52AB9" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="46AC2609" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>•​</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00816ECD" w:rsidRPr="00816ECD" w14:paraId="12144604" w14:textId="77777777" w:rsidTr="003A305F">
+      <w:tr w:rsidR="007728A2" w14:paraId="78D8C8F0" w14:textId="77777777" w:rsidTr="004A06FA">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="425"/>
+          <w:trHeight w:hRule="exact" w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:tcW w:w="4253" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="77545FC0" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Device monitoring and alerting​</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1417" w:type="dxa"/>
+              <w:t>*Connection Back Up (via SIM)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AEA3BFD" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1366" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="070C40D7" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="1701" w:type="dxa"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="43EA643D" w14:textId="77777777" w:rsidR="00816ECD" w:rsidRPr="00816ECD" w:rsidRDefault="00816ECD" w:rsidP="003A305F">
+          </w:tcPr>
+          <w:p w14:paraId="7C20292E" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007728A2" w14:paraId="7CBF53CB" w14:textId="77777777" w:rsidTr="004A06FA">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="651"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA18983" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2" w:rsidP="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00816ECD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>•​</w:t>
+              <w:t>*Device Monitoring &amp; Alerting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="632536D6" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B59E30" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="E9EBF5"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4382673C" w14:textId="77777777" w:rsidR="007728A2" w:rsidRPr="007728A2" w:rsidRDefault="007728A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007728A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>·</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="42"/>
     </w:tbl>
-    <w:p w14:paraId="08F7C0B8" w14:textId="77777777" w:rsidR="002C056F" w:rsidRPr="00224655" w:rsidRDefault="002C056F" w:rsidP="00224655">
+    <w:p w14:paraId="500F382C" w14:textId="77777777" w:rsidR="00217777" w:rsidRDefault="00217777" w:rsidP="00224655">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="002C056F" w:rsidRPr="00224655" w:rsidSect="00687994">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+    <w:p w14:paraId="08F7C0B8" w14:textId="4665FC4D" w:rsidR="002C056F" w:rsidRPr="00217777" w:rsidRDefault="004E62F2" w:rsidP="00224655">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00217777">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Service dependent on the supplied router </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="002C056F" w:rsidRPr="00217777" w:rsidSect="00687994">
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="11904" w:h="16830" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1134" w:bottom="1440" w:left="1797" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7874BC73" w14:textId="77777777" w:rsidR="00EF0C12" w:rsidRDefault="00EF0C12" w:rsidP="00687994">
+    <w:p w14:paraId="1958744F" w14:textId="77777777" w:rsidR="005957CB" w:rsidRDefault="005957CB" w:rsidP="00687994">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7660F100" w14:textId="77777777" w:rsidR="00EF0C12" w:rsidRDefault="00EF0C12" w:rsidP="00687994">
+    <w:p w14:paraId="58207F8D" w14:textId="77777777" w:rsidR="005957CB" w:rsidRDefault="005957CB" w:rsidP="00687994">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3116E75C" w14:textId="77777777" w:rsidR="00EF0C12" w:rsidRDefault="00EF0C12"/>
+    <w:p w14:paraId="757C749D" w14:textId="77777777" w:rsidR="005957CB" w:rsidRDefault="005957CB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -19099,65 +20014,65 @@
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29285DDB" w14:textId="77777777" w:rsidR="00D96391" w:rsidRDefault="00D96391">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DFCF6C3" w14:textId="77777777" w:rsidR="00EF0C12" w:rsidRDefault="00EF0C12" w:rsidP="00687994">
+    <w:p w14:paraId="429DC587" w14:textId="77777777" w:rsidR="005957CB" w:rsidRDefault="005957CB" w:rsidP="00687994">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FE36E8C" w14:textId="77777777" w:rsidR="00EF0C12" w:rsidRDefault="00EF0C12" w:rsidP="00687994">
+    <w:p w14:paraId="1F79436F" w14:textId="77777777" w:rsidR="005957CB" w:rsidRDefault="005957CB" w:rsidP="00687994">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E1BB8EE" w14:textId="77777777" w:rsidR="00EF0C12" w:rsidRDefault="00EF0C12"/>
+    <w:p w14:paraId="0D9612AD" w14:textId="77777777" w:rsidR="005957CB" w:rsidRDefault="005957CB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12416321" w14:textId="77777777" w:rsidR="00FC08CA" w:rsidRDefault="00FC08CA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78DDF662" w14:textId="77777777" w:rsidR="00C817E3" w:rsidRPr="00B81CA7" w:rsidRDefault="00C817E3" w:rsidP="00B81CA7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4500"/>
       </w:tabs>
       <w:jc w:val="right"/>
@@ -22428,65 +23343,69 @@
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00237DB4"/>
     <w:rsid w:val="00001FB7"/>
     <w:rsid w:val="000038CD"/>
     <w:rsid w:val="00010A56"/>
+    <w:rsid w:val="000115B4"/>
     <w:rsid w:val="00015DDF"/>
     <w:rsid w:val="000214F9"/>
     <w:rsid w:val="00024D1D"/>
     <w:rsid w:val="00026C2B"/>
+    <w:rsid w:val="000275A5"/>
     <w:rsid w:val="00027600"/>
     <w:rsid w:val="00031551"/>
     <w:rsid w:val="00032089"/>
     <w:rsid w:val="0004052C"/>
     <w:rsid w:val="00040FEC"/>
     <w:rsid w:val="00041B6D"/>
     <w:rsid w:val="00053260"/>
     <w:rsid w:val="000547E6"/>
+    <w:rsid w:val="00056A89"/>
     <w:rsid w:val="00062342"/>
     <w:rsid w:val="0006376A"/>
     <w:rsid w:val="00064D93"/>
+    <w:rsid w:val="00073748"/>
     <w:rsid w:val="0007428C"/>
     <w:rsid w:val="00090FC0"/>
     <w:rsid w:val="00091891"/>
     <w:rsid w:val="0009653D"/>
     <w:rsid w:val="000A07FF"/>
     <w:rsid w:val="000A208E"/>
     <w:rsid w:val="000A345F"/>
     <w:rsid w:val="000A35AC"/>
     <w:rsid w:val="000A3E65"/>
     <w:rsid w:val="000A4407"/>
     <w:rsid w:val="000A4912"/>
     <w:rsid w:val="000A4A08"/>
     <w:rsid w:val="000A57B7"/>
     <w:rsid w:val="000B5969"/>
     <w:rsid w:val="000C094A"/>
     <w:rsid w:val="000C0D8E"/>
     <w:rsid w:val="000C13B5"/>
     <w:rsid w:val="000C2AD8"/>
     <w:rsid w:val="000C5ABC"/>
     <w:rsid w:val="000D13A5"/>
     <w:rsid w:val="000D35D9"/>
     <w:rsid w:val="000D67B2"/>
     <w:rsid w:val="000D6AF7"/>
     <w:rsid w:val="000E0D1F"/>
     <w:rsid w:val="000E1875"/>
@@ -22519,470 +23438,499 @@
     <w:rsid w:val="00186E6B"/>
     <w:rsid w:val="00187B66"/>
     <w:rsid w:val="00190714"/>
     <w:rsid w:val="001918A1"/>
     <w:rsid w:val="0019228D"/>
     <w:rsid w:val="0019243E"/>
     <w:rsid w:val="00196147"/>
     <w:rsid w:val="001A002D"/>
     <w:rsid w:val="001A5B89"/>
     <w:rsid w:val="001B21F4"/>
     <w:rsid w:val="001B6B09"/>
     <w:rsid w:val="001B6F3C"/>
     <w:rsid w:val="001C3AED"/>
     <w:rsid w:val="001C3C87"/>
     <w:rsid w:val="001D3B1E"/>
     <w:rsid w:val="001E1830"/>
     <w:rsid w:val="001E593A"/>
     <w:rsid w:val="001E5A22"/>
     <w:rsid w:val="001E686F"/>
     <w:rsid w:val="001E6FFD"/>
     <w:rsid w:val="001F5B72"/>
     <w:rsid w:val="001F65D6"/>
     <w:rsid w:val="002024A1"/>
     <w:rsid w:val="00203D46"/>
     <w:rsid w:val="00206015"/>
+    <w:rsid w:val="00206047"/>
     <w:rsid w:val="00206306"/>
     <w:rsid w:val="002118B3"/>
     <w:rsid w:val="00214066"/>
+    <w:rsid w:val="00217777"/>
     <w:rsid w:val="0022223D"/>
     <w:rsid w:val="00222814"/>
     <w:rsid w:val="00224655"/>
     <w:rsid w:val="00237552"/>
     <w:rsid w:val="00237DB4"/>
     <w:rsid w:val="00237F82"/>
     <w:rsid w:val="0024029D"/>
     <w:rsid w:val="00240A8C"/>
+    <w:rsid w:val="00241C92"/>
     <w:rsid w:val="00242A2C"/>
     <w:rsid w:val="00242C3F"/>
     <w:rsid w:val="00243B9F"/>
     <w:rsid w:val="002450F5"/>
     <w:rsid w:val="002453B5"/>
     <w:rsid w:val="002512A9"/>
     <w:rsid w:val="002561C0"/>
     <w:rsid w:val="002603D3"/>
     <w:rsid w:val="0026145A"/>
     <w:rsid w:val="0026251E"/>
     <w:rsid w:val="00264646"/>
     <w:rsid w:val="00265ED2"/>
     <w:rsid w:val="0026641F"/>
     <w:rsid w:val="00272050"/>
     <w:rsid w:val="002770D3"/>
     <w:rsid w:val="00280F54"/>
     <w:rsid w:val="00284766"/>
     <w:rsid w:val="00287B24"/>
     <w:rsid w:val="00290600"/>
     <w:rsid w:val="002A10FE"/>
     <w:rsid w:val="002B0307"/>
     <w:rsid w:val="002B292B"/>
     <w:rsid w:val="002B3189"/>
+    <w:rsid w:val="002B60B3"/>
     <w:rsid w:val="002C056F"/>
     <w:rsid w:val="002C0B4B"/>
     <w:rsid w:val="002C3366"/>
     <w:rsid w:val="002C349D"/>
     <w:rsid w:val="002D1158"/>
     <w:rsid w:val="002D19FB"/>
     <w:rsid w:val="002D225A"/>
     <w:rsid w:val="002D24E3"/>
     <w:rsid w:val="002D2571"/>
     <w:rsid w:val="002D31D1"/>
+    <w:rsid w:val="002D3873"/>
+    <w:rsid w:val="002D78A3"/>
     <w:rsid w:val="002D7F9A"/>
     <w:rsid w:val="002F5B7A"/>
+    <w:rsid w:val="00300131"/>
     <w:rsid w:val="00300431"/>
     <w:rsid w:val="00304317"/>
     <w:rsid w:val="0030765E"/>
     <w:rsid w:val="0031225E"/>
     <w:rsid w:val="003203AF"/>
     <w:rsid w:val="00323755"/>
     <w:rsid w:val="00323F4C"/>
     <w:rsid w:val="003246DF"/>
     <w:rsid w:val="003270A4"/>
     <w:rsid w:val="00335D4B"/>
     <w:rsid w:val="003365B2"/>
     <w:rsid w:val="00341A87"/>
+    <w:rsid w:val="00345C40"/>
     <w:rsid w:val="0035419A"/>
     <w:rsid w:val="00354241"/>
     <w:rsid w:val="00355FFF"/>
     <w:rsid w:val="0036277C"/>
     <w:rsid w:val="00370DA6"/>
     <w:rsid w:val="0038115A"/>
     <w:rsid w:val="00386C99"/>
     <w:rsid w:val="00391C7E"/>
     <w:rsid w:val="00394B2F"/>
     <w:rsid w:val="003A134F"/>
     <w:rsid w:val="003A13D6"/>
     <w:rsid w:val="003A1C78"/>
     <w:rsid w:val="003A305F"/>
     <w:rsid w:val="003A4D73"/>
     <w:rsid w:val="003B1BD0"/>
     <w:rsid w:val="003B406D"/>
     <w:rsid w:val="003B4753"/>
     <w:rsid w:val="003B5D85"/>
     <w:rsid w:val="003C2876"/>
     <w:rsid w:val="003D6A44"/>
     <w:rsid w:val="003D7167"/>
     <w:rsid w:val="003E775F"/>
     <w:rsid w:val="003F2FCD"/>
     <w:rsid w:val="003F3274"/>
     <w:rsid w:val="003F4EAD"/>
     <w:rsid w:val="00404265"/>
     <w:rsid w:val="00415B1E"/>
     <w:rsid w:val="0041763C"/>
     <w:rsid w:val="004234A1"/>
     <w:rsid w:val="00427695"/>
     <w:rsid w:val="00433649"/>
     <w:rsid w:val="004355E7"/>
     <w:rsid w:val="00440C3A"/>
+    <w:rsid w:val="00441290"/>
     <w:rsid w:val="004416A9"/>
     <w:rsid w:val="00441D51"/>
     <w:rsid w:val="0044294A"/>
     <w:rsid w:val="004541C5"/>
     <w:rsid w:val="0045517F"/>
     <w:rsid w:val="0046073E"/>
     <w:rsid w:val="0046112B"/>
+    <w:rsid w:val="00467054"/>
     <w:rsid w:val="0046778C"/>
     <w:rsid w:val="00470DF7"/>
     <w:rsid w:val="00473847"/>
     <w:rsid w:val="004803EE"/>
     <w:rsid w:val="00482C8C"/>
     <w:rsid w:val="00485D5C"/>
     <w:rsid w:val="004A017C"/>
+    <w:rsid w:val="004A06FA"/>
     <w:rsid w:val="004A5E56"/>
     <w:rsid w:val="004B11FB"/>
     <w:rsid w:val="004B4F06"/>
     <w:rsid w:val="004B56C6"/>
     <w:rsid w:val="004B6E70"/>
     <w:rsid w:val="004C18D5"/>
     <w:rsid w:val="004C7495"/>
     <w:rsid w:val="004D1307"/>
     <w:rsid w:val="004D17B1"/>
     <w:rsid w:val="004D530B"/>
     <w:rsid w:val="004D6DE6"/>
     <w:rsid w:val="004E096D"/>
     <w:rsid w:val="004E31DD"/>
     <w:rsid w:val="004E5DEE"/>
+    <w:rsid w:val="004E62F2"/>
     <w:rsid w:val="004F0433"/>
-    <w:rsid w:val="004F0D0A"/>
     <w:rsid w:val="004F5B62"/>
     <w:rsid w:val="00505DC1"/>
     <w:rsid w:val="00507E1E"/>
     <w:rsid w:val="00510F8A"/>
     <w:rsid w:val="00511891"/>
     <w:rsid w:val="00514E76"/>
     <w:rsid w:val="00514EBB"/>
     <w:rsid w:val="00522F4E"/>
     <w:rsid w:val="00524837"/>
+    <w:rsid w:val="00527824"/>
     <w:rsid w:val="005317BD"/>
     <w:rsid w:val="0053197B"/>
     <w:rsid w:val="00534399"/>
     <w:rsid w:val="00536F49"/>
     <w:rsid w:val="005429AD"/>
     <w:rsid w:val="005429B4"/>
     <w:rsid w:val="00542EA3"/>
     <w:rsid w:val="00550504"/>
     <w:rsid w:val="005558B4"/>
     <w:rsid w:val="005662D4"/>
     <w:rsid w:val="00567EF5"/>
     <w:rsid w:val="00575398"/>
     <w:rsid w:val="00581E30"/>
     <w:rsid w:val="00587A8E"/>
     <w:rsid w:val="0059165E"/>
+    <w:rsid w:val="005957CB"/>
     <w:rsid w:val="005964DB"/>
     <w:rsid w:val="00596D3B"/>
     <w:rsid w:val="005A03AD"/>
     <w:rsid w:val="005A0E5A"/>
-    <w:rsid w:val="005A3758"/>
     <w:rsid w:val="005A4DCE"/>
     <w:rsid w:val="005B0F06"/>
     <w:rsid w:val="005B3E3D"/>
     <w:rsid w:val="005B48E7"/>
     <w:rsid w:val="005C1AE7"/>
     <w:rsid w:val="005D3A16"/>
     <w:rsid w:val="005D6F06"/>
     <w:rsid w:val="005E0DF7"/>
     <w:rsid w:val="005E63A1"/>
     <w:rsid w:val="005F033D"/>
     <w:rsid w:val="005F10AB"/>
     <w:rsid w:val="0060308D"/>
     <w:rsid w:val="006048BF"/>
     <w:rsid w:val="006060F3"/>
     <w:rsid w:val="00612BD6"/>
     <w:rsid w:val="00613D77"/>
     <w:rsid w:val="00615733"/>
     <w:rsid w:val="00617B3C"/>
     <w:rsid w:val="006204D5"/>
     <w:rsid w:val="0062111E"/>
     <w:rsid w:val="00630793"/>
     <w:rsid w:val="00630867"/>
     <w:rsid w:val="006329E9"/>
     <w:rsid w:val="00637F8E"/>
     <w:rsid w:val="00641534"/>
     <w:rsid w:val="006425EF"/>
     <w:rsid w:val="006434EB"/>
     <w:rsid w:val="0064592A"/>
     <w:rsid w:val="006466C6"/>
     <w:rsid w:val="00657D1B"/>
     <w:rsid w:val="006602B8"/>
     <w:rsid w:val="00663518"/>
     <w:rsid w:val="00664192"/>
+    <w:rsid w:val="006651CB"/>
     <w:rsid w:val="006670F1"/>
     <w:rsid w:val="00673B95"/>
     <w:rsid w:val="00674915"/>
     <w:rsid w:val="00680060"/>
     <w:rsid w:val="006825F7"/>
     <w:rsid w:val="00684420"/>
     <w:rsid w:val="00686DB2"/>
     <w:rsid w:val="00687994"/>
     <w:rsid w:val="006917E3"/>
     <w:rsid w:val="00691E77"/>
     <w:rsid w:val="0069264B"/>
     <w:rsid w:val="00693BDE"/>
     <w:rsid w:val="00696AD8"/>
     <w:rsid w:val="00697DFC"/>
     <w:rsid w:val="006B0420"/>
     <w:rsid w:val="006B1053"/>
     <w:rsid w:val="006B18EE"/>
     <w:rsid w:val="006B5381"/>
     <w:rsid w:val="006C3C20"/>
     <w:rsid w:val="006C4B88"/>
     <w:rsid w:val="006D3EC0"/>
     <w:rsid w:val="006D7A57"/>
     <w:rsid w:val="006E1342"/>
     <w:rsid w:val="006E4E28"/>
     <w:rsid w:val="006E5B7C"/>
     <w:rsid w:val="006E6B05"/>
-    <w:rsid w:val="006E7798"/>
     <w:rsid w:val="006F2F63"/>
     <w:rsid w:val="006F5473"/>
     <w:rsid w:val="006F6668"/>
     <w:rsid w:val="006F743C"/>
     <w:rsid w:val="006F7BC0"/>
     <w:rsid w:val="00700964"/>
     <w:rsid w:val="00702151"/>
     <w:rsid w:val="007028D6"/>
     <w:rsid w:val="0071276D"/>
     <w:rsid w:val="007230B3"/>
     <w:rsid w:val="00726C16"/>
     <w:rsid w:val="00726F3C"/>
     <w:rsid w:val="00727319"/>
     <w:rsid w:val="00727E57"/>
     <w:rsid w:val="00733B2D"/>
     <w:rsid w:val="007340AF"/>
     <w:rsid w:val="00742F76"/>
     <w:rsid w:val="00746E26"/>
     <w:rsid w:val="00753349"/>
     <w:rsid w:val="00756FF7"/>
     <w:rsid w:val="0076529D"/>
+    <w:rsid w:val="007728A2"/>
     <w:rsid w:val="0077676F"/>
     <w:rsid w:val="00781B68"/>
     <w:rsid w:val="007829FC"/>
     <w:rsid w:val="00782D7D"/>
     <w:rsid w:val="00783A34"/>
     <w:rsid w:val="00784AEC"/>
     <w:rsid w:val="00794D6F"/>
     <w:rsid w:val="00795354"/>
     <w:rsid w:val="00797EE6"/>
     <w:rsid w:val="007A0978"/>
+    <w:rsid w:val="007A189D"/>
     <w:rsid w:val="007A32BD"/>
     <w:rsid w:val="007A3DB8"/>
     <w:rsid w:val="007A4342"/>
     <w:rsid w:val="007B08D0"/>
     <w:rsid w:val="007B0AE7"/>
     <w:rsid w:val="007B0E83"/>
+    <w:rsid w:val="007B12A5"/>
     <w:rsid w:val="007B2EE4"/>
     <w:rsid w:val="007C2DCD"/>
     <w:rsid w:val="007C4C1F"/>
     <w:rsid w:val="007D3653"/>
     <w:rsid w:val="007D646A"/>
     <w:rsid w:val="007D6FF5"/>
     <w:rsid w:val="007E0AE3"/>
     <w:rsid w:val="007E13E8"/>
     <w:rsid w:val="007E15A4"/>
     <w:rsid w:val="007F1CA7"/>
     <w:rsid w:val="007F2BDD"/>
     <w:rsid w:val="007F7E5E"/>
+    <w:rsid w:val="00803F82"/>
     <w:rsid w:val="00810831"/>
     <w:rsid w:val="00810B94"/>
     <w:rsid w:val="00810FE0"/>
     <w:rsid w:val="00815266"/>
     <w:rsid w:val="00816ECD"/>
     <w:rsid w:val="00821B00"/>
     <w:rsid w:val="00821FF7"/>
     <w:rsid w:val="008237D6"/>
     <w:rsid w:val="00830958"/>
     <w:rsid w:val="00832D5E"/>
     <w:rsid w:val="0084065D"/>
     <w:rsid w:val="00840F5A"/>
     <w:rsid w:val="008452DF"/>
     <w:rsid w:val="00847AA6"/>
     <w:rsid w:val="0085003F"/>
     <w:rsid w:val="008504ED"/>
     <w:rsid w:val="00851654"/>
     <w:rsid w:val="0086027B"/>
     <w:rsid w:val="00865FC6"/>
     <w:rsid w:val="00866573"/>
     <w:rsid w:val="008668E7"/>
     <w:rsid w:val="008669D3"/>
     <w:rsid w:val="00870754"/>
     <w:rsid w:val="00872190"/>
+    <w:rsid w:val="00873897"/>
     <w:rsid w:val="00875100"/>
     <w:rsid w:val="008770DD"/>
     <w:rsid w:val="008829B0"/>
     <w:rsid w:val="00891701"/>
     <w:rsid w:val="00893BE7"/>
     <w:rsid w:val="008A26AD"/>
     <w:rsid w:val="008A40E9"/>
     <w:rsid w:val="008A5077"/>
     <w:rsid w:val="008B2791"/>
     <w:rsid w:val="008B2B4A"/>
     <w:rsid w:val="008B37EE"/>
     <w:rsid w:val="008B5673"/>
     <w:rsid w:val="008C16C2"/>
     <w:rsid w:val="008C1D96"/>
+    <w:rsid w:val="008C40A3"/>
     <w:rsid w:val="008E4E1A"/>
     <w:rsid w:val="008E5D99"/>
     <w:rsid w:val="008F1BCB"/>
     <w:rsid w:val="008F1D52"/>
+    <w:rsid w:val="008F3099"/>
     <w:rsid w:val="008F602B"/>
     <w:rsid w:val="008F6EC2"/>
+    <w:rsid w:val="00905624"/>
     <w:rsid w:val="00907100"/>
     <w:rsid w:val="009108B7"/>
     <w:rsid w:val="00915333"/>
     <w:rsid w:val="00917FF8"/>
     <w:rsid w:val="00922CA9"/>
     <w:rsid w:val="00926300"/>
     <w:rsid w:val="00932D61"/>
     <w:rsid w:val="00933BEA"/>
     <w:rsid w:val="00942D87"/>
     <w:rsid w:val="00951360"/>
     <w:rsid w:val="009551E0"/>
     <w:rsid w:val="0096244D"/>
     <w:rsid w:val="0096431E"/>
     <w:rsid w:val="00971AD2"/>
     <w:rsid w:val="00972730"/>
+    <w:rsid w:val="00974BEB"/>
     <w:rsid w:val="00974C57"/>
     <w:rsid w:val="009764AD"/>
     <w:rsid w:val="00981DF3"/>
     <w:rsid w:val="009874C1"/>
     <w:rsid w:val="00992EB4"/>
     <w:rsid w:val="00993828"/>
+    <w:rsid w:val="00993E56"/>
     <w:rsid w:val="00994657"/>
     <w:rsid w:val="00994DB1"/>
     <w:rsid w:val="009962B4"/>
     <w:rsid w:val="009A19D1"/>
     <w:rsid w:val="009B0E0C"/>
     <w:rsid w:val="009B39E0"/>
     <w:rsid w:val="009B5CB3"/>
     <w:rsid w:val="009B5D09"/>
+    <w:rsid w:val="009B75E5"/>
     <w:rsid w:val="009B7CAF"/>
     <w:rsid w:val="009D0F23"/>
     <w:rsid w:val="009D68EC"/>
+    <w:rsid w:val="009F1B0B"/>
     <w:rsid w:val="009F5409"/>
     <w:rsid w:val="009F5794"/>
     <w:rsid w:val="009F74FC"/>
     <w:rsid w:val="00A01DBC"/>
     <w:rsid w:val="00A05765"/>
     <w:rsid w:val="00A05922"/>
     <w:rsid w:val="00A0679A"/>
     <w:rsid w:val="00A069B1"/>
     <w:rsid w:val="00A07FC6"/>
     <w:rsid w:val="00A10B4B"/>
     <w:rsid w:val="00A10C18"/>
     <w:rsid w:val="00A117AD"/>
     <w:rsid w:val="00A212BB"/>
     <w:rsid w:val="00A21BDF"/>
     <w:rsid w:val="00A261B4"/>
     <w:rsid w:val="00A26AA9"/>
     <w:rsid w:val="00A273B2"/>
     <w:rsid w:val="00A36C1E"/>
     <w:rsid w:val="00A430DF"/>
     <w:rsid w:val="00A50392"/>
     <w:rsid w:val="00A53DDF"/>
     <w:rsid w:val="00A5424C"/>
     <w:rsid w:val="00A565EC"/>
     <w:rsid w:val="00A61252"/>
     <w:rsid w:val="00A63A60"/>
     <w:rsid w:val="00A64932"/>
     <w:rsid w:val="00A71A74"/>
     <w:rsid w:val="00A72695"/>
     <w:rsid w:val="00A75A65"/>
     <w:rsid w:val="00A75F7E"/>
     <w:rsid w:val="00A778FA"/>
     <w:rsid w:val="00A80670"/>
     <w:rsid w:val="00A83A46"/>
     <w:rsid w:val="00A84E18"/>
     <w:rsid w:val="00A84FF5"/>
     <w:rsid w:val="00A93ECC"/>
     <w:rsid w:val="00A95530"/>
     <w:rsid w:val="00A95744"/>
     <w:rsid w:val="00A9606A"/>
     <w:rsid w:val="00AA0E14"/>
     <w:rsid w:val="00AA13C8"/>
     <w:rsid w:val="00AA25B6"/>
     <w:rsid w:val="00AA390F"/>
     <w:rsid w:val="00AA46C4"/>
+    <w:rsid w:val="00AA5338"/>
+    <w:rsid w:val="00AB5686"/>
     <w:rsid w:val="00AB76C7"/>
     <w:rsid w:val="00AC147D"/>
     <w:rsid w:val="00AC5E74"/>
     <w:rsid w:val="00AD3B29"/>
     <w:rsid w:val="00AD7AF3"/>
     <w:rsid w:val="00AE0B6D"/>
+    <w:rsid w:val="00AE4B53"/>
     <w:rsid w:val="00AF58B4"/>
     <w:rsid w:val="00AF5EC7"/>
     <w:rsid w:val="00B00429"/>
     <w:rsid w:val="00B0273F"/>
     <w:rsid w:val="00B17536"/>
     <w:rsid w:val="00B20B4B"/>
     <w:rsid w:val="00B24A2B"/>
     <w:rsid w:val="00B25282"/>
     <w:rsid w:val="00B27885"/>
     <w:rsid w:val="00B3278F"/>
     <w:rsid w:val="00B378A8"/>
+    <w:rsid w:val="00B40573"/>
     <w:rsid w:val="00B4083A"/>
     <w:rsid w:val="00B42BE0"/>
     <w:rsid w:val="00B45363"/>
     <w:rsid w:val="00B47A0A"/>
     <w:rsid w:val="00B640EA"/>
     <w:rsid w:val="00B65D65"/>
     <w:rsid w:val="00B66B90"/>
     <w:rsid w:val="00B70F99"/>
     <w:rsid w:val="00B748E2"/>
     <w:rsid w:val="00B81776"/>
     <w:rsid w:val="00B81CA7"/>
     <w:rsid w:val="00B82037"/>
     <w:rsid w:val="00B82101"/>
     <w:rsid w:val="00B84021"/>
     <w:rsid w:val="00B8439B"/>
     <w:rsid w:val="00B926AF"/>
     <w:rsid w:val="00BA4C50"/>
     <w:rsid w:val="00BA69E4"/>
     <w:rsid w:val="00BA7FB3"/>
     <w:rsid w:val="00BB4152"/>
     <w:rsid w:val="00BB4E25"/>
     <w:rsid w:val="00BC1EE9"/>
     <w:rsid w:val="00BC24A4"/>
     <w:rsid w:val="00BC32B5"/>
+    <w:rsid w:val="00BC3CB3"/>
     <w:rsid w:val="00BC5201"/>
     <w:rsid w:val="00BD26F8"/>
     <w:rsid w:val="00BD3A83"/>
     <w:rsid w:val="00BD3F7F"/>
     <w:rsid w:val="00BE3D1B"/>
     <w:rsid w:val="00BF4564"/>
     <w:rsid w:val="00BF737F"/>
     <w:rsid w:val="00C015A5"/>
     <w:rsid w:val="00C0703E"/>
     <w:rsid w:val="00C072B0"/>
     <w:rsid w:val="00C073B4"/>
     <w:rsid w:val="00C11A6C"/>
     <w:rsid w:val="00C12B80"/>
     <w:rsid w:val="00C1383A"/>
     <w:rsid w:val="00C21D3E"/>
     <w:rsid w:val="00C24D3D"/>
     <w:rsid w:val="00C2549A"/>
     <w:rsid w:val="00C26435"/>
     <w:rsid w:val="00C2688D"/>
     <w:rsid w:val="00C40BDC"/>
     <w:rsid w:val="00C4337A"/>
     <w:rsid w:val="00C47B45"/>
     <w:rsid w:val="00C51359"/>
     <w:rsid w:val="00C51DBA"/>
     <w:rsid w:val="00C609C7"/>
@@ -23002,135 +23950,137 @@
     <w:rsid w:val="00CC50EE"/>
     <w:rsid w:val="00CC61D8"/>
     <w:rsid w:val="00CD212B"/>
     <w:rsid w:val="00CD3C00"/>
     <w:rsid w:val="00CD5513"/>
     <w:rsid w:val="00CE215A"/>
     <w:rsid w:val="00CE2661"/>
     <w:rsid w:val="00CE3DE0"/>
     <w:rsid w:val="00CE4BB9"/>
     <w:rsid w:val="00CE5131"/>
     <w:rsid w:val="00CF101E"/>
     <w:rsid w:val="00CF1653"/>
     <w:rsid w:val="00D01733"/>
     <w:rsid w:val="00D017F1"/>
     <w:rsid w:val="00D0514E"/>
     <w:rsid w:val="00D05BFB"/>
     <w:rsid w:val="00D06FB9"/>
     <w:rsid w:val="00D0700E"/>
     <w:rsid w:val="00D125B0"/>
     <w:rsid w:val="00D2220D"/>
     <w:rsid w:val="00D242CC"/>
     <w:rsid w:val="00D3300C"/>
     <w:rsid w:val="00D34FB0"/>
     <w:rsid w:val="00D421B8"/>
     <w:rsid w:val="00D506FA"/>
+    <w:rsid w:val="00D55A2D"/>
     <w:rsid w:val="00D600A6"/>
     <w:rsid w:val="00D6463A"/>
     <w:rsid w:val="00D71E44"/>
     <w:rsid w:val="00D7398C"/>
     <w:rsid w:val="00D749F0"/>
     <w:rsid w:val="00D77206"/>
     <w:rsid w:val="00D81515"/>
     <w:rsid w:val="00D8230B"/>
     <w:rsid w:val="00D83D39"/>
     <w:rsid w:val="00D84226"/>
     <w:rsid w:val="00D85ACC"/>
     <w:rsid w:val="00D85CF6"/>
     <w:rsid w:val="00D90622"/>
     <w:rsid w:val="00D939C0"/>
     <w:rsid w:val="00D95556"/>
     <w:rsid w:val="00D96391"/>
     <w:rsid w:val="00D9643B"/>
     <w:rsid w:val="00DA20FC"/>
     <w:rsid w:val="00DA2EF0"/>
     <w:rsid w:val="00DB3551"/>
     <w:rsid w:val="00DB64F0"/>
     <w:rsid w:val="00DB75F4"/>
     <w:rsid w:val="00DC0749"/>
+    <w:rsid w:val="00DC26EA"/>
     <w:rsid w:val="00DC4197"/>
     <w:rsid w:val="00DD02DC"/>
     <w:rsid w:val="00DE0CFE"/>
     <w:rsid w:val="00DE4FCA"/>
     <w:rsid w:val="00DF26D5"/>
     <w:rsid w:val="00DF29BD"/>
     <w:rsid w:val="00DF4B2D"/>
     <w:rsid w:val="00DF51BD"/>
     <w:rsid w:val="00DF75F1"/>
-    <w:rsid w:val="00E0116E"/>
     <w:rsid w:val="00E01C84"/>
     <w:rsid w:val="00E05487"/>
     <w:rsid w:val="00E06E66"/>
     <w:rsid w:val="00E10F6D"/>
     <w:rsid w:val="00E11294"/>
     <w:rsid w:val="00E13769"/>
     <w:rsid w:val="00E148D6"/>
     <w:rsid w:val="00E26F48"/>
     <w:rsid w:val="00E27D3A"/>
     <w:rsid w:val="00E31A11"/>
     <w:rsid w:val="00E320C4"/>
     <w:rsid w:val="00E34AE0"/>
     <w:rsid w:val="00E367BD"/>
     <w:rsid w:val="00E37F77"/>
     <w:rsid w:val="00E4173C"/>
     <w:rsid w:val="00E441DA"/>
     <w:rsid w:val="00E508A6"/>
     <w:rsid w:val="00E50FCB"/>
     <w:rsid w:val="00E57B87"/>
     <w:rsid w:val="00E65EEF"/>
     <w:rsid w:val="00E67512"/>
     <w:rsid w:val="00E7178F"/>
     <w:rsid w:val="00E72556"/>
     <w:rsid w:val="00E72729"/>
     <w:rsid w:val="00E733BD"/>
     <w:rsid w:val="00E76FF9"/>
     <w:rsid w:val="00E818BE"/>
     <w:rsid w:val="00E83652"/>
     <w:rsid w:val="00E847C6"/>
     <w:rsid w:val="00E90A6B"/>
     <w:rsid w:val="00E91C92"/>
     <w:rsid w:val="00E91D05"/>
     <w:rsid w:val="00E91F5C"/>
     <w:rsid w:val="00E920C3"/>
     <w:rsid w:val="00E92F03"/>
     <w:rsid w:val="00E9783F"/>
     <w:rsid w:val="00EA1DC0"/>
     <w:rsid w:val="00EA3EA8"/>
     <w:rsid w:val="00EA73A3"/>
     <w:rsid w:val="00EB02D5"/>
+    <w:rsid w:val="00EB4060"/>
     <w:rsid w:val="00EB4C92"/>
     <w:rsid w:val="00EB778B"/>
     <w:rsid w:val="00EC2250"/>
     <w:rsid w:val="00EC41EC"/>
     <w:rsid w:val="00EC5493"/>
+    <w:rsid w:val="00ED4509"/>
     <w:rsid w:val="00ED50CA"/>
     <w:rsid w:val="00ED750C"/>
     <w:rsid w:val="00EE0AA8"/>
     <w:rsid w:val="00EE4BD4"/>
     <w:rsid w:val="00EE6067"/>
     <w:rsid w:val="00EE7BBD"/>
-    <w:rsid w:val="00EF0C12"/>
     <w:rsid w:val="00EF1AFA"/>
     <w:rsid w:val="00EF3C39"/>
     <w:rsid w:val="00EF3FE5"/>
     <w:rsid w:val="00EF5821"/>
     <w:rsid w:val="00F119AA"/>
     <w:rsid w:val="00F12BE4"/>
     <w:rsid w:val="00F150F3"/>
     <w:rsid w:val="00F203A7"/>
     <w:rsid w:val="00F207B4"/>
     <w:rsid w:val="00F20F4F"/>
     <w:rsid w:val="00F2215A"/>
     <w:rsid w:val="00F22632"/>
     <w:rsid w:val="00F23597"/>
     <w:rsid w:val="00F25C8C"/>
     <w:rsid w:val="00F33C59"/>
     <w:rsid w:val="00F34AA5"/>
     <w:rsid w:val="00F373F0"/>
     <w:rsid w:val="00F4041E"/>
     <w:rsid w:val="00F41A80"/>
     <w:rsid w:val="00F4690B"/>
     <w:rsid w:val="00F514F1"/>
     <w:rsid w:val="00F53B4F"/>
     <w:rsid w:val="00F613F2"/>
     <w:rsid w:val="00F66383"/>
     <w:rsid w:val="00F738B5"/>
@@ -24743,50 +25693,76 @@
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid0">
     <w:name w:val="TableGrid"/>
     <w:rsid w:val="00A95530"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="87847198">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="149493332">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="175270544">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="310989906">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -24955,71 +25931,84 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1123889589">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1477720100">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2007781379">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Https://GHMcomms.com/terms-conditions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ghmcomms.com;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -25271,106 +26260,141 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+ 
+     < d o c u m e n t i d > D M S ! 1 3 8 3 0 4 1 5 . 2 < / d o c u m e n t i d > 
+ 
+     < s e n d e r i d > E M M A . B U T C H E R < / s e n d e r i d > 
+ 
+     < s e n d e r e m a i l > E M M A . B U T C H E R @ M O O R E B A R L O W . C O M < / s e n d e r e m a i l > 
+ 
+     < l a s t m o d i f i e d > 2 0 2 5 - 1 1 - 2 5 T 1 7 : 0 6 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
+ 
+     < d a t a b a s e > D M S < / d a t a b a s e > 
+ 
+ < / p r o p e r t i e s > 
+</file>
+
+<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
      < d o c u m e n t i d > D M S ! 1 2 3 9 5 1 9 0 . 1 < / d o c u m e n t i d > 
  
      < s e n d e r i d > A G C < / s e n d e r i d > 
  
      < s e n d e r e m a i l > A L I C E . C A R R @ M O O R E B L A T C H . C O M < / s e n d e r e m a i l > 
  
      < l a s t m o d i f i e d > 2 0 2 4 - 1 2 - 2 3 T 0 9 : 0 7 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > D M S < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1EE2AD1D-22C7-45D5-8EAC-A3163691CBEF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A396CEE2-09F0-4D92-8F31-F46A843FDD86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{859C2B64-DB53-4C32-859E-12F25F584A76}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4B444F3-B252-4F53-BB43-2B59FE2750B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>38611</Characters>
+  <Pages>19</Pages>
+  <Words>7994</Words>
+  <Characters>41411</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>321</Lines>
-  <Paragraphs>90</Paragraphs>
+  <Lines>600</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Moore Blatch</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45294</CharactersWithSpaces>
+  <CharactersWithSpaces>49373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jan Blakeley</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>c065a145-0cc6-4c45-9440-a5b0392a5bed</vt:lpwstr>
+  </property>
+</Properties>
+</file>