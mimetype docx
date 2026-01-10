--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -8,69 +8,69 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1BB1E24C" w14:textId="6E825066" w:rsidR="00C83482" w:rsidRPr="00887556" w:rsidRDefault="00BF4888" w:rsidP="00887556">
+    <w:p w14:paraId="1BB1E24C" w14:textId="56E11125" w:rsidR="00C83482" w:rsidRPr="00887556" w:rsidRDefault="008724AA" w:rsidP="00887556">
       <w:pPr>
         <w:pStyle w:val="AHall-Level1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>GHM COMMUNICATIONSS</w:t>
+        <w:t>GHM Communications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AECF1A" w14:textId="1247B7FE" w:rsidR="00F5347A" w:rsidRPr="00A63AFC" w:rsidRDefault="00317690" w:rsidP="00887556">
       <w:pPr>
         <w:pStyle w:val="AHall-Heading1"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00857D76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">SERVICE SCHEDULE FOR </w:t>
       </w:r>
       <w:r w:rsidR="006A7272" w:rsidRPr="00A63AFC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -731,77 +731,77 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00887556">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Master Services Agreement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6373" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="136F5A45" w14:textId="339DE91B" w:rsidR="00887556" w:rsidRPr="00857D76" w:rsidRDefault="00887556" w:rsidP="00F22945">
+          <w:p w14:paraId="136F5A45" w14:textId="72687669" w:rsidR="00887556" w:rsidRPr="00857D76" w:rsidRDefault="00887556" w:rsidP="00F22945">
             <w:pPr>
               <w:pStyle w:val="AHall-Level3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00887556">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the Company’s Master Services Agreement made available to the Customer at the Company Website at </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="00BF4888" w:rsidRPr="00DA1A4F">
+              <w:r w:rsidR="008724AA">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>https://GHMcomms.com/terms-conditions</w:t>
+                <w:t>www.ghmcomms.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009D6045">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F22945" w:rsidRPr="00857D76" w14:paraId="68A0744F" w14:textId="77777777" w:rsidTr="00F22945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55E2515E" w14:textId="0E33B673" w:rsidR="00F22945" w:rsidRPr="00887556" w:rsidRDefault="00F22945" w:rsidP="00F22945">
             <w:pPr>
               <w:pStyle w:val="AHall-Level3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
@@ -4298,71 +4298,71 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00857D76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA6400" w:rsidRPr="00857D76" w:rsidSect="00E62500">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1133" w:bottom="1440" w:left="1843" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FB316A2" w14:textId="77777777" w:rsidR="00385AF3" w:rsidRDefault="00385AF3" w:rsidP="007510EB">
+    <w:p w14:paraId="543BC9D6" w14:textId="77777777" w:rsidR="00972D31" w:rsidRDefault="00972D31" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AB4F238" w14:textId="77777777" w:rsidR="00385AF3" w:rsidRDefault="00385AF3" w:rsidP="007510EB">
+    <w:p w14:paraId="613F4639" w14:textId="77777777" w:rsidR="00972D31" w:rsidRDefault="00972D31" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="07F48B25" w14:textId="77777777" w:rsidR="00385AF3" w:rsidRDefault="00385AF3">
+    <w:p w14:paraId="6DBB8CC2" w14:textId="77777777" w:rsidR="00972D31" w:rsidRDefault="00972D31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -4392,71 +4392,71 @@
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="556000D0" w14:textId="77777777" w:rsidR="00385AF3" w:rsidRDefault="00385AF3" w:rsidP="007510EB">
+    <w:p w14:paraId="662CFE1F" w14:textId="77777777" w:rsidR="00972D31" w:rsidRDefault="00972D31" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A777AC1" w14:textId="77777777" w:rsidR="00385AF3" w:rsidRDefault="00385AF3" w:rsidP="007510EB">
+    <w:p w14:paraId="00D971AD" w14:textId="77777777" w:rsidR="00972D31" w:rsidRDefault="00972D31" w:rsidP="007510EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="008DD108" w14:textId="77777777" w:rsidR="00385AF3" w:rsidRDefault="00385AF3">
+    <w:p w14:paraId="34AC4A7A" w14:textId="77777777" w:rsidR="00972D31" w:rsidRDefault="00972D31">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E366250"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BA503EF8"/>
     <w:styleLink w:val="AHall-PartList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="AHall-Part1"/>
       <w:lvlText w:val="Part %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1985" w:hanging="1985"/>
       </w:pPr>
       <w:rPr>
@@ -5418,51 +5418,50 @@
     <w:rsid w:val="002C6257"/>
     <w:rsid w:val="002D35D5"/>
     <w:rsid w:val="002D6B91"/>
     <w:rsid w:val="002D7872"/>
     <w:rsid w:val="002E08A5"/>
     <w:rsid w:val="002E2164"/>
     <w:rsid w:val="002E7EE9"/>
     <w:rsid w:val="002F1D36"/>
     <w:rsid w:val="002F5F10"/>
     <w:rsid w:val="002F673F"/>
     <w:rsid w:val="00305EAE"/>
     <w:rsid w:val="0030645E"/>
     <w:rsid w:val="00317690"/>
     <w:rsid w:val="00321228"/>
     <w:rsid w:val="00321662"/>
     <w:rsid w:val="003219AE"/>
     <w:rsid w:val="00345373"/>
     <w:rsid w:val="00347CE3"/>
     <w:rsid w:val="00362254"/>
     <w:rsid w:val="003650F1"/>
     <w:rsid w:val="00371C6C"/>
     <w:rsid w:val="00380792"/>
     <w:rsid w:val="00380A18"/>
     <w:rsid w:val="00381165"/>
     <w:rsid w:val="003814E2"/>
-    <w:rsid w:val="00385AF3"/>
     <w:rsid w:val="00387EA1"/>
     <w:rsid w:val="003906F1"/>
     <w:rsid w:val="00390E08"/>
     <w:rsid w:val="00394B2F"/>
     <w:rsid w:val="003950C9"/>
     <w:rsid w:val="00395355"/>
     <w:rsid w:val="003A253C"/>
     <w:rsid w:val="003A30CD"/>
     <w:rsid w:val="003A6C2A"/>
     <w:rsid w:val="003A6CB8"/>
     <w:rsid w:val="003B36A6"/>
     <w:rsid w:val="003B7AF0"/>
     <w:rsid w:val="003C6A3A"/>
     <w:rsid w:val="003D137F"/>
     <w:rsid w:val="003D7332"/>
     <w:rsid w:val="003D7DCD"/>
     <w:rsid w:val="003D7DE8"/>
     <w:rsid w:val="003E14B3"/>
     <w:rsid w:val="003F1280"/>
     <w:rsid w:val="003F2251"/>
     <w:rsid w:val="003F2413"/>
     <w:rsid w:val="003F39D8"/>
     <w:rsid w:val="003F5E75"/>
     <w:rsid w:val="003F7F0A"/>
     <w:rsid w:val="003F7FED"/>
@@ -5545,51 +5544,50 @@
     <w:rsid w:val="00600B5D"/>
     <w:rsid w:val="00601D42"/>
     <w:rsid w:val="00604C84"/>
     <w:rsid w:val="006056D8"/>
     <w:rsid w:val="006110B5"/>
     <w:rsid w:val="00615B78"/>
     <w:rsid w:val="00617137"/>
     <w:rsid w:val="0061741B"/>
     <w:rsid w:val="00622669"/>
     <w:rsid w:val="0063176A"/>
     <w:rsid w:val="006322E0"/>
     <w:rsid w:val="0063696B"/>
     <w:rsid w:val="0063774D"/>
     <w:rsid w:val="0063779D"/>
     <w:rsid w:val="00642F49"/>
     <w:rsid w:val="006513B6"/>
     <w:rsid w:val="00652E4F"/>
     <w:rsid w:val="00661DAA"/>
     <w:rsid w:val="00662356"/>
     <w:rsid w:val="00663596"/>
     <w:rsid w:val="006652CF"/>
     <w:rsid w:val="006661B3"/>
     <w:rsid w:val="00670A8E"/>
     <w:rsid w:val="00674F59"/>
     <w:rsid w:val="00681CB6"/>
-    <w:rsid w:val="006849E4"/>
     <w:rsid w:val="006950EE"/>
     <w:rsid w:val="006A147C"/>
     <w:rsid w:val="006A1CE7"/>
     <w:rsid w:val="006A26CB"/>
     <w:rsid w:val="006A2D3A"/>
     <w:rsid w:val="006A2DD2"/>
     <w:rsid w:val="006A4EB4"/>
     <w:rsid w:val="006A50E1"/>
     <w:rsid w:val="006A710E"/>
     <w:rsid w:val="006A7272"/>
     <w:rsid w:val="006B10B0"/>
     <w:rsid w:val="006B724B"/>
     <w:rsid w:val="006C0D43"/>
     <w:rsid w:val="006C5B50"/>
     <w:rsid w:val="006D2732"/>
     <w:rsid w:val="006D3566"/>
     <w:rsid w:val="006D394F"/>
     <w:rsid w:val="006D5C93"/>
     <w:rsid w:val="006E02A1"/>
     <w:rsid w:val="006E1AF3"/>
     <w:rsid w:val="006E57A3"/>
     <w:rsid w:val="006F4DAE"/>
     <w:rsid w:val="007002E1"/>
     <w:rsid w:val="00701DBC"/>
     <w:rsid w:val="007074B3"/>
@@ -5618,89 +5616,91 @@
     <w:rsid w:val="007C791F"/>
     <w:rsid w:val="007E0D4A"/>
     <w:rsid w:val="007E1E9D"/>
     <w:rsid w:val="007F024D"/>
     <w:rsid w:val="007F2CEC"/>
     <w:rsid w:val="007F409F"/>
     <w:rsid w:val="00803BBD"/>
     <w:rsid w:val="008132B6"/>
     <w:rsid w:val="0081442C"/>
     <w:rsid w:val="00814E22"/>
     <w:rsid w:val="00817EDB"/>
     <w:rsid w:val="00825427"/>
     <w:rsid w:val="00830A80"/>
     <w:rsid w:val="0083353A"/>
     <w:rsid w:val="00836D7E"/>
     <w:rsid w:val="00841201"/>
     <w:rsid w:val="008420E2"/>
     <w:rsid w:val="0084662F"/>
     <w:rsid w:val="00846FCB"/>
     <w:rsid w:val="00847513"/>
     <w:rsid w:val="008516A7"/>
     <w:rsid w:val="00857068"/>
     <w:rsid w:val="00857D76"/>
     <w:rsid w:val="00864810"/>
     <w:rsid w:val="00866123"/>
+    <w:rsid w:val="008724AA"/>
     <w:rsid w:val="00885E5E"/>
     <w:rsid w:val="00887556"/>
     <w:rsid w:val="00887A2A"/>
     <w:rsid w:val="00894154"/>
     <w:rsid w:val="00894381"/>
     <w:rsid w:val="008A0D34"/>
     <w:rsid w:val="008A0F5A"/>
     <w:rsid w:val="008B0C54"/>
     <w:rsid w:val="008B6B55"/>
     <w:rsid w:val="008C4D65"/>
     <w:rsid w:val="008D0DBB"/>
     <w:rsid w:val="008D4064"/>
     <w:rsid w:val="008E4905"/>
     <w:rsid w:val="008E51C2"/>
     <w:rsid w:val="008F1048"/>
     <w:rsid w:val="008F1D17"/>
     <w:rsid w:val="008F53C6"/>
     <w:rsid w:val="008F6483"/>
     <w:rsid w:val="008F679C"/>
     <w:rsid w:val="00905FAC"/>
     <w:rsid w:val="00906281"/>
     <w:rsid w:val="0091210D"/>
     <w:rsid w:val="009139D5"/>
     <w:rsid w:val="009234BA"/>
     <w:rsid w:val="009317C4"/>
     <w:rsid w:val="00933F21"/>
     <w:rsid w:val="009378FC"/>
     <w:rsid w:val="0094139C"/>
     <w:rsid w:val="00943ED2"/>
     <w:rsid w:val="00943FE2"/>
     <w:rsid w:val="009442C3"/>
     <w:rsid w:val="00950282"/>
     <w:rsid w:val="00951B39"/>
     <w:rsid w:val="00954508"/>
     <w:rsid w:val="00960952"/>
     <w:rsid w:val="00960F71"/>
     <w:rsid w:val="009617D8"/>
     <w:rsid w:val="00963EE3"/>
     <w:rsid w:val="00970EE4"/>
+    <w:rsid w:val="00972D31"/>
     <w:rsid w:val="009737A2"/>
     <w:rsid w:val="00973BF0"/>
     <w:rsid w:val="00974F18"/>
     <w:rsid w:val="0097673F"/>
     <w:rsid w:val="00980F62"/>
     <w:rsid w:val="009811FD"/>
     <w:rsid w:val="009963DA"/>
     <w:rsid w:val="00996AC6"/>
     <w:rsid w:val="00996DBE"/>
     <w:rsid w:val="009A24F2"/>
     <w:rsid w:val="009A64DB"/>
     <w:rsid w:val="009B4509"/>
     <w:rsid w:val="009B6368"/>
     <w:rsid w:val="009C50B4"/>
     <w:rsid w:val="009C5654"/>
     <w:rsid w:val="009C70D4"/>
     <w:rsid w:val="009D18F1"/>
     <w:rsid w:val="009D5E1A"/>
     <w:rsid w:val="009D6045"/>
     <w:rsid w:val="009D61F3"/>
     <w:rsid w:val="009D6D61"/>
     <w:rsid w:val="009E0F87"/>
     <w:rsid w:val="009E7306"/>
     <w:rsid w:val="009F0348"/>
     <w:rsid w:val="009F17F1"/>
@@ -5709,50 +5709,51 @@
     <w:rsid w:val="009F4484"/>
     <w:rsid w:val="009F4F6C"/>
     <w:rsid w:val="00A00F3E"/>
     <w:rsid w:val="00A05645"/>
     <w:rsid w:val="00A13ED1"/>
     <w:rsid w:val="00A2456B"/>
     <w:rsid w:val="00A25123"/>
     <w:rsid w:val="00A270A1"/>
     <w:rsid w:val="00A31680"/>
     <w:rsid w:val="00A33B9B"/>
     <w:rsid w:val="00A348B1"/>
     <w:rsid w:val="00A36E5C"/>
     <w:rsid w:val="00A445BB"/>
     <w:rsid w:val="00A547C0"/>
     <w:rsid w:val="00A579FB"/>
     <w:rsid w:val="00A57A02"/>
     <w:rsid w:val="00A63AFC"/>
     <w:rsid w:val="00A643FA"/>
     <w:rsid w:val="00A67296"/>
     <w:rsid w:val="00A72D1B"/>
     <w:rsid w:val="00A748CF"/>
     <w:rsid w:val="00A863E0"/>
     <w:rsid w:val="00A87B04"/>
     <w:rsid w:val="00A87B3D"/>
     <w:rsid w:val="00A905D7"/>
+    <w:rsid w:val="00A9417C"/>
     <w:rsid w:val="00A963E3"/>
     <w:rsid w:val="00A96C1D"/>
     <w:rsid w:val="00A9787A"/>
     <w:rsid w:val="00AA1DE5"/>
     <w:rsid w:val="00AA6400"/>
     <w:rsid w:val="00AB08AB"/>
     <w:rsid w:val="00AC21A3"/>
     <w:rsid w:val="00AC39D0"/>
     <w:rsid w:val="00AC567F"/>
     <w:rsid w:val="00AD2202"/>
     <w:rsid w:val="00AD3122"/>
     <w:rsid w:val="00AD3AB7"/>
     <w:rsid w:val="00AD7FC5"/>
     <w:rsid w:val="00AE0CE3"/>
     <w:rsid w:val="00AE311F"/>
     <w:rsid w:val="00AE6699"/>
     <w:rsid w:val="00B0267B"/>
     <w:rsid w:val="00B02A3E"/>
     <w:rsid w:val="00B051FB"/>
     <w:rsid w:val="00B114ED"/>
     <w:rsid w:val="00B145FF"/>
     <w:rsid w:val="00B146BD"/>
     <w:rsid w:val="00B178D3"/>
     <w:rsid w:val="00B271E5"/>
     <w:rsid w:val="00B27FB1"/>
@@ -5761,51 +5762,50 @@
     <w:rsid w:val="00B443E0"/>
     <w:rsid w:val="00B470F9"/>
     <w:rsid w:val="00B56F1D"/>
     <w:rsid w:val="00B57F38"/>
     <w:rsid w:val="00B61654"/>
     <w:rsid w:val="00B641D8"/>
     <w:rsid w:val="00B66036"/>
     <w:rsid w:val="00B75BE8"/>
     <w:rsid w:val="00B8221A"/>
     <w:rsid w:val="00B83D33"/>
     <w:rsid w:val="00B8403A"/>
     <w:rsid w:val="00B84C21"/>
     <w:rsid w:val="00B84E30"/>
     <w:rsid w:val="00B9426E"/>
     <w:rsid w:val="00B95C6E"/>
     <w:rsid w:val="00B96593"/>
     <w:rsid w:val="00B97BAE"/>
     <w:rsid w:val="00B97E5D"/>
     <w:rsid w:val="00BA2719"/>
     <w:rsid w:val="00BB0567"/>
     <w:rsid w:val="00BB35D9"/>
     <w:rsid w:val="00BB3C5A"/>
     <w:rsid w:val="00BC1304"/>
     <w:rsid w:val="00BD153F"/>
     <w:rsid w:val="00BE120D"/>
-    <w:rsid w:val="00BF4888"/>
     <w:rsid w:val="00C02500"/>
     <w:rsid w:val="00C10EB1"/>
     <w:rsid w:val="00C11B1E"/>
     <w:rsid w:val="00C15F98"/>
     <w:rsid w:val="00C2227B"/>
     <w:rsid w:val="00C227E4"/>
     <w:rsid w:val="00C26691"/>
     <w:rsid w:val="00C41C6E"/>
     <w:rsid w:val="00C45487"/>
     <w:rsid w:val="00C5230D"/>
     <w:rsid w:val="00C56897"/>
     <w:rsid w:val="00C625FC"/>
     <w:rsid w:val="00C67884"/>
     <w:rsid w:val="00C76EEE"/>
     <w:rsid w:val="00C81A3C"/>
     <w:rsid w:val="00C83482"/>
     <w:rsid w:val="00C83EAD"/>
     <w:rsid w:val="00C90F5D"/>
     <w:rsid w:val="00C91376"/>
     <w:rsid w:val="00C96515"/>
     <w:rsid w:val="00CB055A"/>
     <w:rsid w:val="00CB07E8"/>
     <w:rsid w:val="00CB51FD"/>
     <w:rsid w:val="00CB7A7D"/>
     <w:rsid w:val="00CC7AFD"/>
@@ -5836,51 +5836,50 @@
     <w:rsid w:val="00D723ED"/>
     <w:rsid w:val="00D73FE5"/>
     <w:rsid w:val="00D74523"/>
     <w:rsid w:val="00D76DBC"/>
     <w:rsid w:val="00D828F7"/>
     <w:rsid w:val="00D85F34"/>
     <w:rsid w:val="00D877CC"/>
     <w:rsid w:val="00D90DCF"/>
     <w:rsid w:val="00D94B15"/>
     <w:rsid w:val="00D95ECB"/>
     <w:rsid w:val="00D977B5"/>
     <w:rsid w:val="00D97CCA"/>
     <w:rsid w:val="00DA4623"/>
     <w:rsid w:val="00DB4DA0"/>
     <w:rsid w:val="00DC10A2"/>
     <w:rsid w:val="00DC3E3E"/>
     <w:rsid w:val="00DD0D48"/>
     <w:rsid w:val="00DD332C"/>
     <w:rsid w:val="00DD369D"/>
     <w:rsid w:val="00DD6381"/>
     <w:rsid w:val="00DE0BFC"/>
     <w:rsid w:val="00DE1B59"/>
     <w:rsid w:val="00DE3C8E"/>
     <w:rsid w:val="00DE4494"/>
     <w:rsid w:val="00DE6202"/>
-    <w:rsid w:val="00E0116E"/>
     <w:rsid w:val="00E01F7B"/>
     <w:rsid w:val="00E038C6"/>
     <w:rsid w:val="00E05693"/>
     <w:rsid w:val="00E066D6"/>
     <w:rsid w:val="00E07331"/>
     <w:rsid w:val="00E1301E"/>
     <w:rsid w:val="00E23B8C"/>
     <w:rsid w:val="00E30740"/>
     <w:rsid w:val="00E307EE"/>
     <w:rsid w:val="00E309E6"/>
     <w:rsid w:val="00E323DE"/>
     <w:rsid w:val="00E33156"/>
     <w:rsid w:val="00E3342C"/>
     <w:rsid w:val="00E36D78"/>
     <w:rsid w:val="00E47F4F"/>
     <w:rsid w:val="00E542B8"/>
     <w:rsid w:val="00E565DF"/>
     <w:rsid w:val="00E567DF"/>
     <w:rsid w:val="00E57E90"/>
     <w:rsid w:val="00E62500"/>
     <w:rsid w:val="00E70246"/>
     <w:rsid w:val="00E7258C"/>
     <w:rsid w:val="00E765E0"/>
     <w:rsid w:val="00E81CE1"/>
     <w:rsid w:val="00E87DF2"/>
@@ -7115,51 +7114,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D6045"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://GHMcomms.com/terms-conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scgcloud.com/terms-conditions" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Data\Dropbox\itcontracttemplates\New%20DRAFTS%20dotx\23-Master-Services-Agreement%20D%20-%20with%20AY%20notes.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -7403,70 +7402,81 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e57ba802-b8db-44a3-aca2-9055ac4f69f8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
      < d o c u m e n t i d > D M S ! 1 2 3 9 5 1 0 1 . 1 < / d o c u m e n t i d > 
  
      < s e n d e r i d > A G C < / s e n d e r i d > 
  
      < s e n d e r e m a i l > A L I C E . C A R R @ M O O R E B L A T C H . C O M < / s e n d e r e m a i l > 
  
      < l a s t m o d i f i e d > 2 0 2 4 - 1 2 - 2 3 T 0 8 : 4 6 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > D M S < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100908B9013099ECE44A120F2FCDC3ED9AA" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2e2650cdaad62d9dc00a3092ed92e37e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e57ba802-b8db-44a3-aca2-9055ac4f69f8" xmlns:ns3="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0ff2aa9d35d2b6f90233488caf4d7dfa" ns2:_="" ns3:_="">
     <xsd:import namespace="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
     <xsd:import namespace="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
@@ -7659,154 +7669,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1D482BE-87F2-4253-BEC4-FF3391563221}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
+    <ds:schemaRef ds:uri="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84FDD79E-245C-4FDA-ACF2-6623BB31EBAD}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA9E89F6-9380-41D3-96CC-9254C0EDB63C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19A49825-5BFA-4FC8-B391-B0EA2397497E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0625E0CD-54E7-4DB2-A43C-A2FD83CEE121}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e57ba802-b8db-44a3-aca2-9055ac4f69f8"/>
     <ds:schemaRef ds:uri="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB11086B-FD91-4A6E-AB9A-D43E0ED2CEDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="f8de31e0-f075-46f2-bb4f-5a5ae7d0ec59"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>23-Master-Services-Agreement D - with AY notes.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1760</Words>
-  <Characters>10038</Characters>
+  <Words>1757</Words>
+  <Characters>10020</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>83</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IT Contract Templates</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11775</CharactersWithSpaces>
+  <CharactersWithSpaces>11754</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Anne Hall</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100908B9013099ECE44A120F2FCDC3ED9AA</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>