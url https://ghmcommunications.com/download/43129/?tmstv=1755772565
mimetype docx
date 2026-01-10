--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -14,51 +14,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CBFE132" w14:textId="2C44B688" w:rsidR="005447A7" w:rsidRPr="00D53DCD" w:rsidRDefault="003E039A" w:rsidP="009603BD">
+    <w:p w14:paraId="7CBFE132" w14:textId="712067F7" w:rsidR="005447A7" w:rsidRPr="00D53DCD" w:rsidRDefault="00464E62" w:rsidP="009603BD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GHM COMMUNICATIONS</w:t>
       </w:r>
       <w:r w:rsidR="001F665A" w:rsidRPr="00D53DCD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -103,80 +103,90 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>SERVICE SCHEDULE</w:t>
       </w:r>
       <w:r w:rsidR="008F6EC2" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> FOR </w:t>
       </w:r>
       <w:r w:rsidR="00224A42" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>VOICE TELEPHONY SERVICES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070A9740" w14:textId="7DFAAE1E" w:rsidR="003002E9" w:rsidRPr="00B370B3" w:rsidRDefault="003002E9" w:rsidP="009603BD">
+    <w:p w14:paraId="070A9740" w14:textId="739A5FDE" w:rsidR="003002E9" w:rsidRPr="00B370B3" w:rsidRDefault="003002E9" w:rsidP="009603BD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(WITH ENHANCED HOSTED</w:t>
       </w:r>
       <w:r w:rsidR="005330B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> SERVICES</w:t>
+      </w:r>
+      <w:r w:rsidR="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AND LEGACY PROTECT</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446FB7B4" w14:textId="77777777" w:rsidR="00471F0F" w:rsidRPr="00B370B3" w:rsidRDefault="00471F0F" w:rsidP="009603BD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CE756A0" w14:textId="3483D804" w:rsidR="00471F0F" w:rsidRPr="008052FD" w:rsidRDefault="00471F0F" w:rsidP="000229BA">
@@ -451,129 +461,256 @@
           <w:p w14:paraId="1B029D84" w14:textId="7862C575" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24/7 Remote Support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31A120E6" w14:textId="358A8328" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
+          <w:p w14:paraId="31A120E6" w14:textId="6BF2C953" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00A0278D" w:rsidP="000229BA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008052FD">
-[...5 lines deleted...]
-              <w:t>Enhanced Hosted Services provided on a remote basis</w:t>
+            <w:r w:rsidRPr="00A0278D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the provision of technical or customer support services </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">via </w:t>
+            </w:r>
+            <w:r w:rsidR="00651DA9" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Enhanced Hosted Services</w:t>
+            </w:r>
+            <w:r w:rsidR="00A24ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>delivered</w:t>
+            </w:r>
+            <w:r w:rsidR="00D76B76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00651DA9" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>on a remote basis</w:t>
             </w:r>
             <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> during Working Hours and</w:t>
             </w:r>
-            <w:r w:rsidRPr="008052FD">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Out-of-Hours pursuant to clause </w:t>
+            <w:r w:rsidR="00651DA9" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Out-of-Hours pursuant to clause</w:t>
+            </w:r>
+            <w:r w:rsidR="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00651DA9" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185599549 \r \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.6</w:t>
             </w:r>
             <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref209525538 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006F2D6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.8</w:t>
+            </w:r>
+            <w:r w:rsidR="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (inclusive)</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E6182B4" w14:textId="532B0C07" w:rsidR="005330B7" w:rsidRPr="008052FD" w:rsidRDefault="005330B7" w:rsidP="000229BA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -618,148 +755,236 @@
             </w:r>
             <w:r w:rsidR="00FE173F" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">s </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0237E9" w14:textId="299937B6" w:rsidR="009373BD" w:rsidRPr="008052FD" w:rsidRDefault="00FE173F" w:rsidP="00D937B6">
+          <w:p w14:paraId="0D0237E9" w14:textId="5C226A0A" w:rsidR="009373BD" w:rsidRPr="008052FD" w:rsidRDefault="00FE173F" w:rsidP="00D937B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">licences granted by the Company or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>third party</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> provider that allows</w:t>
+              <w:t xml:space="preserve"> provider </w:t>
+            </w:r>
+            <w:r w:rsidR="00066842" w:rsidRPr="00066842">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>on an individual user basis</w:t>
+            </w:r>
+            <w:r w:rsidR="00066842">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, which permits a specific </w:t>
             </w:r>
             <w:r w:rsidR="009373BD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> employees and independent contractors of the </w:t>
+              <w:t xml:space="preserve">employee </w:t>
+            </w:r>
+            <w:r w:rsidR="00066842">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidR="009373BD" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> independent contractor of the Customer to use Software through the Services under the Agreement, as specified in the Order </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="009373BD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Customer  to</w:t>
+              <w:t>Form</w:t>
+            </w:r>
+            <w:r w:rsidR="00066842">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="009373BD" w:rsidRPr="008052FD">
-[...24 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00066842">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="009373BD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04E841E6" w14:textId="28BA0B49" w:rsidR="00B7097F" w:rsidRPr="008052FD" w:rsidRDefault="00B7097F" w:rsidP="00D937B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A192D" w:rsidRPr="008052FD" w14:paraId="0239ED36" w14:textId="77777777" w:rsidTr="000229BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BDB1414" w14:textId="448B8B2D" w:rsidR="001A192D" w:rsidRPr="008052FD" w:rsidRDefault="001A192D" w:rsidP="000229BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Authorised Provider </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9E1936" w14:textId="668C70D8" w:rsidR="001A192D" w:rsidRPr="008052FD" w:rsidRDefault="001A192D" w:rsidP="00D937B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A192D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">has the meaning given to it </w:t>
+            </w:r>
+            <w:r w:rsidR="001C319A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A192D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the Master Services Agreement;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224A42" w:rsidRPr="008052FD" w14:paraId="4385C22D" w14:textId="77777777" w:rsidTr="008E35B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="249B0622" w14:textId="592A4DD4" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="008E35B7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -793,133 +1018,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>companies</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="6A4711E1" w14:textId="2FCB0ADD" w:rsidR="005330B7" w:rsidRPr="008052FD" w:rsidRDefault="005330B7" w:rsidP="00D937B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
-              </w:rPr>
-[...81 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="482281DE" w14:textId="77777777" w:rsidTr="00D04388">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28A8B3C5" w14:textId="014FC600" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00D937B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -1031,143 +1173,134 @@
           <w:p w14:paraId="5A765002" w14:textId="0BD5981F" w:rsidR="00D27D20" w:rsidRPr="008052FD" w:rsidRDefault="00D27D20" w:rsidP="00D937B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Business Continuity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC35A5B" w14:textId="44F192E7" w:rsidR="00D27D20" w:rsidRPr="008052FD" w:rsidRDefault="00D27D20" w:rsidP="00D937B6">
+          <w:p w14:paraId="1AC35A5B" w14:textId="1582E50B" w:rsidR="00D27D20" w:rsidRPr="008052FD" w:rsidRDefault="00D27D20" w:rsidP="00D937B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the Service Assured Product described in </w:t>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lause</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
+            <w:r w:rsidR="00C04183">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
-[...7 lines deleted...]
-            <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
+            <w:r w:rsidR="00C04183">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref214958529 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00C04183">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
+            </w:r>
+            <w:r w:rsidR="00C04183">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-            </w:r>
-[...6 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
-[...7 lines deleted...]
-            <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
+            <w:r w:rsidR="00C04183">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00C04183">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> provide</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
@@ -1234,51 +1367,51 @@
           <w:p w14:paraId="0609B8FC" w14:textId="3C34E4C8" w:rsidR="00F63F6A" w:rsidRPr="008052FD" w:rsidRDefault="00F63F6A" w:rsidP="00D937B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Business Continuity Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0A5C10" w14:textId="6DD5B4AD" w:rsidR="00F63F6A" w:rsidRPr="008052FD" w:rsidRDefault="00F63F6A" w:rsidP="00D937B6">
+          <w:p w14:paraId="3E0A5C10" w14:textId="767E264B" w:rsidR="00F63F6A" w:rsidRPr="008052FD" w:rsidRDefault="00F63F6A" w:rsidP="00D937B6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">has the meaning given to it under clause </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="008052FD">
@@ -1290,74 +1423,221 @@
               <w:instrText xml:space="preserve"> REF _Ref185524050 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
-[...5 lines deleted...]
-              <w:t>10.4</w:t>
+            <w:r w:rsidR="00C04183">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.4</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA0D65" w:rsidRPr="008052FD" w14:paraId="7864A39D" w14:textId="77777777" w:rsidTr="001E4BD1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E5BD70" w14:textId="77777777" w:rsidR="00AA0D65" w:rsidRPr="008052FD" w:rsidRDefault="00AA0D65" w:rsidP="001E4BD1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Call</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A153C5" w14:textId="77777777" w:rsidR="00AA0D65" w:rsidRPr="008052FD" w:rsidRDefault="00AA0D65" w:rsidP="001E4BD1">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D177D7C" w14:textId="77777777" w:rsidR="00AA0D65" w:rsidRPr="008052FD" w:rsidRDefault="00AA0D65" w:rsidP="001E4BD1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> transmission of voice,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">communication </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(excluding text messages) w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hich is routed through a telecommunications </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004D6FC6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="093604D9" w14:textId="77777777" w:rsidR="00AA0D65" w:rsidRPr="008052FD" w:rsidRDefault="00AA0D65" w:rsidP="001E4BD1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="4D2CD21C" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EDD072C" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1367,284 +1647,245 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="306927E9" w14:textId="17ECB8C5" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="000229BA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the Company’s charges for calls made on the System (including reverse charge calls) as set out in the Order Form or as otherwise notified to the Customer by the Company from time to time;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="5D94EE49" w14:textId="77777777" w:rsidTr="000229BA">
-[...117 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00224A42" w:rsidRPr="008052FD" w14:paraId="6D9A8D1E" w14:textId="77777777" w:rsidTr="008E35B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="001A25E4" w14:textId="679BE269" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="008E35B7">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Call Recording Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="062C53E1" w14:textId="3AA7AC12" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="00224A42">
+          <w:p w14:paraId="062C53E1" w14:textId="2F4AE943" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="004B18EE" w:rsidP="00224A42">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">means a service </w:t>
+            </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>any call recording service offered to the Customer by the Company;</w:t>
+              <w:t>offered to the Customer by the Company</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>that enables the recording of telephone calls made or received over a telecommunications network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="6C3C2513" w14:textId="77777777" w:rsidTr="00D04388">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66B95FE7" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00D937B6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Change Requests</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C4CEF8" w14:textId="63379467" w:rsidR="00590BCE" w:rsidRPr="008052FD" w:rsidRDefault="00FD1F83" w:rsidP="00590BCE">
+          <w:p w14:paraId="79C4CEF8" w14:textId="194F3A5E" w:rsidR="00590BCE" w:rsidRPr="008052FD" w:rsidRDefault="00FD1F83" w:rsidP="00590BCE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>a request from the Customer to the Company to make changes to the Private Bran</w:t>
+              <w:t xml:space="preserve">a request from the Customer to the Company to make changes to the </w:t>
+            </w:r>
+            <w:r w:rsidR="007E7FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rivate </w:t>
+            </w:r>
+            <w:r w:rsidR="007E7FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ran</w:t>
             </w:r>
             <w:r w:rsidR="00F2741F" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ch</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Exchange (PBX) phone system </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007E7FA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">xchange (PBX) phone system </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>oftware</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
@@ -1743,120 +1984,128 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="0963D572" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A6742E9" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Configuration Portal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="467ECBF8" w14:textId="6645198B" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00FE13EA">
+          <w:p w14:paraId="467ECBF8" w14:textId="67E36AD5" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00FE13EA">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the web</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>based portal used by the Customer to create and manage telephone features;</w:t>
+              <w:t>based portal used by the Customer to create and manage telephone features</w:t>
+            </w:r>
+            <w:r w:rsidR="00E42BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and related setting associated with the Service; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="0309245B" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56001C8D" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Connect To Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D543885" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00FE13EA">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the contact number used to connect to the relevant Emergency Services Organisation;</w:t>
@@ -1872,71 +2121,87 @@
           <w:p w14:paraId="10C468F7" w14:textId="1A4B492C" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Connection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34BA4DF0" w14:textId="702F85C3" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
+          <w:p w14:paraId="34BA4DF0" w14:textId="04B000FA" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">a connection to the System as required to provide the Services to the </w:t>
+              <w:t xml:space="preserve">a connection to the System as required </w:t>
+            </w:r>
+            <w:r w:rsidR="00E42BB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">by the Company </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to provide the Services to the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Customer</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="59FB7E29" w14:textId="5668D22F" w:rsidR="005330B7" w:rsidRPr="008052FD" w:rsidRDefault="005330B7" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
@@ -1960,71 +2225,71 @@
           <w:p w14:paraId="5E43BE16" w14:textId="0E54284F" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Connection Charge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A65E815" w14:textId="77777777" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="000229BA">
+          <w:p w14:paraId="7A65E815" w14:textId="1A864FC3" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">the non-refundable charge (if any) payable by the Customer for installation and connection to the System as set out in the Order From or as otherwise notified by the </w:t>
+              <w:t xml:space="preserve">the non-refundable charge payable by the Customer for installation and connection to the System as set out in the Order From or as otherwise notified by the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Company;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="67E0399E" w14:textId="32F76D8D" w:rsidR="005330B7" w:rsidRPr="008052FD" w:rsidRDefault="005330B7" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2040,90 +2305,172 @@
           <w:p w14:paraId="3DCEE261" w14:textId="608891D6" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Connection Point</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD31E72" w14:textId="67648FC3" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00224A42" w:rsidP="000229BA">
+          <w:p w14:paraId="6BD31E72" w14:textId="6592CF2E" w:rsidR="00224A42" w:rsidRPr="008052FD" w:rsidRDefault="00AC7CE4" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008052FD">
-[...5 lines deleted...]
-              <w:t>includes a terminal block, a socket for a removable plug, a distribution frame, or any other device which the Company fixes at any of the Sites to connect Customer</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">any </w:t>
+            </w:r>
+            <w:r w:rsidR="00224A42" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">terminal block, a socket for a removable plug, a distribution frame, or any other device </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>installed by</w:t>
+            </w:r>
+            <w:r w:rsidR="00224A42" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the Company </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at </w:t>
+            </w:r>
+            <w:r w:rsidR="00224A42" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the Site</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(s) for the purpose </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidR="00224A42" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> connect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ing</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00224A42" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Customer</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> E</w:t>
             </w:r>
-            <w:r w:rsidRPr="008052FD">
+            <w:r w:rsidR="00224A42" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">quipment to an Exchange </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008052FD">
+            <w:r w:rsidR="00224A42" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Line;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="44CF6E77" w14:textId="7878249C" w:rsidR="005330B7" w:rsidRPr="008052FD" w:rsidRDefault="005330B7" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:tabs>
                 <w:tab w:val="right" w:pos="8978"/>
               </w:tabs>
               <w:spacing w:after="7" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2218,50 +2565,112 @@
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a device or program that is designed to place mass outbound Calls simultaneously</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="002C4236" w:rsidRPr="008052FD" w14:paraId="6A0DC8DC" w14:textId="77777777" w:rsidTr="000229BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA9E9A1" w14:textId="7CD0E7D6" w:rsidR="002C4236" w:rsidRPr="008052FD" w:rsidRDefault="002C4236" w:rsidP="000229BA">
+            <w:pPr>
+              <w:pStyle w:val="MBClauselevel2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Documentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A74B341" w14:textId="78E37C85" w:rsidR="002C4236" w:rsidRPr="008052FD" w:rsidRDefault="002C4236" w:rsidP="000229BA">
+            <w:pPr>
+              <w:pStyle w:val="MBClauselevel2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4236">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">has the meaning given to it </w:t>
+            </w:r>
+            <w:r w:rsidR="001C319A">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4236">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the Master Services Agreement;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="0BAF4AFC" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44EC42AA" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00C33553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Emergency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2544,99 +2953,107 @@
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Emergency Services Organisation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5951BA47" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00C33553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ECC6A9A" w14:textId="41BA6E3F" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="008E1495">
+          <w:p w14:paraId="2ECC6A9A" w14:textId="469DC2D0" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="008E1495">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the relevant local public police, fire, ambulance and coastguard</w:t>
             </w:r>
             <w:r w:rsidR="00F2741F" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">services and other similar organisation </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>providing assistance to</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the public in </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC7CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the case of </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>emergencies;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="73226B23" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="008E1495">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="3266025F" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
@@ -2645,233 +3062,463 @@
           </w:tcPr>
           <w:p w14:paraId="392ED9E3" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00C33553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Enhanced Hosted Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F67EA9" w14:textId="09831CDA" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="001F665A">
+          <w:p w14:paraId="53F67EA9" w14:textId="77E94E3B" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="001F665A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="001F665A" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Service Assured Product described in clauses </w:t>
+              <w:t xml:space="preserve">Service Assured Product </w:t>
+            </w:r>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that provides upgraded </w:t>
+            </w:r>
+            <w:r w:rsidR="000061BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">osted </w:t>
+            </w:r>
+            <w:r w:rsidR="000061BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">elephony services, as </w:t>
+            </w:r>
+            <w:r w:rsidR="001F665A" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">described in clause </w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185600546 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">; </w:t>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and outlined in  </w:t>
+            </w:r>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref185505846 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006F2D6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Schedule 2</w:t>
+            </w:r>
+            <w:r w:rsidR="009B68A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="00935A1C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035565F" w:rsidRPr="008052FD" w14:paraId="706DF6F2" w14:textId="77777777" w:rsidTr="000229BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1701EAF7" w14:textId="3BB958F2" w:rsidR="0035565F" w:rsidRPr="008052FD" w:rsidRDefault="0035565F" w:rsidP="00C33553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Enhanced Network Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9FCC50" w14:textId="6FEA2F33" w:rsidR="0035565F" w:rsidRPr="008052FD" w:rsidRDefault="0035565F" w:rsidP="001F665A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035565F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the Service Assured Product described in Clause </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref214957190 \r \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="0035565F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and provided to the Customer pursuant to the terms of the Agreement;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA0D21" w:rsidRPr="008052FD" w14:paraId="39247500" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A3B60A2" w14:textId="3826BA71" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00C33553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exchange Line</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E61C1F0" w14:textId="77777777" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="000229BA">
+          <w:p w14:paraId="0E61C1F0" w14:textId="4541694B" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="000229BA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">any apparatus forming part of the System used by the Company to connect the Site to a telephone exchange to provide the </w:t>
+              <w:t xml:space="preserve">any </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC7CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">telecommunications line or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">apparatus forming part of the System </w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">used by the Company to connect the Site to a telephone exchange </w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> provi</w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sion of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Services;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="62F7026A" w14:textId="7F2C6B6B" w:rsidR="00B35998" w:rsidRPr="008052FD" w:rsidRDefault="00B35998" w:rsidP="000229BA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidDel="00D8379D" w14:paraId="48E37D90" w14:textId="77777777" w:rsidTr="000229BA">
@@ -2881,91 +3528,233 @@
           </w:tcPr>
           <w:p w14:paraId="0F51AA3A" w14:textId="404BB017" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidDel="00D8379D" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fair Usage Policy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F958F53" w14:textId="0CA458BA" w:rsidR="00B55C7C" w:rsidRPr="008052FD" w:rsidRDefault="001E17C0" w:rsidP="000229BA">
+          <w:p w14:paraId="5F958F53" w14:textId="59EA14AC" w:rsidR="00B55C7C" w:rsidRPr="008052FD" w:rsidRDefault="006951CB" w:rsidP="000229BA">
             <w:pPr>
               <w:spacing w:after="230"/>
               <w:ind w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008052FD">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">must </w:t>
+            <w:r w:rsidRPr="006951CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>means the requirement that the Customer must not use the Services in breach of clause</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB4337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006951CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref209526641 \r \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C04183">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16.1.8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB4337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB4337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00CB4337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref209601116 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00CB4337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00CB4337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00C04183">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16.7</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB4337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00CB4337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or in a manner that causes </w:t>
+            </w:r>
+            <w:r w:rsidR="001E17C0" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the Customer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to</w:t>
             </w:r>
             <w:r w:rsidR="003B5B07" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">not exceed </w:t>
+              <w:t xml:space="preserve"> exceed </w:t>
             </w:r>
             <w:r w:rsidR="00B55C7C" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the following maximum threshold:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60DE105E" w14:textId="36E3C097" w:rsidR="00B55C7C" w:rsidRPr="008052FD" w:rsidRDefault="00B55C7C" w:rsidP="00B55C7C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:after="230"/>
               <w:ind w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -2988,212 +3777,286 @@
               <w:spacing w:after="230"/>
               <w:ind w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a further 2000 minutes to mobile numbers</w:t>
             </w:r>
             <w:r w:rsidR="001E17C0" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4AFC3754" w14:textId="27BCC1A7" w:rsidR="001E17C0" w:rsidRPr="008052FD" w:rsidDel="00D8379D" w:rsidRDefault="001E17C0" w:rsidP="00D53DCD">
+          <w:p w14:paraId="4AFC3754" w14:textId="79712B5F" w:rsidR="001E17C0" w:rsidRPr="008052FD" w:rsidDel="00D8379D" w:rsidRDefault="001E17C0" w:rsidP="00D53DCD">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:spacing w:after="230"/>
               <w:ind w:right="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">such other </w:t>
             </w:r>
             <w:r w:rsidR="003B5B07" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">maximum </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>threshold</w:t>
             </w:r>
             <w:r w:rsidR="003B5B07" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> agreed between the parties in writing</w:t>
             </w:r>
-            <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
-[...5 lines deleted...]
-              <w:t>;</w:t>
+            <w:r w:rsidR="006951CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="4FEE8DA6" w14:textId="77777777" w:rsidTr="008E35B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A54D44E" w14:textId="1FD8EAD3" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00C33553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Fault</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7912FFC8" w14:textId="38A644D3" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="008E1495">
+          <w:p w14:paraId="7912FFC8" w14:textId="0C0B2ED6" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="008E1495">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">a systems malfunction </w:t>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidR="009B7A3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reproducible </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">systems malfunction </w:t>
             </w:r>
             <w:r w:rsidR="008919BC" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">that adversely affects the quality or continuity of a </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00590BCE" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="008919BC" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>all;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="008919BC" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="036189C2" w14:textId="3CA2292D" w:rsidR="00B35998" w:rsidRPr="008052FD" w:rsidRDefault="00B35998" w:rsidP="008E1495">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000061BF" w:rsidRPr="008052FD" w14:paraId="46210C57" w14:textId="77777777" w:rsidTr="008E35B7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CD1086" w14:textId="733FE383" w:rsidR="000061BF" w:rsidRPr="008052FD" w:rsidRDefault="000061BF" w:rsidP="00C33553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hosted Telephony </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76FF95C1" w14:textId="0599E682" w:rsidR="000061BF" w:rsidRPr="008052FD" w:rsidRDefault="000061BF" w:rsidP="008E1495">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000061BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a cloud-based telephony service provided by the Company, enabling voice communication over IP networks with features such as call management, remote access, device flexibility, and support</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="1F773188" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DBCFFA9" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00C33553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Incoming Calls</w:t>
@@ -3211,50 +4074,98 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="031A3530" w14:textId="0963FE6A" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="008E1495">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>calls from the destinations with E.164 numbers made to the Customer;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="002C4236" w:rsidRPr="008052FD" w14:paraId="00B965D5" w14:textId="77777777" w:rsidTr="000229BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A029887" w14:textId="3E04C8E5" w:rsidR="002C4236" w:rsidRPr="008052FD" w:rsidRDefault="002C4236" w:rsidP="00C33553">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Intellectual Property Rights</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A262E9" w14:textId="78FC7E88" w:rsidR="002C4236" w:rsidRPr="008052FD" w:rsidRDefault="002C4236" w:rsidP="008E1495">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4236">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>has the meaning given to it under the Master Services Agreement;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="77FC9762" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AB3DFA3" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00C33553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>International Destination Network</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="219747A9" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00C33553">
@@ -3264,51 +4175,50 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43A4D0E5" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="008E1495">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">a network operated in an overseas </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>country;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="24EECB5E" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="008E1495">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="1C845EE8" w14:textId="77777777" w:rsidTr="000229BA">
@@ -3376,65 +4286,73 @@
           </w:tcPr>
           <w:p w14:paraId="72223B1D" w14:textId="76D675DB" w:rsidR="008A61EB" w:rsidRPr="008052FD" w:rsidRDefault="008A61EB" w:rsidP="00C33553">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ISDN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2642AABE" w14:textId="74970CF4" w:rsidR="008A61EB" w:rsidRPr="008052FD" w:rsidRDefault="008A61EB" w:rsidP="003F35BF">
+          <w:p w14:paraId="2642AABE" w14:textId="37018460" w:rsidR="008A61EB" w:rsidRPr="008052FD" w:rsidRDefault="008A61EB" w:rsidP="003F35BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Integrated Services Digital Network</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA0D21" w:rsidRPr="008052FD" w14:paraId="5BE8A588" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3266181E" w14:textId="797BC2B2" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="000229BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3476,90 +4394,444 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> digital</w:t>
             </w:r>
             <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> telephone services that the Company provides to the Customer (as specified in the Order Form) by means of the </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>System;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="11B806C6" w14:textId="73794C34" w:rsidR="00B35998" w:rsidRPr="008052FD" w:rsidRDefault="00B35998" w:rsidP="000229BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0086625C" w:rsidRPr="008052FD" w14:paraId="2695B5E9" w14:textId="77777777" w:rsidTr="000229BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E52C960" w14:textId="1070BC4D" w:rsidR="0086625C" w:rsidRPr="008052FD" w:rsidRDefault="0086625C" w:rsidP="000229BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Legacy PBX</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2904574C" w14:textId="6FF57AC9" w:rsidR="0086625C" w:rsidRPr="008052FD" w:rsidRDefault="0086625C" w:rsidP="000229BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">an </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>on-premise</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rivate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ranch </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">xchange telephone system </w:t>
+            </w:r>
+            <w:r w:rsidR="00A368E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">provided by the Company </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>that uses traditional telephony infrastructure, such as ISDN</w:t>
+            </w:r>
+            <w:r w:rsidR="00365FBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, SIP</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or analogue lines, to manage internal and external voice communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00935A1C" w:rsidRPr="008052FD" w14:paraId="3454990C" w14:textId="77777777" w:rsidTr="000229BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A8B180" w14:textId="2A0F6E6F" w:rsidR="00935A1C" w:rsidRPr="008052FD" w:rsidRDefault="00935A1C" w:rsidP="000229BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Legacy Protect </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166EF80F" w14:textId="3604603D" w:rsidR="00935A1C" w:rsidRDefault="00FE14DC" w:rsidP="000229BA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE14DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">means the Service Assured Product provided to customers using </w:t>
+            </w:r>
+            <w:r w:rsidR="0086625C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Legacy </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE14DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PBX</w:t>
+            </w:r>
+            <w:r w:rsidR="00B70774">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="000C141E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE14DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">offering temporary </w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE14DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">osted </w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE14DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">elephony services as described </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F629E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in Clause </w:t>
+            </w:r>
+            <w:r w:rsidR="00F629E7" w:rsidRPr="00F8100D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00F629E7" w:rsidRPr="00F8100D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref209166201 \r \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F629E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00F629E7" w:rsidRPr="00F8100D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F629E7" w:rsidRPr="00F8100D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="006F2D6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00F629E7" w:rsidRPr="00F8100D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00924624">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DAE5736" w14:textId="5742039A" w:rsidR="00F629E7" w:rsidRPr="008052FD" w:rsidRDefault="00F629E7" w:rsidP="000229BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA0D21" w:rsidRPr="008052FD" w14:paraId="296940C8" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="407A2CA4" w14:textId="0F6D5916" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="000229BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Line Safe Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA3B618" w14:textId="60B97D0E" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
+          <w:p w14:paraId="0DA3B618" w14:textId="60ECD023" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk185519959"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="001F665A" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Service Assured Product described in </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
@@ -3595,408 +4867,457 @@
               <w:instrText xml:space="preserve"> REF _Ref185600797 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
-[...5 lines deleted...]
-              <w:t>9</w:t>
+            <w:r w:rsidR="006F2D6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and provided to the </w:t>
             </w:r>
             <w:r w:rsidR="001F665A" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Customer pursuant to the terms of the Agreement. </w:t>
+              <w:t xml:space="preserve">Customer pursuant to the terms of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001F665A" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Agreement</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001F665A" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="2A0F562A" w14:textId="77777777" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="000229BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="1B47174B" w14:textId="77777777" w:rsidTr="008E35B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D39BDE7" w14:textId="0DF4DC28" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00D937B6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Major Fault</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3715AB" w14:textId="5A2B35CB" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="002A23FF" w:rsidP="00D937B6">
+          <w:p w14:paraId="4B3715AB" w14:textId="3D66FAE4" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="002A23FF" w:rsidP="00D937B6">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a Priority 1 and 2 issue, as defined in </w:t>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="0AC79879" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11554761" w14:textId="396F516C" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00D937B6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Master Services Agreement </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA01162" w14:textId="245509F0" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
+          <w:p w14:paraId="0FA01162" w14:textId="74919636" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Company’s Master</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Services </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Agreement made available to</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Customer at the Company’s website at </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...8 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidR="00464E62">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www.ghmcomms.com</w:t>
+            </w:r>
+            <w:r w:rsidR="008B0ABF">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B67402" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="1681C2B4" w14:textId="77777777" w:rsidTr="008E35B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26311274" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00D937B6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Minor Fault</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="439DC455" w14:textId="2690D2DA" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="002A23FF" w:rsidP="008E35B7">
+          <w:p w14:paraId="439DC455" w14:textId="3986E10D" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="002A23FF" w:rsidP="008E35B7">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a Priority 3 and 4 issue, as defined in </w:t>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="00056132" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="01D86B81" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B17345B" w14:textId="3AC5DAC1" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00D937B6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">National Telephone Numbering Plan </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14404D0B" w14:textId="363D1120" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00E77D15" w:rsidP="000229BA">
+          <w:p w14:paraId="14404D0B" w14:textId="04CBE970" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00E77D15" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="MBClauselevel2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="00651DA9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>he</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -4005,64 +5326,70 @@
             </w:r>
             <w:r w:rsidR="00651DA9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> published by OFCOM (as updated from time to time) </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and available </w:t>
             </w:r>
             <w:r w:rsidR="00651DA9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>on its website</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="008052FD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.ofcom.org.uk/phones-and-broadband/phone-numbers/numbering/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA0D21" w:rsidRPr="008052FD" w14:paraId="52B9AED0" w14:textId="77777777" w:rsidTr="008E35B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B11F686" w14:textId="0D72B2DE" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D937B6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
@@ -4275,201 +5602,202 @@
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Priority 1 Critical Outage </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72A93257" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00414A6B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FFD3514" w14:textId="193D4A2C" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
+          <w:p w14:paraId="5FFD3514" w14:textId="3E52BC0E" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Body2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">As defined by </w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00B67402" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="414D610D" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2800158B" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="00414A6B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Priority 2, Major Impact</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26474A18" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17F230F8" w14:textId="1931296F" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
+          <w:p w14:paraId="17F230F8" w14:textId="704310A5" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="Body2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">As defined by </w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00B67402" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="71411CD4" w14:textId="77777777" w:rsidTr="00D04388">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
@@ -4489,94 +5817,94 @@
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Priority 3, Minor Impact </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="673CCA14" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2221442C" w14:textId="7977DA55" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
+          <w:p w14:paraId="2221442C" w14:textId="276A8FBE" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Body2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">As defined by </w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00B67402" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="7728F821" w14:textId="77777777" w:rsidTr="00D04388">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
@@ -4584,94 +5912,94 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Priority 4, Informational</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="015363D1" w14:textId="438CEC85" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
+          <w:p w14:paraId="015363D1" w14:textId="6A242642" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Body2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">As defined by </w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00B67402" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="51CF5215" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
@@ -4697,111 +6025,201 @@
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Premium Rate Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D863C97" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
+          <w:p w14:paraId="6D863C97" w14:textId="278C6CA2" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Body2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>a communications service where Call charges include a premium to cover the cost of content and/or an element of the service above the costs and charges attributable to conveyance;</w:t>
+              <w:t>a communications service where Call charges include a</w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>n additional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> premium </w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>element, payable by the Customer, that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cover</w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the cost of content</w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, information, entertainment or other value-added services</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> above the costs and </w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">harges attributable to </w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the standard </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>conveyance</w:t>
+            </w:r>
+            <w:r w:rsidR="0089735D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Charges</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A61EB" w:rsidRPr="008052FD" w14:paraId="77CDFC15" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42588C20" w14:textId="02997BE3" w:rsidR="008A61EB" w:rsidRPr="008052FD" w:rsidRDefault="008A61EB" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PSTN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A047373" w14:textId="1135786A" w:rsidR="008A61EB" w:rsidRPr="008052FD" w:rsidRDefault="008A61EB" w:rsidP="009603BD">
+          <w:p w14:paraId="5A047373" w14:textId="73806661" w:rsidR="008A61EB" w:rsidRPr="008052FD" w:rsidRDefault="008A61EB" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Body2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Public Switching Telephone Network</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA0D21" w:rsidRPr="008052FD" w14:paraId="64F4EAEA" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D0F6414" w14:textId="4DD9F64A" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
@@ -4840,63 +6258,75 @@
           <w:p w14:paraId="67CCF6B2" w14:textId="28B731C5" w:rsidR="007075C0" w:rsidRPr="008052FD" w:rsidRDefault="007075C0" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2101F3" w14:textId="27E481F6" w:rsidR="007075C0" w:rsidRPr="008052FD" w:rsidRDefault="007075C0" w:rsidP="000229BA">
+          <w:p w14:paraId="3D2101F3" w14:textId="6F31C1A0" w:rsidR="007075C0" w:rsidRPr="008052FD" w:rsidRDefault="007075C0" w:rsidP="000229BA">
             <w:pPr>
               <w:pStyle w:val="Body2"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>the monthly fee (including line rental, equipment rental, and other rental) payable by the Customer for the Services, as set out in the Order Form or as otherwise notified by the Company;</w:t>
+              <w:t>the monthly fee (including line rental, equipment rental, and</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2782">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>/or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> other rental) payable by the Customer for the Services, as set out in the Order Form or as otherwise notified by the Company;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="220AD44F" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B6437E2" w14:textId="000E4736" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="007F6007" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
@@ -4924,142 +6354,429 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>has the meaning given to it under Schedule 2 of the Master Services Agreement</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="000C141E" w:rsidRPr="008052FD" w14:paraId="002FD700" w14:textId="77777777" w:rsidTr="003E03E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18755008" w14:textId="77777777" w:rsidR="000C141E" w:rsidRPr="008052FD" w:rsidRDefault="000C141E" w:rsidP="003E03E8">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Services </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F293CB" w14:textId="6D7E54B9" w:rsidR="000C141E" w:rsidRDefault="000C141E" w:rsidP="003E03E8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>means the telephony services</w:t>
+            </w:r>
+            <w:r w:rsidR="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004B18EE" w:rsidRPr="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>that the Company provides to the Customer</w:t>
+            </w:r>
+            <w:r w:rsidR="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004B18EE" w:rsidRPr="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on premises or </w:t>
+            </w:r>
+            <w:r w:rsidR="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">via a </w:t>
+            </w:r>
+            <w:r w:rsidR="004B18EE" w:rsidRPr="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cloud based system</w:t>
+            </w:r>
+            <w:r w:rsidR="004B18EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> which may include one or more of the following: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wholesale Line Rental Services, SIP, Legacy PBX</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hosted Telephony, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tandard </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">upport </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ervices,</w:t>
+            </w:r>
+            <w:r w:rsidR="003845BE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003845BE" w:rsidRPr="003845BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Enhanced Hosted Services</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and ancillary features such as </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ecording</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Service</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7D8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, as further described in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the Customers Order Form; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="678BFB2D" w14:textId="1C64FA08" w:rsidR="004B18EE" w:rsidRPr="008052FD" w:rsidRDefault="004B18EE" w:rsidP="003E03E8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="001F665A" w:rsidRPr="008052FD" w14:paraId="48028BD5" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C9594AD" w14:textId="4141F70D" w:rsidR="001F665A" w:rsidRPr="008052FD" w:rsidRDefault="001F665A" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Service Assured Product </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71759C85" w14:textId="24490319" w:rsidR="001F665A" w:rsidRPr="008052FD" w:rsidRDefault="001F665A" w:rsidP="001F0526">
+          <w:p w14:paraId="71759C85" w14:textId="185B78F4" w:rsidR="001F665A" w:rsidRPr="008052FD" w:rsidRDefault="007054A5" w:rsidP="001F0526">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008052FD">
-[...5 lines deleted...]
-              <w:t>has the meaning given to it under Schedule 2 of the Master Services Agreement</w:t>
+            <w:r w:rsidRPr="007054A5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">means an optional upgraded service that enhances the standard services available, as more fully described in </w:t>
+            </w:r>
+            <w:r w:rsidR="001F665A" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Schedule 2 of the Master Services Agreement</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="6E255479" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="147FB0F2" w14:textId="06F491BD" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="007F6007" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Service Assured Product Commencement Date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B3EA04" w14:textId="2008A848" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="007F6007" w:rsidP="001F0526">
+          <w:p w14:paraId="01B3EA04" w14:textId="654EFA8F" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="007F6007" w:rsidP="001F0526">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>has the meaning given to it under Schedule 2 of the Master Services Agreement</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
@@ -5094,107 +6811,123 @@
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Service Levels</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4651EEBA" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50403D6C" w14:textId="4D20B195" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
+          <w:p w14:paraId="50403D6C" w14:textId="7BD23F7D" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">the standard of performance in respect of the provision of the Services set out in </w:t>
+              <w:t xml:space="preserve">the standard of performance in respect of the provision of the </w:t>
+            </w:r>
+            <w:r w:rsidR="003845BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">support </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Services set out in </w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 1</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00272747" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (in respect of all Services except</w:t>
             </w:r>
             <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
               <w:rPr>
@@ -5237,51 +6970,51 @@
               <w:instrText xml:space="preserve"> REF _Ref185505846 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 2</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (in respect of Enhanced Hosted Services) and </w:t>
             </w:r>
             <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
               <w:rPr>
@@ -5300,51 +7033,51 @@
               <w:instrText xml:space="preserve"> REF _Ref184133805 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 3</w:t>
             </w:r>
             <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (in respect of Wholesale Line Rental Services)</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
@@ -5376,186 +7109,222 @@
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SIP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="235736C6" w14:textId="77777777" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="001F0526">
+          <w:p w14:paraId="235736C6" w14:textId="513051E6" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="001F0526">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>means Session Initiation Protocol.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">means Session Initiation </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Protocol</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="33FA63FB" w14:textId="27FD2B8E" w:rsidR="004F407D" w:rsidRPr="008052FD" w:rsidRDefault="004F407D" w:rsidP="001F0526">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA0D21" w:rsidRPr="008052FD" w14:paraId="698B1553" w14:textId="77777777" w:rsidTr="008E35B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DAF33F0" w14:textId="6FB47157" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SIP Trunk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1123EB28" w14:textId="538DB852" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="001F0526">
+          <w:p w14:paraId="1123EB28" w14:textId="45C2D698" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="001F0526">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a voice over IP (VoIP) subscription and streaming media service based on the SIP by which</w:t>
             </w:r>
             <w:r w:rsidR="009F683E" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the Company</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> will deliver the Services to the Customer.</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> will deliver the Services to the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Customer</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="65683376" w14:textId="3DA1502C" w:rsidR="004F407D" w:rsidRPr="008052FD" w:rsidRDefault="004F407D" w:rsidP="001F0526">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD7398" w:rsidRPr="008052FD" w14:paraId="5C51CBB7" w14:textId="77777777" w:rsidTr="008E35B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2658F5DD" w14:textId="5BFBF76D" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Site Assurance Service </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="666FDAB3" w14:textId="72639DAE" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00DD7398">
+          <w:p w14:paraId="666FDAB3" w14:textId="09D0D16E" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00DD7398">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the Service Assured Product described in </w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
@@ -5591,201 +7360,278 @@
               <w:instrText xml:space="preserve"> REF _Ref185601097 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
-[...5 lines deleted...]
-              <w:t>11</w:t>
+            <w:r w:rsidR="00C04183">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
             <w:r w:rsidR="00B67402" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">provided to </w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the Customer pursuant to the terms of </w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Agreement.</w:t>
-            </w:r>
+              <w:t>Agreement</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="3DDCD7DB" w14:textId="77777777" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="001F0526">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C4236" w:rsidRPr="008052FD" w14:paraId="1AAE5C83" w14:textId="77777777" w:rsidTr="008E35B7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A48AB5" w14:textId="6613AFDE" w:rsidR="002C4236" w:rsidRPr="002C4236" w:rsidRDefault="002C4236" w:rsidP="009603BD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1690">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Software</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="786A222F" w14:textId="56F5ABAE" w:rsidR="002C4236" w:rsidRPr="008052FD" w:rsidRDefault="002C4236" w:rsidP="00DD7398">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4236">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>has the meaning given to it under the Master Services Agreement;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00651DA9" w:rsidRPr="008052FD" w14:paraId="18BA9D12" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C352059" w14:textId="182E079C" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="009603BD">
+          <w:p w14:paraId="2C352059" w14:textId="0B7F35DD" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Standard </w:t>
             </w:r>
             <w:r w:rsidR="00651DA9" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Support Services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D26D066" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25159945" w14:textId="42AA66FB" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
+          <w:p w14:paraId="25159945" w14:textId="0A734D3B" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the support services provided by the Company or its Authorised Provider in connection with the Services</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> described in </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007C2782">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as more particularly </w:t>
+            </w:r>
+            <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">described in </w:t>
             </w:r>
             <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">lause </w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
@@ -5798,119 +7644,198 @@
               <w:instrText xml:space="preserve"> REF _Ref185601172 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48A5B918" w14:textId="77777777" w:rsidR="00651DA9" w:rsidRPr="008052FD" w:rsidRDefault="00651DA9" w:rsidP="009603BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0067203D" w:rsidRPr="008052FD" w14:paraId="77F004C5" w14:textId="77777777" w:rsidTr="000229BA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3065" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1298F1C0" w14:textId="5CB0CB81" w:rsidR="0067203D" w:rsidRDefault="0067203D" w:rsidP="009603BD">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">System </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D93A9F4" w14:textId="166755E4" w:rsidR="00CE43B3" w:rsidRPr="00CE43B3" w:rsidRDefault="00CE43B3" w:rsidP="00CE43B3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE43B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the Network that the Company uses to provide the</w:t>
+            </w:r>
+            <w:r w:rsidR="007C2782">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="107F1FB4" w14:textId="34EBC3F1" w:rsidR="0067203D" w:rsidRPr="00CC7D8B" w:rsidRDefault="00CE43B3" w:rsidP="00CE43B3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE43B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Services;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA0D21" w:rsidRPr="008052FD" w14:paraId="30D29C04" w14:textId="77777777" w:rsidTr="000229BA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B5D073F" w14:textId="027FB7B7" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00414A6B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Voice Safe Service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEBBD87" w14:textId="37C098E4" w:rsidR="004F407D" w:rsidRPr="008052FD" w:rsidRDefault="001F665A" w:rsidP="001F665A">
+          <w:p w14:paraId="2AEBBD87" w14:textId="6E4C3761" w:rsidR="004F407D" w:rsidRPr="008052FD" w:rsidRDefault="001F665A" w:rsidP="001F665A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the Service Assured Product described in Clause</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -5931,57 +7856,57 @@
               <w:instrText xml:space="preserve"> REF _Ref185601195 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="0011436A" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
-[...5 lines deleted...]
-              <w:t>8</w:t>
+            <w:r w:rsidR="006F2D6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and provided to </w:t>
             </w:r>
@@ -6058,51 +7983,51 @@
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="252E32BB" w14:textId="65249752" w:rsidR="00A956B6" w:rsidRPr="008052FD" w:rsidRDefault="00A956B6" w:rsidP="00414A6B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="785D0546" w14:textId="5048AB93" w:rsidR="0011436A" w:rsidRPr="008052FD" w:rsidRDefault="0011436A" w:rsidP="0011436A">
+          <w:p w14:paraId="785D0546" w14:textId="2A420D11" w:rsidR="0011436A" w:rsidRPr="008052FD" w:rsidRDefault="0011436A" w:rsidP="0011436A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> wholesale line rental</w:t>
             </w:r>
             <w:r w:rsidR="00272747" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> services (</w:t>
             </w:r>
             <w:r w:rsidRPr="008052FD">
@@ -6162,73 +8087,73 @@
               <w:instrText xml:space="preserve"> REF _Ref184133805 \r \h </w:instrText>
             </w:r>
             <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00272747" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00272747" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00F92E5B">
+            <w:r w:rsidR="006F2D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schedule 3</w:t>
             </w:r>
             <w:r w:rsidR="00272747" w:rsidRPr="008052FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00272747" w:rsidRPr="008052FD">
-[...5 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00AD1690">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C683CE0" w14:textId="77777777" w:rsidR="0015488A" w:rsidRPr="008052FD" w:rsidRDefault="0015488A" w:rsidP="0015488A">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="a326777"/>
     </w:p>
     <w:p w14:paraId="43B15901" w14:textId="77777777" w:rsidR="00953291" w:rsidRPr="008052FD" w:rsidRDefault="00953291" w:rsidP="0015488A">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1440"/>
@@ -6286,193 +8211,240 @@
         </w:rPr>
         <w:t xml:space="preserve">Expressions defined in the Master Services Agreement and used in this Service Schedule have the meaning set out in the Master Services Agreement unless otherwise defined. The rules of interpretation set out in the Master Services Agreement apply to this Service Schedule.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0022237D" w14:textId="08234565" w:rsidR="00953291" w:rsidRPr="008052FD" w:rsidRDefault="00953291" w:rsidP="000229BA">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Agreement constitutes the entire agreement between the parties in respect of its subject matter. The Customer acknowledges that it has not relied on any statement, promise, representation, assurance or warranty the Company has made or given, or which has been made or given on the Company’s behalf which is not set out in the Agreement.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="2EF9282B" w14:textId="5FA2346F" w:rsidR="003025B3" w:rsidRPr="008052FD" w:rsidRDefault="00953291" w:rsidP="004F5441">
+    <w:p w14:paraId="2EF9282B" w14:textId="3CB35D7B" w:rsidR="003025B3" w:rsidRPr="008052FD" w:rsidRDefault="00953291" w:rsidP="004F5441">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Agreement shall govern the </w:t>
       </w:r>
       <w:r w:rsidR="00046A5B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ervices provided under this Service Schedule to the exclusion of any other terms that the Customer seeks to impose or incorporate, or which are implied by trade, custom, practice or course of dealing.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="1CFF73DE" w14:textId="78244AEE" w:rsidR="00007A52" w:rsidRPr="008052FD" w:rsidRDefault="00A44917" w:rsidP="00AE3E45">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="a137304"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>supply of services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4054BD1A" w14:textId="77777777" w:rsidR="005D68C2" w:rsidRPr="008052FD" w:rsidRDefault="005D68C2" w:rsidP="005D68C2">
+    <w:p w14:paraId="4054BD1A" w14:textId="0F2742A0" w:rsidR="005D68C2" w:rsidRPr="008052FD" w:rsidRDefault="005D68C2" w:rsidP="005D68C2">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Customer acknowledges that the Connection must successfully take place before the Services can commence. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A742E1D" w14:textId="713B0954" w:rsidR="005D68C2" w:rsidRPr="008052FD" w:rsidRDefault="005D68C2" w:rsidP="003025B3">
+    <w:p w14:paraId="3A742E1D" w14:textId="2487A79C" w:rsidR="005D68C2" w:rsidRPr="008052FD" w:rsidRDefault="005D68C2" w:rsidP="003025B3">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The provision of the Services is subject to the Customer Computer System passing</w:t>
       </w:r>
       <w:r w:rsidR="000F6401" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> any</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> feasibility check conducted by the Company or its Authorised Providers. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737F52DE" w14:textId="72FEF7C5" w:rsidR="003025B3" w:rsidRPr="008052FD" w:rsidRDefault="00C479A7" w:rsidP="003025B3">
+    <w:p w14:paraId="737F52DE" w14:textId="2CFF4959" w:rsidR="003025B3" w:rsidRPr="008052FD" w:rsidRDefault="00C479A7" w:rsidP="003025B3">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Unless otherwise agreed with </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in writing, the Services will be provided in the United Kingdom.</w:t>
+        <w:t xml:space="preserve"> in writing, the Services will be provided in the United Kingdom</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1B0E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D64733F" w14:textId="4BDC5199" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
+    <w:p w14:paraId="3D64733F" w14:textId="4869449C" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>The provision of the Services is subject to all relevant licences, infrastructure (or interconnect arrangements) and consents being in place.  The Customer shall obtain any consent or facility that is necessary or desirable for the Company to provide the Services at the Site.</w:t>
+        <w:t>The provision of the Services is subject to all relevant licences, infrastructure (</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2782">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including without limitation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">interconnect arrangements) and consents being in place.  </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2782" w:rsidRPr="007C2782">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Customer shall be responsible for obtaining any consent or facility necessary or desirable to enable the Company to provide the Services at the Site.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2782">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1159C9C8" w14:textId="31471EAD" w:rsidR="00A44917" w:rsidRPr="008052FD" w:rsidRDefault="00A44917" w:rsidP="009603BD">
+    <w:p w14:paraId="1159C9C8" w14:textId="569FBE6D" w:rsidR="00A44917" w:rsidRPr="008052FD" w:rsidRDefault="00A44917" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The Customer acknowledges that:</w:t>
+        <w:t xml:space="preserve">The Customer </w:t>
+      </w:r>
+      <w:r w:rsidR="008B0ABF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accepts and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>acknowledges that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B92985" w14:textId="3E3F4DBA" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="006D3AC2" w:rsidP="004A2A26">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="001C1135" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>he Company</w:t>
       </w:r>
@@ -6511,291 +8483,340 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">etworks and facilities (including the internet) unless caused by an act or omission of </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Company</w:t>
       </w:r>
       <w:r w:rsidR="00974426" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="74E8AEAA" w14:textId="11B0E5EB" w:rsidR="00974426" w:rsidRPr="008052FD" w:rsidRDefault="00974426" w:rsidP="009603BD">
+    <w:p w14:paraId="74E8AEAA" w14:textId="7EBF80F9" w:rsidR="00974426" w:rsidRPr="008052FD" w:rsidRDefault="00974426" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Services may be subject to limitations, delays and other problems arising out of the use of</w:t>
       </w:r>
       <w:r w:rsidR="004A2A26" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">communications </w:t>
       </w:r>
       <w:r w:rsidR="006D3AC2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">etworks and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>facilities;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="1D8195F6" w14:textId="54F26CB8" w:rsidR="006259F7" w:rsidRPr="008052FD" w:rsidRDefault="006259F7" w:rsidP="006259F7">
+    <w:p w14:paraId="1D8195F6" w14:textId="49CFA2E5" w:rsidR="006259F7" w:rsidRPr="008052FD" w:rsidRDefault="006259F7" w:rsidP="006259F7">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Service</w:t>
       </w:r>
       <w:r w:rsidR="00366596" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s are </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">not designed to support </w:t>
       </w:r>
       <w:r w:rsidR="00085424" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">iallers of any </w:t>
+        <w:t>iallers of any description</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2782">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2782" w:rsidRPr="007C2782">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Customer shall not use Diallers in conjunction with the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t>description;</w:t>
+      <w:r w:rsidR="007C2782" w:rsidRPr="007C2782">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0F62CEEB" w14:textId="00E1C95D" w:rsidR="00AE5D28" w:rsidRPr="008052FD" w:rsidRDefault="00AE5D28" w:rsidP="00AE5D28">
+    <w:p w14:paraId="0F62CEEB" w14:textId="2DE1A9BA" w:rsidR="00AE5D28" w:rsidRPr="008052FD" w:rsidRDefault="00AE5D28" w:rsidP="00AE5D28">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">scheduled downtime will occur from time to time. </w:t>
       </w:r>
       <w:r w:rsidR="001C1135" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> use </w:t>
       </w:r>
       <w:r w:rsidR="001C1135" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> reasonable endeavours to provide the Customer with at least three (3) Working Days’ notice of any scheduled downtime</w:t>
+        <w:t xml:space="preserve"> reasonable endeavours to provide the Customer with at least three (3) Working Days’ notice of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>any scheduled downtime</w:t>
       </w:r>
       <w:r w:rsidR="004A2A26" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Although the Company will not be responsible for any loss or consequence of delay suffered by the Customer arising out of any such downtime in the Services, it will use all reasonable endeavours within its control to prevent or reduce such </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004A2A26" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>downtime</w:t>
       </w:r>
       <w:r w:rsidR="00376297" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5CA8CAF6" w14:textId="6170ED82" w:rsidR="004D33F1" w:rsidRPr="008052FD" w:rsidRDefault="00A44917" w:rsidP="00E3676D">
+    <w:p w14:paraId="5CA8CAF6" w14:textId="108A3521" w:rsidR="004D33F1" w:rsidRPr="008052FD" w:rsidRDefault="00A44917" w:rsidP="00E3676D">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>the existence of any minor errors in the Services shall not constitute a breach of the Agreement</w:t>
+        <w:t>the existence of any minor errors</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1BED">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or interruptions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the Services shall not constitute a breach of the Agreement</w:t>
       </w:r>
       <w:r w:rsidR="006D3AC2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006D3AC2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72BD037D" w14:textId="77777777" w:rsidR="00F7294E" w:rsidRPr="008052FD" w:rsidRDefault="00F7294E" w:rsidP="00E3676D">
+    <w:p w14:paraId="72BD037D" w14:textId="3A37D874" w:rsidR="00F7294E" w:rsidRPr="008052FD" w:rsidRDefault="00F7294E" w:rsidP="00E3676D">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Ref184121829"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">the Services do not support conveyance of calls to International Destination </w:t>
+        <w:t>the Services do not support</w:t>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conveyance of calls to International Destination </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Networks;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="47F2EC2E" w14:textId="7B84E700" w:rsidR="00AE5D28" w:rsidRPr="008052FD" w:rsidRDefault="00F7294E" w:rsidP="004F5441">
+    <w:p w14:paraId="47F2EC2E" w14:textId="64075580" w:rsidR="00AE5D28" w:rsidRPr="008052FD" w:rsidRDefault="00F7294E" w:rsidP="004F5441">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">whilst the </w:t>
       </w:r>
       <w:r w:rsidR="006C79F3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -6885,51 +8906,51 @@
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">responsible for compliance to any such regulations by </w:t>
       </w:r>
       <w:r w:rsidR="006C79F3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Customer</w:t>
       </w:r>
       <w:r w:rsidR="00873546" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F50AD8" w14:textId="688C1B29" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="004A2A26" w:rsidP="001477B4">
+    <w:p w14:paraId="48F50AD8" w14:textId="3FF224DB" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="004A2A26" w:rsidP="001477B4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Subject to clause</w:t>
       </w:r>
       <w:r w:rsidR="009D2DED" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00765414" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
@@ -6941,115 +8962,115 @@
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref184121829 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00765414" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00765414" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3.5.6</w:t>
       </w:r>
       <w:r w:rsidR="00765414" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C8502D" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="001477B4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he Customer will be able to make Calls to any destination unless  </w:t>
       </w:r>
       <w:r w:rsidR="00BB22B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="001477B4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>arring has been set up, via the Configuration Portal, in relation to Calls to</w:t>
+        <w:t>arring has been set up via the Configuration Portal in relation to Calls to</w:t>
       </w:r>
       <w:r w:rsidR="00885078" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and from</w:t>
       </w:r>
       <w:r w:rsidR="001477B4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> particular numbers or destinations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BADD79B" w14:textId="3A4B9BBD" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="001477B4" w:rsidP="001477B4">
+    <w:p w14:paraId="7BADD79B" w14:textId="477CAAA4" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="001477B4" w:rsidP="001477B4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If abnormally high Call volumes are conveyed via the Service</w:t>
       </w:r>
       <w:r w:rsidR="00FA5798" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
@@ -7076,135 +9097,149 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="00FA5798" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Authorised Provider </w:t>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">may instigate </w:t>
+      <w:r w:rsidR="00264F8B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reserve the right to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> instigate </w:t>
       </w:r>
       <w:r w:rsidR="00BB22B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">etwork management control measures including but not limited to </w:t>
       </w:r>
       <w:r w:rsidR="00BB22B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>arring.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57355F07" w14:textId="77777777" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="001477B4" w:rsidP="001477B4">
+    <w:p w14:paraId="57355F07" w14:textId="2779BA79" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="001477B4" w:rsidP="001477B4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Service</w:t>
       </w:r>
       <w:r w:rsidR="00FA5798" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not support the following Call types:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="358B63FD" w14:textId="77777777" w:rsidR="0034224F" w:rsidRPr="008052FD" w:rsidRDefault="0034224F" w:rsidP="0034224F">
+    <w:p w14:paraId="358B63FD" w14:textId="45F71ABB" w:rsidR="0034224F" w:rsidRPr="008052FD" w:rsidRDefault="0034224F" w:rsidP="0034224F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Outgoing Calls to</w:t>
       </w:r>
+      <w:r w:rsidR="00264F8B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3F87AF96" w14:textId="77777777" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="001477B4" w:rsidP="0034224F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Non-E164 PSTN numbers for calls terminating outside of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>UK;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -7407,215 +9442,299 @@
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Incoming Calls to 070 personal numbering services; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6296F97B" w14:textId="77777777" w:rsidR="0034224F" w:rsidRPr="008052FD" w:rsidRDefault="0034224F" w:rsidP="0034224F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>short message service and text messaging.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F012619" w14:textId="6DAA2D5B" w:rsidR="00FA257B" w:rsidRPr="008052FD" w:rsidRDefault="00FA257B" w:rsidP="00D53DCD">
+    <w:p w14:paraId="3F012619" w14:textId="14AB418E" w:rsidR="00FA257B" w:rsidRPr="008052FD" w:rsidRDefault="002C4236" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> ensure the Site complies with all applicable laws. </w:t>
+      <w:r w:rsidRPr="002C4236">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Customer shall provide a suitable and safe working environment at the Site for the Company, BT, the Network Operator, and any persons acting on their behalf (including employees, agents, consultants, and subcontractors), and shall ensure that the Site complies with all applicable laws, including without limitation health and safety l</w:t>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aws</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C4236">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F3422B" w14:textId="5A508C5B" w:rsidR="009373BD" w:rsidRPr="008052FD" w:rsidRDefault="009373BD" w:rsidP="00E5407C">
+    <w:p w14:paraId="67F3422B" w14:textId="6B2C8C90" w:rsidR="009373BD" w:rsidRPr="008052FD" w:rsidRDefault="009373BD" w:rsidP="00E5407C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Customer acknowledges and agrees that the Company and/or its licensors own all intellectual property rights in the Software and the Services. Except as expressly stated in the Agreement, the Agreement does not grant the Customer any rights to, or in, patents, copyrights, database rights, trade secrets, trade names, </w:t>
+        <w:t xml:space="preserve">The Customer acknowledges and agrees that the Company and/or its licensors own all </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4236">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntellectual </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4236">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">roperty </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4236">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ights in the Software</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4236">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4236">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and any related Documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Except as expressly stated in the Agreement, the Agreement does not grant the Customer any rights to, or in, patents, copyrights, database rights, trade secrets, trade names, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>trade marks</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (whether registered or unregistered), or any other rights or licences in respect of the Software, Services or any related Documentation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5DDDB7" w14:textId="74AEA209" w:rsidR="001E17C0" w:rsidRPr="008052FD" w:rsidRDefault="001E17C0" w:rsidP="00E5407C">
+    <w:p w14:paraId="3C5DDDB7" w14:textId="272916FC" w:rsidR="001E17C0" w:rsidRPr="008052FD" w:rsidRDefault="001E17C0" w:rsidP="00E5407C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The provision of the Services is subject to the Customer complying with the Company’s Fair Usage Policy. </w:t>
+        <w:t>The provision of the Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00231D80">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Software</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is subject to the Customer complying with the Company’s Fair Usage Policy. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B066511" w14:textId="1D03C257" w:rsidR="00E77D15" w:rsidRPr="008052FD" w:rsidRDefault="00FE173F" w:rsidP="00D93772">
+    <w:p w14:paraId="5B066511" w14:textId="08FE8E40" w:rsidR="00E77D15" w:rsidRPr="008052FD" w:rsidRDefault="00FE173F" w:rsidP="00D93772">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>In relation to Authorised Licences</w:t>
       </w:r>
       <w:r w:rsidR="00121731" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D93772" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Customer’s access to the Services shall be limited to the number of individual Authorised Licences specified in the Order Form</w:t>
       </w:r>
       <w:r w:rsidR="00D93772" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB006E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00066842" w:rsidRPr="00066842">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Authorised Licences </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB006E" w:rsidRPr="00FB006E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are granted on a non-exclusive, non-transferable, revocable, and non-sublicensable basis</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB006E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00066842" w:rsidRPr="00066842">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>may not be shared or transferred between users except with the prior written consent of the Company.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138C7E99" w14:textId="72591962" w:rsidR="00EB72EA" w:rsidRPr="008052FD" w:rsidRDefault="00EB72EA" w:rsidP="00D93772">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Ref185593884"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Any additional Authorised Licences requested by the Customer shall be requested in writing. The Company shall evaluate such requests and </w:t>
       </w:r>
       <w:r w:rsidR="00121731" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>respond to the Customer with an Order Form, which will set out additional set-up or ongoing costs to the Customer for creating and granting such additional Authorised Licences.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA69D35" w14:textId="6E712E6E" w:rsidR="00FE173F" w:rsidRPr="008052FD" w:rsidRDefault="00B7097F" w:rsidP="00B7097F">
+    <w:p w14:paraId="3DA69D35" w14:textId="6BFB5F5F" w:rsidR="00FE173F" w:rsidRPr="008052FD" w:rsidRDefault="00B7097F" w:rsidP="00B7097F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">On receipt of an Order Form </w:t>
       </w:r>
       <w:r w:rsidR="002F1A8A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">issued </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pursuant to clause </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
@@ -7625,51 +9744,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185593884 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3.13</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> above, t</w:t>
       </w:r>
       <w:r w:rsidR="00D93772" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he Customer may </w:t>
       </w:r>
       <w:r w:rsidR="00E77D15" w:rsidRPr="008052FD">
         <w:rPr>
@@ -7692,367 +9811,576 @@
       <w:r w:rsidR="002F1A8A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> by returning the duly executed Order Form to the Company.</w:t>
       </w:r>
       <w:r w:rsidR="00E77D15" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> If the Company accepts such </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00E77D15" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ffer, a separate Agreement between the Company and the Customer will come into existence comprising of the applicable Order Form to which the purchase of the additional Authorised Licences relates, this Service Schedule and the Master Services Agreement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB211A6" w14:textId="314231B8" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="1DB211A6" w14:textId="3AF8728F" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00231D80" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The Customer shall, at the Company’s request, arrange for Customer Equipment to be reprogrammed by its designated maintainer in accordance with instructions provided by the Company, to enable any indirect or other access </w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t the Company’s request, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Customer shall, at its own cost, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arrange for Customer Equipment to be reprogrammed by its designated maintainer in accordance with instructions provided by the Company, to enable any </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6EB2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direct, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indirect or other access </w:t>
       </w:r>
       <w:r w:rsidR="002F1A8A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to Company Equipment and the Customer Computer System </w:t>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>for the purpose of supply</w:t>
       </w:r>
       <w:r w:rsidR="002F1A8A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ing the</w:t>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Services. The Company will have no responsibility in respect of such reprogramming. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DD5B7D" w14:textId="17F71295" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="62DD5B7D" w14:textId="2879C789" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Services are available only if the Customer has a valid contract for the use of an analogue Exchange Line (in the case of the </w:t>
       </w:r>
       <w:r w:rsidR="008A61EB" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wholesale Line Rental Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> or digital Exchange Line capable of supporting an existing ISDN30 service (in the case of wholesale ISDN30 Service) direct Exchange Line (for each Exchange Line being ordered) which terminates on a Connection Point or SIP Trunk based exchange on any type of data circuit. If such contract does not exist, the Customer must request the Company to have an Exchange Line, Connection Point and/or ISDN30 bearer installed, as appropriate. </w:t>
+      <w:r w:rsidR="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or digital Exchange Line capable of supporting an existing ISDN30 service (in the case of wholesale ISDN30 Service)</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6EB2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direct Exchange Line (for each Exchange Line being ordered) which terminates on a Connection Point or SIP Trunk based exchange on any type of data circuit. If such contract does not exist, the Customer must request the Company to have an Exchange Line, Connection Point and/or ISDN30 bearer installed, as appropriate. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610BB2C9" w14:textId="47E7AA21" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="2C7A8CA2" w14:textId="77777777" w:rsidR="00BF07D9" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Customer acknowledges that certain technical constraints relate to the Services or that certain </w:t>
+        <w:t xml:space="preserve">The Customer acknowledges </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF07D9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and accepts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF07D9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C74E1AF" w14:textId="68DF80E5" w:rsidR="00BF07D9" w:rsidRDefault="00EC2832" w:rsidP="00F8100D">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:t xml:space="preserve"> certain technical constraints </w:t>
+      </w:r>
+      <w:r w:rsidR="00231D80">
+        <w:t>may apply</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:t xml:space="preserve"> to the Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00231D80">
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:t xml:space="preserve">certain </w:t>
       </w:r>
       <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">ervices are incompatible with the Services available from BT or other Network Provider, and such incompatible services are excluded from the Services. The Customer also acknowledges that some technical limitations within the System may not become apparent until after the Services have been provided for some time. In such circumstances, with the agreement of the Customer, the Services may need to be withdrawn in which case the Customer shall be entitled to a pro rata rebate of any relevant Charges paid in advance by the Customer. Where the Customer insists the Service is to remain the Company, the Customer will be deemed to have accepted the </w:t>
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r w:rsidR="00231D80">
+        <w:t>may be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:t xml:space="preserve"> incompatible with </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF07D9">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:t xml:space="preserve">ervices available from BT or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>Service</w:t>
+        <w:t>other</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> and the Company shall have no liability in relation to such Service. </w:t>
+        <w:t xml:space="preserve"> Network Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00231D80">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00231D80" w:rsidRPr="00231D80">
+        <w:t>Any such incompatible services are expressly excluded from the scope of the Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF07D9">
+        <w:t xml:space="preserve">; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18D6A3D6" w14:textId="77777777" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="610BB2C9" w14:textId="28A3E06E" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="006155A3" w:rsidP="00F8100D">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006155A3">
+        <w:t xml:space="preserve">ome technical limitations within the System may not become apparent until after the Services have been provided for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006155A3">
+        <w:t>a period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006155A3">
+        <w:t>. In such circumstances, and with the Customer’s agreement, the Services may be withdrawn, in which case the Customer shall be entitled to a pro rata refund of any relevant Charges paid in advance for Services not provided. If the Customer elects to continue receiving the Services despite such technical limitations, the Customer shall be deemed to have accepted the Services as provided, and the Company shall have no liability for any service interruption or failure arising from those technical limitations.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D6A3D6" w14:textId="31E591C3" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="004A6EB2" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">impact provisioning or where the Service cannot be provided the Company will contact the Customer within two (2) Working Days and cancel the impacted Service without charge. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Customer acknowledges and accepts that t</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>here may be geographical and technical limitations that may affect or prevent installation of a specific Service. Accordingly, the Customer accepts that the provision of a Service is subject to a Site survey. Where the Company is aware of any limitations following the survey that may impact provisioning or where the Service cannot be provided</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Company will contact the Customer within two (2) Working Days and cancel the impacted Service without charge. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5801E9" w14:textId="6C0E25EA" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="7D5801E9" w14:textId="5A4EEC15" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Ref185604212"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Customer agrees to route </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> their Calls to the Company for the duration of the Agreement. Should the Customer fail to comply with this Clause </w:t>
       </w:r>
       <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185604212 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3.19</w:t>
       </w:r>
       <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the charges as stated in Clause </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00165746" w:rsidRPr="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Company shall be entitled to recover from the Customer any charges, costs, or losses incurred as a result, including (but not limited to) those specified in Clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
-[...10 lines deleted...]
-      <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211954136 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00165746">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...5 lines deleted...]
-      <w:r w:rsidR="00296A4B" w:rsidRPr="008052FD">
+      <w:r w:rsidR="009035EE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>17.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> will be applicable.</w:t>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="37CE5CAF" w14:textId="6E92490F" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00D53DCD">
+    <w:p w14:paraId="37CE5CAF" w14:textId="7FDDDE25" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The Customer shall comply with any requirements notified by the Company relating to number portability.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The Customer shall comply with any requirements notified by the Company </w:t>
+      </w:r>
+      <w:r w:rsidR="006155A3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from time to time </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>relating to number portability.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C677D9" w14:textId="76799CB9" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00D53DCD">
+    <w:p w14:paraId="02C677D9" w14:textId="7D19A193" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where the Customer’s existing account with an existing provider includes existing provider equipment which is not required for the provision of the Services, the Customer shall contact existing provider </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> remove the existing provider equipment or move such equipment to another existing provider account.</w:t>
+        <w:t>Where the Customer’s existing account with an existing provider includes existing provider equipment which is not required for the provision of Services</w:t>
+      </w:r>
+      <w:r w:rsidR="006155A3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the Customer shall contact existing provider in order to remove the existing provider equipment or</w:t>
+      </w:r>
+      <w:r w:rsidR="00622BFC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, subject to clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00622BFC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00622BFC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211954328 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00622BFC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00622BFC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3.23</w:t>
+      </w:r>
+      <w:r w:rsidR="00622BFC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00622BFC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> move such equipment to another existing provider account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12F0843F" w14:textId="77777777" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="12F0843F" w14:textId="2459B597" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Customer understands and accepts that the Company may rely upon BT's or other Network Operator’s co-operation in providing the Services or that the provision of the Services </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> governed by BT or other Network Operator and the Company relies upon such Network Operator's co-operation. Accordingly:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="300E1226" w14:textId="77777777" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26DAFB32" w14:textId="740A854F" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="26DAFB32" w14:textId="1DFA3E12" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company gives no warranty, representation or undertaking as to the speed, quality or validity of the Services</w:t>
       </w:r>
       <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -8062,223 +10390,339 @@
       <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o liability shall accrue to or be incurred by the Company arising from any failure of or delay suffered by the Customer</w:t>
       </w:r>
       <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in respect of the same</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E37A44" w14:textId="77777777" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="39E37A44" w14:textId="7BD8F724" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the provision of the Services requires that BT or other Network Operator undertakes programming at exchange level. Accordingly, it is agreed that any act, default or delay by BT or other Network Operator in carrying out such programming or otherwise relating to or affecting the Services shall not be the responsibility of the Company.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E894860" w14:textId="3CBD372B" w:rsidR="00A5185F" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="5E894860" w14:textId="230FF6A5" w:rsidR="00A5185F" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t>The Customer hereby agrees to terminat</w:t>
+      <w:bookmarkStart w:id="8" w:name="_Ref211954328"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Customer hereby agrees</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27A9A" w:rsidRPr="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s a condition of receiving the Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to terminat</w:t>
       </w:r>
       <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> existing contract for equivalent services with </w:t>
       </w:r>
       <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">an alternative </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">communications service provider. </w:t>
       </w:r>
+      <w:r w:rsidR="00F27A9A" w:rsidRPr="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Customer shall be solely responsible for complying with any applicable notice requirements, early termination charges, or other obligations arising from the termination of such contracts. The Company shall have no liability whatsoever in respect of any costs, losses, or claims incurred by the Customer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F27A9A" w:rsidRPr="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F27A9A" w:rsidRPr="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the termination of any such alternative service arrangements.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="66D65905" w14:textId="031883EA" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
+    <w:p w14:paraId="66D65905" w14:textId="400A67BE" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00EC2832">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Customer shall provide the Company with any relevant account and </w:t>
       </w:r>
       <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">CLI </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>numbers that may be required by BT or other Network Operator. The Customer acknowledges that the Company cannot process the provisions of the Services until such information is provided by the Customer.</w:t>
+        <w:t>numbers that may be required by</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BT</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other Network Operator. </w:t>
+      </w:r>
+      <w:r w:rsidR="00104CBC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27A9A" w:rsidRPr="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he Customer acknowledges and agrees that the Company shall not be obliged to commence or continue provision of the Services until all such information has been provided in full and to the Company’s satisfaction.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27A9A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281F1C49" w14:textId="07397EF5" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00A5185F" w:rsidP="00A5185F">
+    <w:p w14:paraId="6F4516F8" w14:textId="6A5DBACB" w:rsidR="00F27A9A" w:rsidRDefault="00A5185F" w:rsidP="00A5185F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Any </w:t>
       </w:r>
       <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Customer</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Equipment to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>be connected with</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Services shall be connected by means of Connection Points and ancillary wiring both as installed and maintained by the Company.  If the Customer wishes a Connection Point to be moved to another place within the Site, the Company may agree, subject to payment of the Company’s applicable charges. Unless otherwise agreed in an Order Form, the Customer will be responsible for the supply, maintenance and upgrade of necessary telephony </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008052FD">
+        <w:t xml:space="preserve"> the Services shall be connected by means of Connection Points and ancillary wiring as installed by the Company.  If the Customer wishes a Connection Point to be moved to another place within the Site, the Company may agree, subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="00622BFC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">technical feasibility and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">payment of the Company’s applicable charges. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281F1C49" w14:textId="067C7299" w:rsidR="00EC2832" w:rsidRPr="008052FD" w:rsidRDefault="00EC2832" w:rsidP="00A5185F">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unless otherwise agreed in an Order Form, the Customer will be responsible for the supply, maintenance and upgrade of necessary telephony </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+      <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>quipment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54EDE130" w14:textId="77777777" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="001477B4" w:rsidP="000229BA">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Ref183783618"/>
+      <w:bookmarkStart w:id="9" w:name="_Ref183783618"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency Call </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Access</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="44E4D1CB" w14:textId="776E9431" w:rsidR="001477B4" w:rsidRPr="008052FD" w:rsidRDefault="00DC0441" w:rsidP="001477B4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">An </w:t>
       </w:r>
       <w:r w:rsidR="001477B4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency Call Service will only be available where the Emergency </w:t>
       </w:r>
       <w:r w:rsidR="000F6401" w:rsidRPr="008052FD">
         <w:rPr>
@@ -8289,51 +10733,51 @@
       </w:r>
       <w:r w:rsidR="001477B4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">all originates from a calling party located in the UK having a telephone number conforming to the National Telephone Numbering Plan and being either from a geographic number range or from non-geographic number ranges with a prefix </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001477B4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001477B4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 055, 056, 03 or 08.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19512D0B" w14:textId="18B7E5F0" w:rsidR="00DC0441" w:rsidRPr="008052FD" w:rsidRDefault="00DC0441" w:rsidP="00DC0441">
+    <w:p w14:paraId="19512D0B" w14:textId="6E039EB5" w:rsidR="00DC0441" w:rsidRPr="008052FD" w:rsidRDefault="00DC0441" w:rsidP="00DC0441">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Subject to the provisions of this Clause</w:t>
       </w:r>
       <w:r w:rsidR="000315B3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000315B3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
@@ -8345,51 +10789,51 @@
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref183783618 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00B370B3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="000315B3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="000315B3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="000315B3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, where Emergency Calls are conveyed to the Service platform, </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -8799,51 +11243,51 @@
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Customer must provide the Company with the address(es) where the Customer (and its individual users) will make Calls and keep such information on all such locations </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>up-to-date</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5A4655" w14:textId="11F9802A" w:rsidR="00DC0441" w:rsidRPr="008052FD" w:rsidRDefault="004C7BEE" w:rsidP="004F5441">
+    <w:p w14:paraId="1F5A4655" w14:textId="11F9802A" w:rsidR="00DC0441" w:rsidRDefault="004C7BEE" w:rsidP="004F5441">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="11"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will</w:t>
       </w:r>
@@ -8870,355 +11314,445 @@
       </w:r>
       <w:r w:rsidR="00DC0441" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">sers by telephone number, which are held for 999 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DC0441" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>verification</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00DC0441" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409E5087" w14:textId="77777777" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
-[...15 lines deleted...]
-    <w:p w14:paraId="5D0EADE5" w14:textId="3192A2F4" w:rsidR="0073548E" w:rsidRPr="008052FD" w:rsidRDefault="0073548E" w:rsidP="004F5441">
+    <w:p w14:paraId="7DE7D62E" w14:textId="44C1F16C" w:rsidR="00F27A9A" w:rsidRPr="008052FD" w:rsidRDefault="006873AF" w:rsidP="004F5441">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="11"/>
         </w:tabs>
         <w:rPr>
-          <w:szCs w:val="20"/>
-[...136 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006873AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Customer acknowledges that, in the event of a power outage, internet failure, or any other disruption to the System or Network on which the Services rely, the Customer may be unable to make calls, including calls to Emergency Services Organisations. The Customer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants and represents </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006873AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that it </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has in place </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006873AF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alternative means of contacting Emergency Services Organisations during such outages. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14842F13" w14:textId="55F6504F" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="00887760" w:rsidP="004F5441">
+    <w:p w14:paraId="409E5087" w14:textId="77777777" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
+      <w:pPr>
+        <w:pStyle w:val="MBclauselevel1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Ref185601172"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>STANDARD support services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="5D0EADE5" w14:textId="723DEEFD" w:rsidR="0073548E" w:rsidRPr="008052FD" w:rsidRDefault="0073548E" w:rsidP="004F5441">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="11"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>The Company will provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00887760" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Services and Standard Support Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5185F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC2DD3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> subject to the terms of the Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. The Service Levels applicable to Standard Support Services are set out in</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="008A61EB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006873AF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006873AF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006873AF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185505846 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006873AF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="006873AF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 2</w:t>
+      </w:r>
+      <w:r w:rsidR="006873AF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="006E0EB9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14842F13" w14:textId="029913FC" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="00887760" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="11"/>
+        </w:tabs>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>In the provision of Standard Support Services, t</w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>he Company or its Authorised Provider shall provide first-line support to the Customer for the Services</w:t>
       </w:r>
       <w:r w:rsidR="009D2DED" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, which comprises of the following</w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0EB230" w14:textId="46EC17BE" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
+    <w:p w14:paraId="2E0EB230" w14:textId="61A04D98" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a help desk support facility </w:t>
       </w:r>
       <w:r w:rsidR="009D2DED" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">provided </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">to the Customer for first line technical support free of charge and in doing so, the </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">e </w:t>
+        <w:t>to the Customer for first line technical support</w:t>
+      </w:r>
+      <w:r w:rsidR="001A192D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> free of charge</w:t>
+      </w:r>
+      <w:r w:rsidR="00F867E2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during Working Hours</w:t>
+      </w:r>
+      <w:r w:rsidR="001A192D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A192D" w:rsidRPr="001A192D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Customer shall liaise directly with the </w:t>
+      </w:r>
+      <w:r w:rsidR="001A192D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company’s </w:t>
+      </w:r>
+      <w:r w:rsidR="001A192D" w:rsidRPr="001A192D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>employees, agents, consultants, subcontractors or</w:t>
+      </w:r>
+      <w:r w:rsidR="001A192D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A192D" w:rsidRPr="001A192D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company’s Authorised Provider as required to receive Standard Support Services or to otherwise enable the Company to fulfil its obligations under the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0018259B" w:rsidRPr="008052FD">
+      <w:r w:rsidR="001A192D" w:rsidRPr="001A192D">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
+      <w:r w:rsidR="00F867E2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001A192D" w:rsidRPr="001A192D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="04D69D74" w14:textId="622FACF5" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>remote engineer support</w:t>
       </w:r>
       <w:r w:rsidR="0018259B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> during Working Hours only</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38631F97" w14:textId="30AC4F85" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
+    <w:p w14:paraId="38631F97" w14:textId="13360E62" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">visits to the Customer’s Site </w:t>
       </w:r>
       <w:r w:rsidR="0018259B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -9419,95 +11953,89 @@
         </w:rPr>
         <w:t xml:space="preserve">Site </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">visit in accordance with its </w:t>
       </w:r>
       <w:r w:rsidR="00F2741F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">then applicable charges </w:t>
       </w:r>
       <w:r w:rsidR="003B5B07" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F2741F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>unless the Customer is receiving the benefit of the Line</w:t>
+        <w:t>unless the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F867E2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F867E2" w:rsidRPr="00F867E2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is subscribed to, and is up to date with all payments for, a Line Safe Service</w:t>
       </w:r>
       <w:r w:rsidR="003B5B07" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>Safe</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F2741F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Service</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E082C4F" w14:textId="28432564" w:rsidR="0011436A" w:rsidRPr="008052FD" w:rsidRDefault="009D2DED" w:rsidP="00D53DCD">
+    <w:p w14:paraId="0E082C4F" w14:textId="4EC635BE" w:rsidR="0011436A" w:rsidRPr="008052FD" w:rsidRDefault="009D2DED" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="11"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Ref185503625"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref185503625"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>On discovery of a Fault, t</w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he Customer shall immediately report </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fault to the Company’s Customer Services Department and provide </w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
@@ -9523,239 +12051,239 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185684857 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Schedule 1</w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Subject to provisions of this clause </w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185601172 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and paragraph </w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185685022 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Schedule 1</w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
@@ -9773,96 +12301,123 @@
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the applicable Service Levels</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Standard Support Services or as otherwise agreed between the Company and the Customer</w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BD9812" w14:textId="33603CC5" w:rsidR="0018259B" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="00D53DCD">
+    <w:p w14:paraId="28BD9812" w14:textId="0053DE10" w:rsidR="0018259B" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="11"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t>The Company shall not be obliged to fix any Fault if</w:t>
+      <w:bookmarkStart w:id="12" w:name="_Ref209603405"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The Company shall not be obliged to </w:t>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">investigate or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>fix any Fault if</w:t>
       </w:r>
       <w:r w:rsidR="0018259B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Ref185605980"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkStart w:id="13" w:name="_Ref185605980"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Fault </w:t>
       </w:r>
       <w:r w:rsidR="0018259B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>is caused by the Customer’s:</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8574E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">directly or indirectly </w:t>
+      </w:r>
       <w:r w:rsidR="0018259B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>caused by the Customer’s:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="0018259B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722AF684" w14:textId="562500FF" w:rsidR="0018259B" w:rsidRPr="008052FD" w:rsidRDefault="0018259B" w:rsidP="00D53DCD">
+    <w:p w14:paraId="722AF684" w14:textId="3F3ED023" w:rsidR="0018259B" w:rsidRDefault="0018259B" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">failure to comply with </w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>any user manual or other Documentation</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> made</w:t>
       </w:r>
@@ -9895,5828 +12450,7255 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">relating to the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AD2DF77" w14:textId="41F92563" w:rsidR="0018259B" w:rsidRPr="008052FD" w:rsidRDefault="0018259B" w:rsidP="00D53DCD">
+    <w:p w14:paraId="56D267AF" w14:textId="72EC37E9" w:rsidR="00BD2533" w:rsidRPr="008052FD" w:rsidRDefault="00BD2533" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...17 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">failure to follow any oral or written instructions issued by the Company regarding the use or operation of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="40C315C1" w14:textId="664E8DF6" w:rsidR="0018259B" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="00D53DCD">
+    <w:p w14:paraId="40C315C1" w14:textId="5DBFD02C" w:rsidR="0018259B" w:rsidRDefault="00BD2533" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...16 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use of the Services in a manner that is not in accordance with the documentation, specifications, or intended purpose as described by the Company, including but not limited to unauthorised modification, misuse, or use with incompatible equipment or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>software;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2F225753" w14:textId="20F1BE2A" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="00D53DCD">
+    <w:p w14:paraId="2755AA4E" w14:textId="7F73B0FA" w:rsidR="00B8574E" w:rsidRDefault="00BD2533" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...15 lines deleted...]
-        <w:t>outside its normal application.</w:t>
+      <w:r w:rsidRPr="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>breach of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00F867E2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Agreement by the Customer;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8574E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537CCF7C" w14:textId="77EF9D99" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="004F5441">
+    <w:p w14:paraId="2F225753" w14:textId="6D98790B" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="00BD2533" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>se of the Services for purposes, in environments, or in connection with equipment or systems for which the Services were not designed, specified, or intended by the Company.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537CCF7C" w14:textId="52BBD3CB" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="004F5441">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="11"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the Company agrees to fix </w:t>
+        <w:t>If the Company agrees</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, at its discretion,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">investigate, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fix </w:t>
       </w:r>
       <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or attend to </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a Fault:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7630BB0F" w14:textId="2F6D5700" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
+    <w:p w14:paraId="7630BB0F" w14:textId="5431E02E" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>caused by the circumstances set out in Clause</w:t>
+        <w:t xml:space="preserve">caused by the circumstances </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20049">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">described </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in Clause</w:t>
       </w:r>
       <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185605980 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5.4</w:t>
       </w:r>
       <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468527AF" w14:textId="77777777" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
+    <w:p w14:paraId="468527AF" w14:textId="37B2AD32" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="00BD2533" w:rsidP="001354A6">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t>caused by the Customer; or</w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">directly or indirectly </w:t>
+      </w:r>
+      <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>caused by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an act or omission of</w:t>
+      </w:r>
+      <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Customer; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D503A83" w14:textId="77777777" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">that otherwise falls outside the responsibility of the Company; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E1C0E9" w14:textId="31FF68A6" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
+    <w:p w14:paraId="09E1C0E9" w14:textId="7770740E" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="001354A6" w:rsidP="001354A6">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>where no Fault is subsequently found</w:t>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2533">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, upon investigation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no Fault is found</w:t>
       </w:r>
       <w:r w:rsidR="009D2DED" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>, then</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B24DF0" w14:textId="5903FA91" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="009D2DED" w:rsidP="001354A6">
+    <w:p w14:paraId="34B24DF0" w14:textId="145964ED" w:rsidR="001354A6" w:rsidRPr="008052FD" w:rsidRDefault="00BD2533" w:rsidP="001354A6">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">then </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DED" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he Company may charge the Customer for such work at </w:t>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
+      <w:r w:rsidR="009D2DED" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> applicable man-hour rate. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>prevailing</w:t>
+      </w:r>
+      <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> man-hour rate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001354A6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335C9180" w14:textId="6698F751" w:rsidR="003002E9" w:rsidRPr="008052FD" w:rsidRDefault="003002E9" w:rsidP="004F5441">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="11"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Ref185600546"/>
+      <w:bookmarkStart w:id="14" w:name="_Ref185600546"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Enhanced Hosted</w:t>
       </w:r>
       <w:r w:rsidR="0073548E" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="007F6007" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Gill Sans MT" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>SERVICE ASSURED PRODUCT</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="618E449C" w14:textId="3168043A" w:rsidR="00887760" w:rsidRPr="008052FD" w:rsidRDefault="0073548E" w:rsidP="004F5441">
+    <w:p w14:paraId="618E449C" w14:textId="56672423" w:rsidR="00887760" w:rsidRDefault="0073548E" w:rsidP="006F2D6B">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Ref184041222"/>
-[...16 lines deleted...]
-          <w:rFonts w:eastAsia="Gill Sans MT"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref184041222"/>
+      <w:r w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In addition to the Standard Support Services, </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40DD6" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Company </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidR="00534B02" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>offer</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40DD6" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B02" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2533">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the following </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DED" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B02" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">levels of </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2DED" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced </w:t>
+      </w:r>
+      <w:r w:rsidR="00A60CFB" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hosted Services</w:t>
+      </w:r>
+      <w:r w:rsidR="007F6007" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which can be made available to the Customer </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>receiving Hosted Telephony</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the provisions of this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00F2741F" w:rsidRPr="008052FD">
-[...21 lines deleted...]
-          <w:rFonts w:eastAsia="Gill Sans MT"/>
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185600546 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Gill Sans MT"/>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
-[...91 lines deleted...]
-      <w:r w:rsidR="00A60CFB" w:rsidRPr="008052FD">
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6007" w:rsidRPr="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pursuant to Schedule 2 of the Master Services Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60CFB" w:rsidRPr="00C56EF5">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D2F8D83" w14:textId="48BFB8A2" w:rsidR="00887760" w:rsidRPr="008052FD" w:rsidRDefault="007D2075" w:rsidP="004F5441">
+    <w:p w14:paraId="5D2F8D83" w14:textId="1A2ED8E3" w:rsidR="00887760" w:rsidRPr="00CE43B3" w:rsidRDefault="007D2075" w:rsidP="00A24ACF">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
+      <w:r w:rsidRPr="00CE43B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Enhanced; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551061CB" w14:textId="794572F4" w:rsidR="00A60CFB" w:rsidRPr="008052FD" w:rsidRDefault="007D2075" w:rsidP="004F5441">
+    <w:p w14:paraId="551061CB" w14:textId="6778BCD8" w:rsidR="00A60CFB" w:rsidRPr="008052FD" w:rsidRDefault="007D2075" w:rsidP="00A24ACF">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Enhanced P</w:t>
       </w:r>
       <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>LUS</w:t>
       </w:r>
       <w:r w:rsidR="00A60CFB" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="243963F3" w14:textId="68BD8A1B" w:rsidR="00EB72EA" w:rsidRPr="008052FD" w:rsidRDefault="0073548E" w:rsidP="00EB72EA">
+    <w:p w14:paraId="243963F3" w14:textId="3CDF2984" w:rsidR="00EB72EA" w:rsidRPr="008052FD" w:rsidRDefault="0073548E" w:rsidP="00F8100D">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and t</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B02" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upgraded </w:t>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Service Levels</w:t>
+      </w:r>
+      <w:r w:rsidR="00534B02" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C56EF5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">available as part of Enhanced Hosted Services </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1438" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">set out in </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185505846 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 2</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this Service Schedule. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29965367" w14:textId="053A325E" w:rsidR="00493216" w:rsidRPr="008052FD" w:rsidRDefault="0073548E" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="0068469F" w:rsidRPr="0068469F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>paragraph 3 of Schedule 2 of the Master Services Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7BEE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00570190" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall provide </w:t>
+      </w:r>
+      <w:r w:rsidR="003C0BB8" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Enhanced Hosted Service</w:t>
+      </w:r>
+      <w:r w:rsidR="00570190" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6007" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the Customer </w:t>
+      </w:r>
+      <w:r w:rsidR="00570190" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from the </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6007" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Service Assured Product Commencement Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00611B43" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and shall continue to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced Hosted Services </w:t>
+      </w:r>
+      <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to the Customer for successive periods of 30 (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5093D695" w14:textId="73399677" w:rsidR="00CD5F2A" w:rsidRPr="008052FD" w:rsidRDefault="00CD5F2A" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Ref211956075"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0BC5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company or </w:t>
+      </w:r>
+      <w:r w:rsidR="00466534" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Customer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may give written notice to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, not later than </w:t>
+      </w:r>
+      <w:r w:rsidR="00466534" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thirty (30) days </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">before the end of </w:t>
+      </w:r>
+      <w:r w:rsidR="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rolling Monthly Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, to terminate th</w:t>
+      </w:r>
+      <w:r w:rsidR="00466534" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e Enhanced Hosted Services </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and termination shall take effect </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4165">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>on the last calendar day (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AC4165">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inclusive) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following Rolling Monthly Term. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For the avoidance of doubt, termination of the Enhanced Hosted Services, however arising, shall not terminate th</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Agreement or affect the continued provision of the standard Services, which shall remain in full force and effect for the remainder of the Term, unless </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>otherwise terminated in accordance with the terms of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Agreement. Only the Enhanced Hosted Services will cease upon termination</w:t>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211956075 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6.3</w:t>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE99FCC" w14:textId="153BD07E" w:rsidR="00FA23AA" w:rsidRPr="008052FD" w:rsidRDefault="00FA23AA" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Charges applicable to Enhanced Hosted Services are </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8306F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calculated </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB72EA" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">based on the number of Authorised Licences </w:t>
+      </w:r>
+      <w:r w:rsidR="00754CB2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">granted </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the Customer </w:t>
+      </w:r>
+      <w:r w:rsidR="00754CB2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>by the Company.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7097F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Customer </w:t>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is not entitled to receive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced Hosted Services </w:t>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in respect of fewer users</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> than the number of</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7097F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Authorised Licences granted</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8306F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7097F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the corresponding </w:t>
+      </w:r>
+      <w:r w:rsidR="00B7097F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Standard Support Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598889E1" w14:textId="2B870AAA" w:rsidR="00EB3CB2" w:rsidRDefault="00B64316" w:rsidP="00F8100D">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Ref209535130"/>
+      <w:bookmarkStart w:id="18" w:name="_Ref184041577"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To the extent </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable Change Request is technically feasible</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="007C4BEF">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D803D12" w14:textId="76B0DB38" w:rsidR="00B64316" w:rsidRPr="007C4BEF" w:rsidRDefault="00B64316" w:rsidP="00AD1690">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4BEF">
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="007C4BEF">
+        <w:t xml:space="preserve"> the Customer has selected the Enhanced service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4BEF">
+        <w:t xml:space="preserve"> level</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="007C4BEF">
+        <w:t xml:space="preserve">, any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4BEF">
+        <w:t>Change Requests</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="007C4BEF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006057A4">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="007C4BEF">
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4BEF">
+        <w:t>actioned</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="007C4BEF">
+        <w:t xml:space="preserve"> during a Working Day only</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4BEF">
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD1CC81" w14:textId="74A89FE4" w:rsidR="00EF1C81" w:rsidRPr="008052FD" w:rsidRDefault="00B64316" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Customer has selected the Enhanced PLUS service option, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Change Requests may</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actioned</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during a Working Day </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Out-of-Hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733EB236" w14:textId="2D78C13A" w:rsidR="00AA6E9D" w:rsidRPr="008052FD" w:rsidRDefault="0060083B" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Ref185599549"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24/7 </w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Remote</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Support</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to extent the</w:t>
+      </w:r>
+      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced Hosted Services </w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">service option includes 24/7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emote </w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upport, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7F6D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>such 24/7 Remote Support</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7F6D" w:rsidRPr="008052FD" w:rsidDel="009E7F6D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7F6D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>shall only apply to</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="4747B814" w14:textId="1A3BC955" w:rsidR="00AA6E9D" w:rsidRPr="007C4BEF" w:rsidRDefault="002A23FF" w:rsidP="00A24ACF">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C4BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Priority 1 and Priority 2 issues </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="007C4BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, excluding UK Bank Holidays</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="007C4BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the case of Enhanced level)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00393" w:rsidRPr="007C4BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="007C4BEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256DB7DA" w14:textId="4C2566D5" w:rsidR="00AA6E9D" w:rsidRPr="008052FD" w:rsidRDefault="00EB3CB2" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ll </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7BEE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aults</w:t>
+      </w:r>
+      <w:r w:rsidR="00F141F9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, including programming</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, including UK Bank Holidays</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the case of Enhanced </w:t>
+      </w:r>
+      <w:r w:rsidR="00156CB6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLUS </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>level)</w:t>
+      </w:r>
+      <w:r w:rsidR="0089577F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA6E9D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D32DED6" w14:textId="37EC0A7E" w:rsidR="00C328A1" w:rsidRPr="008052FD" w:rsidRDefault="0089577F" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the case of Enhanced level </w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>24/7 R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emote </w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>upport,</w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support </w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does not include </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">certain </w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>add</w:t>
+      </w:r>
+      <w:r w:rsidR="001E79ED" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s, moves and changes</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:i/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>time of day</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> routing changes, hunt group changes, extension programming</w:t>
+      </w:r>
+      <w:r w:rsidR="00754CB2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>auto attendant changes</w:t>
+      </w:r>
+      <w:r w:rsidR="00754CB2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any other support services that may require on-Site attendance</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7BEE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will notify </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7BEE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the time of</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7BEE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Customer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request for </w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>24/7 R</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emote </w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upport </w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whether the Customer is able to benefit from this service option </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, if not,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> what additional charges will apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receive such services</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F14" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3859467B" w14:textId="75E124F0" w:rsidR="007E0FA2" w:rsidRPr="008052FD" w:rsidRDefault="007E0FA2" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Ref209525538"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Company does not monitor emails or its CRM system </w:t>
+      </w:r>
+      <w:r w:rsidR="00967DAD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00967DAD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ours. Any </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C95" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C95" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the Customer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00671F42" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24/7 Remote Support </w:t>
+      </w:r>
+      <w:r w:rsidR="009E7F6D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or Change Requests Out-of-Hours (to the extent the Customer is eligible to receive such Out-of-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009E7F6D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hours</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009E7F6D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0D17" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="009E7F6D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upport) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>must be made by telephone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Any requests or reports made by email </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7BEE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ut of </w:t>
+      </w:r>
+      <w:r w:rsidR="004C7BEE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ours will not be actioned until the next Working Day.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="4F1B6E10" w14:textId="4A0CA7F0" w:rsidR="00F141F9" w:rsidRPr="008052FD" w:rsidRDefault="007D2075" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Ref185610038"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ite </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>isits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B170A2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced Hosted Services </w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">service option includes </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ite visits</w:t>
+      </w:r>
+      <w:r w:rsidR="00F141F9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="239BC43C" w14:textId="51E6E619" w:rsidR="00C328A1" w:rsidRPr="008052FD" w:rsidRDefault="002949B6" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this is subject to a </w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maximum of </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>four (</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> separate visits </w:t>
+      </w:r>
+      <w:r w:rsidR="00F141F9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the Customer’s </w:t>
+      </w:r>
+      <w:r w:rsidR="001E79ED" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00F141F9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ite </w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>per annum</w:t>
+      </w:r>
+      <w:r w:rsidR="00754CB2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, except where the Site visit </w:t>
+      </w:r>
+      <w:r w:rsidR="00174750" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>concerns a Fault directly caused by the Company or Company’s Authorised Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364" w:rsidRPr="007A7364">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This limitation includes any visits cancelled by the Customer within five (5) </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Working</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364" w:rsidRPr="007A7364">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Days of the scheduled date, unless otherwise agreed in writing by the Company. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00393" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ack this </w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1F83" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ppointments </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1F83" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>odule</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the time of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request for a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ite visit </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have reached </w:t>
+      </w:r>
+      <w:r w:rsidR="00A96842" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maximum number of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ite </w:t>
+      </w:r>
+      <w:r w:rsidR="003101FC" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>visits</w:t>
+      </w:r>
+      <w:r w:rsidR="00174750" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or if the Customer’s use of Enhanced Hosted Services </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00174750" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00174750" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unreasonably excessive</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00174750" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and what </w:t>
+      </w:r>
+      <w:r w:rsidR="00D00393" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">additional </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>charge</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00393" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00174750" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F141F9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00754CB2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53485C8A" w14:textId="77B40807" w:rsidR="00891DB0" w:rsidRPr="008052FD" w:rsidRDefault="00671F42" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Customer acknowledges and accepts that </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00891DB0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ite visits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00891DB0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ut</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00891DB0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00891DB0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ours</w:t>
+      </w:r>
+      <w:r w:rsidR="00F141F9" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only be available </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="002A23FF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Priority</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002A23FF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 and Priority 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4525">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Faults</w:t>
+      </w:r>
+      <w:r w:rsidR="002A23FF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E79ED" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidR="00754CB2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C3FB74" w14:textId="06A5D843" w:rsidR="007D2075" w:rsidRPr="008052FD" w:rsidRDefault="0060083B" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Ref185610073"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Training</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced Hosted Services </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>service option includes training refre</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>hers</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this includes:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="11953C63" w14:textId="50A4F15F" w:rsidR="00662A2A" w:rsidRPr="008052FD" w:rsidRDefault="007D2075" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Remote</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00393" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">subject to clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185606426 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6.11</w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D665E6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>emote training will be limited to a maximum</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 hour time slots and subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8349B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1C81" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>one 1-hour training session per week</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72" w:rsidRPr="00A94F72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72" w:rsidRPr="00A94F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>This limitation applies to both attended sessions and sessions cancelled</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72" w:rsidRPr="00A94F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">five (5) Working Days </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of the scheduled date</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364" w:rsidRPr="007A7364">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unless otherwise agreed </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in writing </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364" w:rsidRPr="007A7364">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>by the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72" w:rsidRPr="00A94F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> believe</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that excessive training </w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">requirements are being </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requested</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will </w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the time of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request and what additional charges will apply.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company will not proceed with any request until it receives the Customer’s acceptance of any charges in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F8CAE79" w14:textId="62CCBB07" w:rsidR="00C328A1" w:rsidRPr="008052FD" w:rsidRDefault="007D2075" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>On</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Site Training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">subject to clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185606426 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6.11</w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00662A2A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ite training will be limited to a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maximum </w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>one (</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> visit of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>three (</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0060083B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hours per annum. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72" w:rsidRPr="00A94F72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>This limitation applies to both attended sessions and sessions cancelled by the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within ten (10) Working Days of the scheduled date unless otherwise agreed in writing by the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72" w:rsidRPr="00A94F72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94F72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will t</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2461" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ack this on </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1F83" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company’s a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ppointments </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1F83" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odule and notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the time of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request for on</w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ite </w:t>
+      </w:r>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">training </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have reached </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maximum number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ite</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>trainin</w:t>
+      </w:r>
+      <w:r w:rsidR="002949B6" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00117DD1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and what </w:t>
+      </w:r>
+      <w:r w:rsidR="00D00393" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">additional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>charge</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00393" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will apply.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company will not proceed with any request until it receives the Customer’s acceptance of any charges in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E42A685" w14:textId="3E2AF5FD" w:rsidR="004530D1" w:rsidRPr="008052FD" w:rsidRDefault="004530D1" w:rsidP="00E5407C">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Ref185606426"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For the avoidance of doubt, remote and on</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ite training shall only be provided during a Working Day and is not subject to any </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002062CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="002062CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>evels referred to under the Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The Company shall not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any liability to the Customer if it </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB10D1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cancels training at short notice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or is delayed in providing the remote and/or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ite</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> training and such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AB10D1">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cancellation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> delay shall not entitle the Customer to any </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>redit or other sums.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="3CF93147" w14:textId="4DC40385" w:rsidR="00A94F72" w:rsidRPr="00AD1690" w:rsidRDefault="00A94F72" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A94F72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The dates and times for any site visits or training sessions provided under this Agreement will be arranged at times convenient to the Company. The Company will make reasonable efforts to accommodate the Customer’s preferred dates and times, subject to availability and operational requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D2D947" w14:textId="771D6002" w:rsidR="00A759A5" w:rsidRPr="008052FD" w:rsidRDefault="00D8349B" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Welcome announcement and auto-attendance messages</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2461" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D7EE1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>here</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A2235F" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Enhanced Hosted Services service option includes the provision of welcome announcements and auto-attendance messages, a</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2461" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ll </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>welcome announcements and/or auto-attendance message</w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2461" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be made by employees of the Company. If</w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0AE038" w14:textId="6D40F5B7" w:rsidR="00A759A5" w:rsidRPr="008052FD" w:rsidRDefault="001820D9" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>he Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2461" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wish</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2461" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to use </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003F2461" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> own employees</w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for any </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8349B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>welcome announcements and/or auto-attendance message</w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>, no charges shall apply;</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430E21FC" w14:textId="441F4A41" w:rsidR="003F2461" w:rsidRPr="008052FD" w:rsidRDefault="001820D9" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>he</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wish</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for the Company to arrange for </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>the Customer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D8349B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>welcome announcements and/or auto-attendance message</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to be </w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">professionally recorded by a </w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">third </w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>party</w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, additional charges </w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>apply</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of these at the time of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46EE2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00875431" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> request</w:t>
+      </w:r>
+      <w:r w:rsidR="00A759A5" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103AAC12" w14:textId="49430747" w:rsidR="00F31D04" w:rsidRPr="008052FD" w:rsidRDefault="00F31D04" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exclusions and exceptions set </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>out</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in paragraph </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185685022 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall apply to the measurement and calculation of the Enhanced Hosted S</w:t>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ervice Levels therein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E7FB1E" w14:textId="63AE012D" w:rsidR="005B123E" w:rsidRPr="008052FD" w:rsidRDefault="005B123E" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">own </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cost, </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ensure that </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall have such remote and other access to the </w:t>
+      </w:r>
+      <w:r w:rsidR="002062CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Customer Computer S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ystem and infrastructure as </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall require to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced Hosted </w:t>
+      </w:r>
+      <w:r w:rsidR="0010602E" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE28763" w14:textId="19E74CD9" w:rsidR="002D77F5" w:rsidRPr="003845BE" w:rsidRDefault="002511D9" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event that </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required to engage with </w:t>
+      </w:r>
+      <w:r w:rsidR="002D77F5" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or other supplier to perfo</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5B1E" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>rm the Enhanced Hosted Services</w:t>
+      </w:r>
+      <w:r w:rsidR="007A7364" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5B1E" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall not be liable for any failure to meet the Enhanced Hosted S</w:t>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ervice Levels under</w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B" w:rsidRPr="00E20049">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185505846 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B" w:rsidRPr="00E20049">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00E053EE" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002062CB" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attributable to an act or omission of a third party supplier</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5B1E" w:rsidRPr="003845BE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7788B55A" w14:textId="3F119D5B" w:rsidR="00491983" w:rsidRPr="008052FD" w:rsidRDefault="00766C95" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Changes</w:t>
+      </w:r>
+      <w:r w:rsidR="00491983" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Requests</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/Programming Requests</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE740A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Subject to Clause</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref209535130 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6.5</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00491983" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00491983" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00491983" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185596922 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00491983" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00491983" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6.18</w:t>
+      </w:r>
+      <w:r w:rsidR="00491983" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00DE740A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005463E1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005463E1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>purchased</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enhanced </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hosted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Services </w:t>
+      </w:r>
+      <w:r w:rsidR="005463E1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from the Company, </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entitled to unlimited </w:t>
+      </w:r>
+      <w:r w:rsidR="00002574" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Change Requests </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and programming requests. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7419174B" w14:textId="28A85FED" w:rsidR="00491983" w:rsidRPr="008052FD" w:rsidRDefault="00722E62" w:rsidP="00491983">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Ref185598874"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>’s Change Requests</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C95" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or programming requests are</w:t>
+      </w:r>
+      <w:r w:rsidR="00491983" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, in the reasonable opinion of the Company, excessive</w:t>
+      </w:r>
+      <w:r w:rsidR="00766C95" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00766C95" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EC2832" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Company</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00766C95" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will inform </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00766C95" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and provide </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00766C95" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a quotation to perform the request. </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00E934E0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005463E1" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will not </w:t>
+      </w:r>
+      <w:r w:rsidR="00E934E0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proceed with any request until </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidR="00E934E0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> receive</w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E934E0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002628CB" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E934E0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acceptance of any charges in writing.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="_Ref185596922"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="79A59A06" w14:textId="01CACE75" w:rsidR="00C56EF5" w:rsidRDefault="00C56EF5" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBclauselevel1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Ref209166201"/>
+      <w:bookmarkStart w:id="27" w:name="_Ref185606954"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>LEGACY PROTECT – service assured product</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0068469F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE5E314" w14:textId="10704BED" w:rsidR="007054A5" w:rsidRDefault="007054A5" w:rsidP="00C56EF5">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Hlk209457740"/>
+      <w:r>
+        <w:t>Subject to payment of the applicable Charges, the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007054A5">
+        <w:t xml:space="preserve"> shall provide the Customer </w:t>
+      </w:r>
+      <w:r w:rsidR="0067203D">
+        <w:t xml:space="preserve">receiving Legacy PBX </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007054A5">
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Legacy Protect </w:t>
+      </w:r>
+      <w:r w:rsidR="0067203D">
+        <w:t xml:space="preserve">in accordance with the provisions of this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="0067203D">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0067203D">
+        <w:instrText xml:space="preserve"> REF _Ref209166201 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0067203D">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="0067203D">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="007C4BEF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3" w:rsidRPr="00CE43B3">
+        <w:t>Schedule 2 of the Master Services Agreement (Service Assured Products).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA342F8" w14:textId="21CE9170" w:rsidR="007C4BEF" w:rsidRDefault="0068469F" w:rsidP="007C4BEF">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0068469F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Subject to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068469F">
+        <w:t>paragraph 3 of Schedule 2 of the Master Services Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4BEF">
+        <w:t xml:space="preserve">Company shall provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:t xml:space="preserve">Legacy Protect </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4BEF">
+        <w:t>to the Customer from the Service Assured Product Commencement Date and shall continue to</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:t xml:space="preserve"> make Legacy Protect available </w:t>
+      </w:r>
+      <w:r w:rsidR="007C4BEF">
+        <w:t>to the Customer for successive periods of 30 (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D81D7F" w14:textId="28C5735E" w:rsidR="007C4BEF" w:rsidRDefault="007C4BEF" w:rsidP="007C4BEF">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Ref211960376"/>
+      <w:r>
+        <w:t xml:space="preserve">The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of a Rolling Monthly Term, to terminate </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:t xml:space="preserve">Legacy Protect </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and termination shall take effect on the last calendar day (inclusive) of the following Rolling Monthly Term. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:t xml:space="preserve">For the avoidance of doubt, termination of </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:t>Legacy Protect</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:t>, however arising, shall not terminate th</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:t xml:space="preserve"> Agreement or affect the continued provision of the standard Services, which shall remain in full force and effect for the remainder of the Term, unless otherwise terminated in accordance with the terms of th</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:t xml:space="preserve"> Agreement. Only </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:t xml:space="preserve">Legacy Protect </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:t>will cease upon</w:t>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:t>termination</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:t xml:space="preserve"> pursuant to this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:instrText xml:space="preserve"> REF _Ref211960376 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:t>7.3</w:t>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidR="00EB3CB2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01893421" w14:textId="6D4FD5CA" w:rsidR="008E183D" w:rsidRDefault="00267D88" w:rsidP="00CE43B3">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">The Customer shall pay the applicable Charges for Legacy Protect </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00267D88">
+        <w:t>on a monthly ba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20049">
+        <w:t>sis</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA27C4" w:rsidRPr="00E20049">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4" w:rsidRPr="006F3328">
+        <w:t>in advance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E20049">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20810FC8" w14:textId="4F2A3818" w:rsidR="008E183D" w:rsidRDefault="008E183D" w:rsidP="008E183D">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008E183D">
+        <w:t>Customers who have subscribed to Legacy Protect shall be entitled to receive enhanced maintenance and technical support services in relation to their Legacy PBX. Such enhanced maintenance and technical support services shall be provided strictly in accordance with, and subject to, the service levels and terms set out in the Service Schedule for Maintenance and Technical Support (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="_Hlk212474921"/>
+      <w:r w:rsidR="00464E62">
+        <w:t>www.ghmcomms.com).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E183D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="3C996CC1" w14:textId="040B9725" w:rsidR="00650D1C" w:rsidRDefault="00A71E63" w:rsidP="00CE43B3">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Hlk212474812"/>
+      <w:r w:rsidRPr="00A71E63">
+        <w:t xml:space="preserve">Where the Customer is subscribed to Legacy Protect, and a </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2EF3">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71E63">
+        <w:t xml:space="preserve">ault occurs affecting the Customer’s Legacy PBX system, the Company shall use reasonable endeavours to deploy a Hosted Telephony solution within forty-eight (48) hours of request from the Customer, subject always to </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">technical feasibility and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A71E63">
+        <w:t>availability of necessary hardware. The deployment and provision of Hosted Telephony under Legacy Protect shall be governed by, and subject to, the terms of this Service Schedule. For the duration of such deployment, the Customer shall receive Standard Support Services in accordance with this Service Schedule</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="2208833A" w14:textId="4FFB0D77" w:rsidR="007C4BEF" w:rsidRDefault="00267D88" w:rsidP="00CE43B3">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Ref212118698"/>
+      <w:r>
+        <w:t>Subject to clause</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:instrText xml:space="preserve"> REF _Ref209176991 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002C1D01">
+        <w:t>7.9</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">Hosted Telephony </w:t>
+      </w:r>
+      <w:r w:rsidR="00A71E63">
+        <w:t xml:space="preserve">deployed under the Legacy Protect </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t>shall be provided</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to the Customer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve"> free of charge for a period of thirty (30)</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0CD3">
+        <w:t xml:space="preserve"> calendar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve"> days for up to twenty (20) </w:t>
+      </w:r>
+      <w:r w:rsidR="0068469F">
+        <w:t>Authorised Licences.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidR="0068469F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E270785" w14:textId="748E23F1" w:rsidR="00C56EF5" w:rsidRDefault="00267D88" w:rsidP="00C56EF5">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Ref209176935"/>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">The thirty (30) </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0CD3">
+        <w:t xml:space="preserve">calendar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">day period of complimentary Hosted Telephony under </w:t>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:t>this c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">lause </w:t>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:instrText xml:space="preserve"> REF _Ref209166201 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="003845BE">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve"> may be extended by a further thirty (30) </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0CD3">
+        <w:t xml:space="preserve">calendar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t>days at the Company’s sole discretion in the following circumstances:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="5C39F090" w14:textId="695DC44C" w:rsidR="007054A5" w:rsidRDefault="00267D88" w:rsidP="007054A5">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267D88">
+        <w:t>where the Company is actively working to restore the Customer’s Legacy PBX service (including, but not limited to, sourcing or installing replacement hardware); or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E1AA3BA" w14:textId="4BD7B3EA" w:rsidR="007054A5" w:rsidRDefault="00267D88" w:rsidP="007054A5">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00267D88">
+        <w:t>where the Company and the Customer are in the process of finalising commercial terms for a transition to Hosted Telephony</w:t>
+      </w:r>
+      <w:r w:rsidR="007E06B9">
+        <w:t>, which</w:t>
+      </w:r>
+      <w:r w:rsidR="007E06B9" w:rsidRPr="007E06B9">
+        <w:t xml:space="preserve"> shall supersede and replace the existing provision of Legacy PBX services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D25A41" w14:textId="2EFF1906" w:rsidR="007054A5" w:rsidRPr="00EF69EA" w:rsidRDefault="00267D88" w:rsidP="007054A5">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Ref209176991"/>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">Where Hosted Telephony is deployed under Legacy Protect, any continued use beyond the initial thirty (30) </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0CD3">
+        <w:t xml:space="preserve">calendar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">day period </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">or sixty (60) </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0CD3">
+        <w:t xml:space="preserve">calendar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">days where an extension has been granted under Clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:instrText xml:space="preserve"> REF _Ref209176935 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C607C2">
+        <w:t>7.8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE43B3">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve"> shall be chargeable at the Company’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:t xml:space="preserve">then </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t>prevailing rates</w:t>
+      </w:r>
+      <w:r w:rsidR="00066842">
+        <w:t xml:space="preserve"> applicable to the provision of Enhanced </w:t>
+      </w:r>
+      <w:r w:rsidR="004D37ED">
+        <w:t>Hosted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267D88">
+        <w:t xml:space="preserve">, unless otherwise </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF69EA">
+        <w:t>agreed in writing by the Company.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="45FDBB63" w14:textId="3C4B7E61" w:rsidR="000061BF" w:rsidRDefault="00B46B78" w:rsidP="000061BF">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B46B78">
+        <w:t>In the event that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B46B78">
+        <w:t xml:space="preserve"> the Customer elects not to transition to Hosted Telephony</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7EE2">
+        <w:t xml:space="preserve"> in replacement of Legacy PBX</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46B78">
+        <w:t xml:space="preserve">and the Company is unable to remedy the </w:t>
+      </w:r>
+      <w:r w:rsidR="007E06B9">
+        <w:t xml:space="preserve">relevant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46B78">
+        <w:t xml:space="preserve">PBX </w:t>
+      </w:r>
+      <w:r w:rsidR="00066842">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46B78">
+        <w:t xml:space="preserve">ault, the Customer shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46B78">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">be entitled to terminate the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46B78">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00066842" w:rsidRPr="00066842">
+        <w:t>solely in respect of the Legacy PBX services</w:t>
+      </w:r>
+      <w:r w:rsidR="00066842">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46B78">
+        <w:t xml:space="preserve">by providing </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1 months’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B46B78">
+        <w:t xml:space="preserve">written notice to the Company. In such circumstances, the Customer shall not be required to pay </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the Balance of Contract</w:t>
+      </w:r>
+      <w:r w:rsidR="00066842">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00066842" w:rsidRPr="00066842">
+        <w:t xml:space="preserve">relating to the Legacy PBX </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7082">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00066842" w:rsidRPr="00066842">
+        <w:t>ervices</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28563523" w14:textId="61A96C66" w:rsidR="00194EA8" w:rsidRDefault="00194EA8" w:rsidP="00E73697">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Hlk209607168"/>
+      <w:r w:rsidRPr="00194EA8">
+        <w:t>The Customer acknowledges and agrees that, in addition to the terms set out in this Service Schedule, the Master Services Agreement, and the applicable Order Form, the Company’s Service Schedule for Maintenance and Technical Support shall also apply to the provision of the Legacy Protect service</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00464E62">
+        <w:t>www.ghmcomms.com</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194EA8">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009E505A">
+        <w:t>To the extent that the Customer is receiving Legacy Protect, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194EA8">
+        <w:t xml:space="preserve">he Customer further agrees to comply with all obligations </w:t>
+      </w:r>
+      <w:r w:rsidR="009E505A">
+        <w:t xml:space="preserve">of the Customer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00194EA8">
+        <w:t xml:space="preserve">set out </w:t>
+      </w:r>
+      <w:r w:rsidR="009E505A">
+        <w:t xml:space="preserve">in the Company’s </w:t>
+      </w:r>
+      <w:r w:rsidR="009E505A" w:rsidRPr="009E505A">
+        <w:t>Service Schedule for Maintenance and Technical Support</w:t>
+      </w:r>
+      <w:r w:rsidR="007E06B9">
+        <w:t xml:space="preserve"> to the extent applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="009E505A">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED00DB9" w14:textId="38F71321" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBclauselevel1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Ref211961380"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>Call Recording Provisioning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="4EAB44B4" w14:textId="77777777" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide any Call Recording Service, each call to be recorded must be routed over the Network.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7786B5" w14:textId="77A561BE" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Customer warrants to the Company that it has authorised the Company to act on </w:t>
+      </w:r>
+      <w:r w:rsidR="0003479B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> behalf in respect of their Recordings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53779503" w14:textId="1AAF9D02" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to any applicable legislation (for example </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ata </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rotection </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>egislation)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Recordings and any data contained within the Recordings are the property of the Customer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9C63F7" w14:textId="4B50C221" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Customer acknowledges and is aware that the Customer is responsible for all content within each Recording and shall ensure that all necessary steps are taken to ensure such content complies with the requirements of any</w:t>
+      </w:r>
+      <w:r w:rsidR="0003479B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidR="007E3CE9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B3C655" w14:textId="23CCAA72" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Customer shall notify the Company of all numbers that it requires to be recorded by any Call Recording </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Customer is solely responsible for notifying the Company of any changes, deletions or amendments to any such numbers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CC8F49" w14:textId="4770B980" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unless otherwise agreed in writing by the Company, </w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall commence </w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ecording of calls automatically on call answer and shall terminate </w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ecording on call release.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA1A647" w14:textId="0ABC7B73" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Subject to Clause</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185606904 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the Customer acknowledges that save with the Customer's prior written consent,</w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall not, and has no obligation to review or edit any Recordings</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he extent to which the Customer reviews, edits or deletes Recordings is entirely the responsibility of the Customer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6074EBED" w14:textId="5FBF19DB" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="003940CF" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall only </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>grant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> access </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recordings to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who has the correct access </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">credentials. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008BD6DE" w14:textId="2988A195" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Without prejudice to the obligations placed upon the Customer pursuant to this Clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211961380 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company reserves the right to refuse access to any Recordings</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8590E">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless and until it has received </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">such evidence as it may require </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to verify that the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requestee has authority to access such Recordings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBEA81E" w14:textId="6CAEE080" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="003940CF" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will store two copies of all Recordings for the number of days set out in the Order </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Form </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>after the date the Recording was made and will charge the Customer for such storage at the Company's then current rate for Call Recording Services after which time they will be automatically deleted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2044337C" w14:textId="77777777" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Immediately following termination of any Call Recording </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Company reserves the right to delete all Recordings relating to such Call Recording Service unless expressly agreed otherwise in writing with the Customer in advance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7377DDF2" w14:textId="79AB97C8" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00B8590E" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Ref185606904"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he Company reserves the right to access, retain and disclose the Recordings or copies of them for the purposes of:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="588A7075" w14:textId="77777777" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">complying with its obligations under any agreement between the Company and a Network </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Operator;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="52090B26" w14:textId="25F58709" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">observing the performance of any Call Recording Service including for </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>monitoring;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3FFD980E" w14:textId="574A3A10" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>retaining a record of activity on the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s equipment or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>systems;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7EBF3676" w14:textId="48809902" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">performing emergency maintenance or resolving any </w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aults within any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Recording;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="089943DB" w14:textId="55A250D4" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>compliance with legislation or with any instruction from a court of competent jurisdiction or other regulatory authority</w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (including but not limited to OFCOM</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Data Protection Legislation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ACCED1D" w14:textId="4F03A6C3" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>complying with a written request from the Customer for information about or disclosure of its Recording</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36787D7C" w14:textId="04DD637E" w:rsidR="00FA257B" w:rsidRPr="008052FD" w:rsidRDefault="00FA257B" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">complying with its obligations under the Agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B17975" w14:textId="68249D70" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Due to the nature of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA257B" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Call Recording </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services, it is technically impossible to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="005352EC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Call Recording </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services fault </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>free</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Company does not undertake to do so. Accordingly:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8D442A" w14:textId="5DFA207C" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">it is the Customer's responsibility to report to the Company as soon as reasonably practicable any </w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aults or suspected </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aults with the Call Recording </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Service;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7F7CBDBF" w14:textId="2E8F7378" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>subject to the provisions of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7CFD" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will use reasonable endeavours to provide continuous access to the Recordings but cannot guarantee all </w:t>
+      </w:r>
+      <w:r w:rsidR="003940CF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alls are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>recorded at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and cannot be liable for any lost, corrupted or failed Recordings; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8834F5" w14:textId="7622AD85" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00D53DCD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Customer shall promptly download any Recordings which it deems important.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4" w:rsidRPr="00EA27C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4" w:rsidRPr="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA27C4" w:rsidRPr="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Customer  acknowledges</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA27C4" w:rsidRPr="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and agrees that it is solely responsible for ensuring that all </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Recordings are</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4" w:rsidRPr="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stored in a secure and accessible location, and that it can be retrieved for future use or reference as </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7EE2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4" w:rsidRPr="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>required by the Customer</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5D20AC" w14:textId="7DA9D589" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00252A23">
+      <w:pPr>
+        <w:pStyle w:val="MBclauselevel1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Ref185601195"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>VOICE SAFE SERVICES</w:t>
+      </w:r>
+      <w:r w:rsidR="00B170A2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – SERVICE ASSURED PRODUCT</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="2AF8BDD9" w14:textId="77777777" w:rsidR="007B62FF" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="007B62FF">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subject to payment of the applicable Charges, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5448D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide a Voice Safe Service to the Customer whereby</w:t>
+      </w:r>
+      <w:r w:rsidR="007B62FF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5448D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall use </w:t>
+      </w:r>
+      <w:r w:rsidR="00C5448D" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reasonable endeavours to ensure that the Customer does not experience call fraud in relation to</w:t>
+      </w:r>
+      <w:r w:rsidR="007B62FF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDC61A3" w14:textId="44AE457F" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>numbers registered on the Customer’s account</w:t>
+      </w:r>
+      <w:r w:rsidR="007B62FF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC1E8BD" w14:textId="5FBD14F4" w:rsidR="005768E8" w:rsidRDefault="00DA0D21" w:rsidP="004F5441">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any outbound calls to numbers that the Company is aware of that</w:t>
+      </w:r>
+      <w:r w:rsidR="007B62FF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> could be or are being used in a fraudulent way</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749A93F0" w14:textId="64AEC0BB" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="005768E8" w:rsidP="006F3328">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1429" w:hanging="720"/>
-[...49 lines deleted...]
-          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        <w:ind w:left="720" w:hanging="23"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005768E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and in each case, such provision shall be in accordance with the terms of this Clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
-[...21 lines deleted...]
-          <w:rFonts w:eastAsia="Gill Sans MT"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185601195 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="Gill Sans MT"/>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="007D2075" w:rsidRPr="008052FD">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005768E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Schedule 2 of the Master Services Agreement (Service Assured Products).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29965367" w14:textId="5683FEDA" w:rsidR="00493216" w:rsidRPr="008052FD" w:rsidRDefault="0073548E" w:rsidP="004F5441">
+    <w:p w14:paraId="756209C2" w14:textId="0885FF6E" w:rsidR="00E508BB" w:rsidRDefault="005768E8" w:rsidP="00466805">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...81 lines deleted...]
-        <w:t xml:space="preserve">to the Customer for successive periods </w:t>
+      <w:r w:rsidRPr="005768E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Customer acknowledges and agrees that the provision of the Voice Safe Service shall be strictly limited to circumstances in which the Customer is receiving one of the following Services, and shall in all cases be subject to technical feasibility:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1514E73D" w14:textId="335DF5B0" w:rsidR="00E508BB" w:rsidRDefault="00E508BB" w:rsidP="00E508BB">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E508BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wholesale Line Rental </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
-[...4 lines deleted...]
-        <w:t>of  30</w:t>
+      <w:r w:rsidRPr="00E508BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5093D695" w14:textId="1D58B723" w:rsidR="00CD5F2A" w:rsidRPr="008052FD" w:rsidRDefault="00CD5F2A" w:rsidP="004F5441">
+    <w:p w14:paraId="116CAAD0" w14:textId="56C94A6C" w:rsidR="00E508BB" w:rsidRDefault="00E508BB" w:rsidP="00E508BB">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SIP; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C68DDBF" w14:textId="588D498C" w:rsidR="00E508BB" w:rsidRDefault="00E508BB" w:rsidP="00E508BB">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1417"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hosted Telephony. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0B03D1" w14:textId="03E75541" w:rsidR="00466805" w:rsidRPr="008052FD" w:rsidRDefault="00466805" w:rsidP="00466805">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">before the end of </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Subject to</w:t>
+      </w:r>
+      <w:r w:rsidR="0068469F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paragraph 3 of Schedule 2 of the Master Services Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the Company shall provide the Voice Safe Service to the Customer from the Service Assured Product Commencement Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD" w:rsidDel="007F6007">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and shall continue to provide </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...34 lines deleted...]
-        <w:t>on the last calendar day (</w:t>
+        <w:t xml:space="preserve">the Voice Safe Service </w:t>
+      </w:r>
+      <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the Customer for successive periods </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00AC4165">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> of</w:t>
+      <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of  30</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00B64316" w:rsidRPr="008052FD">
-[...39 lines deleted...]
-        <w:t xml:space="preserve">Agreement.  </w:t>
+      <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE99FCC" w14:textId="0431C211" w:rsidR="00FA23AA" w:rsidRPr="008052FD" w:rsidRDefault="00FA23AA" w:rsidP="004F5441">
+    <w:p w14:paraId="12BE388F" w14:textId="189CE4A0" w:rsidR="00466805" w:rsidRPr="008052FD" w:rsidRDefault="00466805" w:rsidP="00E5407C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...48 lines deleted...]
-      <w:r w:rsidR="00B7097F" w:rsidRPr="008052FD">
+      <w:bookmarkStart w:id="39" w:name="_Ref211961816"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of </w:t>
+      </w:r>
+      <w:r w:rsidR="00965DAB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rolling Monthly Term, to terminate the Voice Safe Service and termination shall take effect </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC4165">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on the last calendar day (inclusive) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the following Rolling Monthly Term. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For the avoidance of doubt, termination of</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Voice Sage Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, however arising, shall not terminate the Agreement or affect the continued provision of the standard Services, which shall remain in full force and effect for the remainder of the Term, unless otherwise terminated in accordance with the terms of the Agreement. Only </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Voice Safe Services </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will cease upon termination</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211961816 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...4749 lines deleted...]
-        <w:t xml:space="preserve"> Agreement.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15CE8328" w14:textId="3433D954" w:rsidR="00AF4CB0" w:rsidRPr="008052FD" w:rsidRDefault="00AF4CB0" w:rsidP="00E5407C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Where a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Customer</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is receiving Voice Safe Services from the Company, the Company will Bar outbound calls to numbers that it has identified as being associated to fraudulent activity. Barring may be removed at the Company’s sole discretion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4520D473" w14:textId="4CCD6789" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
+    <w:p w14:paraId="4520D473" w14:textId="1095466A" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Charges for the Voice</w:t>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Safe </w:t>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
@@ -15806,98 +19788,98 @@
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">where the </w:t>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ine rental may or may not be billed by the Company.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17830DC8" w14:textId="308FE699" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
+    <w:p w14:paraId="17830DC8" w14:textId="11886A6C" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Ref184129976"/>
+      <w:bookmarkStart w:id="40" w:name="_Ref184129976"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject to Clause </w:t>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref184129959 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...3 lines deleted...]
-        <w:t>8.7</w:t>
+      <w:r w:rsidR="009035EE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.8</w:t>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Clause</w:t>
       </w:r>
       <w:r w:rsidR="00400F02" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 18 of the Master Services Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, if </w:t>
       </w:r>
@@ -15969,69 +19951,69 @@
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00400F02" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ervices provided by the Company, </w:t>
       </w:r>
       <w:r w:rsidR="005E50E4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">subject to the loss directly suffered by the Customer being </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>in excess of £125.00.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="19B46882" w14:textId="77777777" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Ref184129959"/>
+      <w:bookmarkStart w:id="41" w:name="_Ref184129959"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer acknowledges and agrees that:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="3919F534" w14:textId="55E0D422" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
+    <w:p w14:paraId="3919F534" w14:textId="43CB664D" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>payment of the Voice</w:t>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
@@ -16058,73 +20040,85 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref184129976 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...3 lines deleted...]
-        <w:t>8.6</w:t>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9.7</w:t>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00ED2A2F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is subject to receipt by the Company of</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a valid Crime Reference Number for the fraud incidence in question </w:t>
+        <w:t xml:space="preserve"> a valid Crime Reference Number for the fraud inciden</w:t>
+      </w:r>
+      <w:r w:rsidR="00622E5D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in question </w:t>
       </w:r>
       <w:r w:rsidR="00550761" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(which shall be provided to the Company on request) </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and will not be payable </w:t>
       </w:r>
       <w:r w:rsidR="00374739" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>if the</w:t>
       </w:r>
       <w:r w:rsidR="00ED2A2F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Company discovers or reasonably suspects that the</w:t>
       </w:r>
@@ -16269,95 +20263,131 @@
         </w:rPr>
         <w:t xml:space="preserve"> and no compensation will become payable </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>in the event that</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00DA0D21" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> fraud calls are billed directly to the Customer by other call providers. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D25DE63" w14:textId="5F9D57B1" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00252A23">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Ref185600797"/>
+      <w:bookmarkStart w:id="42" w:name="_Ref185600797"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>LINE SAFE SERVICES</w:t>
       </w:r>
       <w:r w:rsidR="00B170A2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Service Assured Product</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00B170A2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40D16910" w14:textId="31BEB141" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
+    <w:p w14:paraId="40D16910" w14:textId="6D2065D2" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject to payment of the applicable Charges, </w:t>
       </w:r>
       <w:r w:rsidR="00252A23" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may provide a Line Safe Service to the Customer whereby if the Customer experiences a line </w:t>
+        <w:t xml:space="preserve"> may provide a Line Safe Service to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E508BB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Customer </w:t>
+      </w:r>
+      <w:r w:rsidR="00E508BB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">receiving </w:t>
+      </w:r>
+      <w:r w:rsidR="00E508BB" w:rsidRPr="00E508BB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wholesale Line Rental Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00E508BB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whereby if the Customer experiences a line </w:t>
       </w:r>
       <w:r w:rsidR="00252A23" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ault in relation to numbers registered on their account and provided that the Company bill the </w:t>
       </w:r>
       <w:r w:rsidR="00496911" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ine rental, </w:t>
       </w:r>
@@ -16383,147 +20413,168 @@
         </w:tabs>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">log each </w:t>
       </w:r>
       <w:r w:rsidR="00252A23" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>all received by the Company from the Customer with Openreach; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EC4F85" w14:textId="7BA2CFFE" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
+    <w:p w14:paraId="05EC4F85" w14:textId="16EAC811" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">cover the cost of </w:t>
       </w:r>
+      <w:r w:rsidR="00AA0D65">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
       <w:r w:rsidR="00252A23" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...5 lines deleted...]
-        <w:t>all</w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D65">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00252A23" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...5 lines deleted...]
-        <w:t>O</w:t>
+        <w:t>ut C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">harges generated by the attendance of an Openreach engineer to the Customer’s Site when it becomes evident that the </w:t>
       </w:r>
       <w:r w:rsidR="00252A23" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ut C</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">harges generated by the attendance of an Openreach engineer to the Customer’s Site when it becomes evident that the </w:t>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ault is not related </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">to Openreach’s network or infrastructure where most commonly in this instance the fault relates to Customer own wiring or </w:t>
       </w:r>
       <w:r w:rsidR="00252A23" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>F</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>Customer E</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">quipment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20D3A522" w14:textId="24900C51" w:rsidR="002F792E" w:rsidRPr="008052FD" w:rsidRDefault="002F792E" w:rsidP="002F792E">
+    <w:p w14:paraId="20D3A522" w14:textId="06824AD5" w:rsidR="002F792E" w:rsidRPr="008052FD" w:rsidRDefault="002F792E" w:rsidP="002F792E">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Subject to payment of the applicable Charges, the Company shall provide the Line Safe Service to the Customer from the Service Assured Product Commencement Date</w:t>
+        <w:t xml:space="preserve">Subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="0068469F" w:rsidRPr="0068469F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 2 of the Master Services Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the Company shall provide the Line Safe Service to the Customer from the Service Assured Product Commencement Date</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD" w:rsidDel="007F6007">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">shall continue to provide the </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
@@ -16540,114 +20591,184 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of  30</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E81CA3C" w14:textId="45354748" w:rsidR="002F792E" w:rsidRPr="008052FD" w:rsidRDefault="002F792E" w:rsidP="00E5407C">
+    <w:p w14:paraId="3E81CA3C" w14:textId="6CE3B8E4" w:rsidR="002F792E" w:rsidRPr="008052FD" w:rsidRDefault="002F792E" w:rsidP="00E5407C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="43" w:name="_Ref211961893"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of the Rolling Monthly Term, to terminate the Line Safe Service and termination shall take effect </w:t>
       </w:r>
       <w:r w:rsidR="00AC4165">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">on the last calendar day (inclusive) </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>of the following Rolling Monthly Term. For the avoidance of doubt, on termination of the Line Safe Service, howsoever arising, th</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Agreement.  </w:t>
+        <w:t xml:space="preserve">of the following Rolling Monthly Term. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For the avoidance of doubt, termination of</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Line Safe Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, however arising, shall not terminate the Agreement or affect the continued provision of the standard Services, which shall remain in full force and effect for the remainder of the Term, unless otherwise terminated in accordance with the terms of the Agreement. Only </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Line Safe Service </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will cease upon termination</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211961893 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA27C4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B35CBC" w14:textId="68747962" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
+    <w:p w14:paraId="55B35CBC" w14:textId="619323FB" w:rsidR="00DA0D21" w:rsidRPr="008052FD" w:rsidRDefault="00DA0D21" w:rsidP="00DA0D21">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Charges for the Line Safe Service will be</w:t>
       </w:r>
       <w:r w:rsidR="00964869" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> calculated on a per Line basis and payable monthly </w:t>
       </w:r>
       <w:r w:rsidR="00785CEF" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in advance </w:t>
       </w:r>
       <w:r w:rsidR="00964869" w:rsidRPr="008052FD">
@@ -16919,286 +21040,634 @@
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and the Customer will be responsible for all such costs and charges</w:t>
       </w:r>
       <w:r w:rsidR="00964869" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> in addition</w:t>
       </w:r>
       <w:r w:rsidR="00235B76" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CEA9E49" w14:textId="32BF66C3" w:rsidR="00D27D20" w:rsidRPr="008052FD" w:rsidRDefault="00D27D20" w:rsidP="00235B76">
+    <w:p w14:paraId="304E1860" w14:textId="206B5D17" w:rsidR="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="00235B76">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Ref185599889"/>
-      <w:r w:rsidRPr="008052FD">
+      <w:bookmarkStart w:id="44" w:name="_Ref214957190"/>
+      <w:bookmarkStart w:id="45" w:name="_Ref185599889"/>
+      <w:r w:rsidRPr="00B127AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
+        <w:t>ENHANCED NETWORK SERVICE – SERVICE ASSURED PRODUCT</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="0291E650" w14:textId="28363ABA" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="00B127AD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>Subject to payment of the applicable Charges, the Company shall provide the Customer receiving SIP</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t xml:space="preserve">holesale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t xml:space="preserve">ine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t>ental Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8" w:rsidRPr="00B127AD">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8" w:rsidRPr="00B127AD">
+        <w:t>nalogu</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8" w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> &amp; ISDN) </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t xml:space="preserve">from the Company </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">with Enhanced Network Service in accordance with this Clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:instrText xml:space="preserve"> REF _Ref214957190 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> and Schedule 2 of the Master Services Agreement (Service Assured Products).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323D4E0D" w14:textId="2036C308" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="00B127AD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">Subject to paragraph 3 of Schedule 2 of the Master Services Agreement, the Company shall provide Enhanced Network Service to the Customer from the Service Assured Product Commencement Date and shall continue to make </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>Enhanced Network Service available for successive periods of thirty (30) days (each such period being a “Rolling Monthly Term”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E80B09" w14:textId="3AB90889" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="00B127AD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Ref214957559"/>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of a Rolling Monthly Term, to terminate Enhanced Network Service and termination shall take effect on the last calendar day (inclusive) of the following Rolling Monthly Term. For the avoidance of doubt, termination of Enhanced Network Service, however arising, shall not terminate the Agreement or affect the continued provision of the standard Services, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:lastRenderedPageBreak/>
+        <w:t>which shall remain in full force and effect for the remainder of the Term, unless otherwise terminated in accordance with the terms of the Agreement. Only Enhanced Network Service will cease upon termination pursuant to this clause</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:instrText xml:space="preserve"> REF _Ref214957559 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t>11.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="04FC3F99" w14:textId="72C8256C" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="00B127AD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>The Charges for Enhanced Network Service shall be calculated on a per billing account basis and payable monthly in advance by the Customer in accordance with the Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693FE50C" w14:textId="6BFF52EF" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="00B127AD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>Subject to clause</w:t>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:instrText xml:space="preserve"> REF _Ref209603405 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:t>5.4</w:t>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="000318A4">
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:instrText xml:space="preserve"> REF _Ref214957655 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t>11.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">, Customers subscribed to </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">Enhanced Network Service shall receive 24/7/365 remote support on their existing contract with the Company in respect of </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8" w:rsidRPr="00940CC8">
+        <w:t xml:space="preserve">SIP and Wholesale Line Rental Services (analogue &amp; ISDN) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>(as applicable), which shall include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5342E489" w14:textId="366D60AF" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="0035565F">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">exemption from </w:t>
+      </w:r>
+      <w:r w:rsidR="00940CC8">
+        <w:t xml:space="preserve">third party </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>carrier call-out charges where a Fault is identified; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48463A2E" w14:textId="3EB35735" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="0035565F">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>priority escalation and fast-track investigation in the event of a potential Fault.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B8500E" w14:textId="0933C89C" w:rsidR="00940CC8" w:rsidRDefault="00940CC8" w:rsidP="00940CC8">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00940CC8">
+        <w:t>The Customer acknowledges and agrees that the Company does not monitor emails or its CRM system Out-of-Hours. Any request by the Customer for 24/7/365</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> remote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00940CC8">
+        <w:t xml:space="preserve"> support pursuant to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D65">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00940CC8">
+        <w:t>Enhanced Network Service must be made by telephone. Any requests or reports made by email Out of Hours will not be actioned until the next Working Day</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4932CB74" w14:textId="163635BD" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="00B127AD">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Ref214957655"/>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>For the avoidance of doubt:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="3CB40BB0" w14:textId="42870DD3" w:rsidR="00B127AD" w:rsidRPr="00B127AD" w:rsidRDefault="00B127AD" w:rsidP="0035565F">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>Enhanced Network Service provides enhanced</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D65">
+        <w:t xml:space="preserve"> remote</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve"> support and escalation only and does not guarantee continuous availability of the underlying Services or</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D65">
+        <w:t xml:space="preserve">, to the extent possible, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t xml:space="preserve">resolution within a specific </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B127AD">
+        <w:t>timeframe</w:t>
+      </w:r>
+      <w:r w:rsidR="0035565F">
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0035565F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7476C544" w14:textId="2F1FCDA5" w:rsidR="00B127AD" w:rsidRDefault="00AA0D65" w:rsidP="0035565F">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00B127AD" w:rsidRPr="00B127AD">
+        <w:t>he Company shall not be liable for any delay or failure in resolving faults attributable to third</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B127AD" w:rsidRPr="00B127AD">
+        <w:t>party carriers or network operators</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74ACF799" w14:textId="44D82656" w:rsidR="00AA0D65" w:rsidRDefault="00AA0D65" w:rsidP="0035565F">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1429"/>
+      </w:pPr>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0D65">
+        <w:t xml:space="preserve">here the Company determines that an on-site visit is required to diagnose a </w:t>
+      </w:r>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0D65">
+        <w:t xml:space="preserve">ault and, where possible, carry out repairs, the Company reserves the right to apply a call-out charge and to levy fees based on its prevailing man-hour rates. The Company will provide the Customer with prior notice of any such </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2051">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA0D65">
+        <w:t>harges before the on-site visit is undertaken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEA9E49" w14:textId="65F62DF6" w:rsidR="00D27D20" w:rsidRPr="008052FD" w:rsidRDefault="00D27D20" w:rsidP="00235B76">
+      <w:pPr>
+        <w:pStyle w:val="MBclauselevel1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Ref214958529"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Businses continuity – service assured product</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49276239" w14:textId="321C35A0" w:rsidR="00B409C2" w:rsidRPr="008052FD" w:rsidRDefault="00512E45" w:rsidP="00046D31">
+    <w:p w14:paraId="49276239" w14:textId="2AB14F4A" w:rsidR="00B409C2" w:rsidRPr="008052FD" w:rsidRDefault="00512E45" w:rsidP="00046D31">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Subject to payment of the applicable Charges</w:t>
-[...28 lines deleted...]
-      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+        <w:t>Subject to payment of the applicable Charges, the Customer will receive Business Continuity whereby the Company will provide the Customer with dis</w:t>
+      </w:r>
+      <w:r w:rsidR="002043AF" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aster</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recovery functionality </w:t>
+      </w:r>
+      <w:r w:rsidR="00046D31" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>by redirecting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inbound Calls</w:t>
+      </w:r>
+      <w:r w:rsidR="00046D31" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to alternative </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3E89" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>call destinations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the even</w:t>
+      </w:r>
+      <w:r w:rsidR="00B409C2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Customer experiences Service </w:t>
+      </w:r>
+      <w:r w:rsidR="00B409C2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>downtime</w:t>
+      </w:r>
+      <w:r w:rsidR="00622E5D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the provisions of this Clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2051">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
-[...19 lines deleted...]
-      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+      <w:r w:rsidR="00CA2051">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref214958529 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CA2051">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00CA2051">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...6 lines deleted...]
-      <w:r w:rsidR="001A1D15" w:rsidRPr="008052FD">
+      <w:r w:rsidR="00CA2051">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2051">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
-[...74 lines deleted...]
-        <w:t>downtime</w:t>
+      <w:r w:rsidR="00622E5D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Schedule 2 of the Master Services Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00046D31" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1A9509" w14:textId="77777777" w:rsidR="007B6E85" w:rsidRPr="008052FD" w:rsidRDefault="00B409C2" w:rsidP="00046D31">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer acknowledges and accepts</w:t>
       </w:r>
       <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00046D31" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D414681" w14:textId="77777777" w:rsidR="007B6E85" w:rsidRPr="008052FD" w:rsidRDefault="00046D31" w:rsidP="007B6E85">
+    <w:p w14:paraId="7B317F3C" w14:textId="033087A0" w:rsidR="00E73697" w:rsidRDefault="00E73697" w:rsidP="007B6E85">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:ind w:left="1429"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E73697">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Business Continuity is available solely to Customers receiving Legacy PBX and Hosted Telephony </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E73697">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1D414681" w14:textId="10A092EE" w:rsidR="007B6E85" w:rsidRPr="008052FD" w:rsidRDefault="00046D31" w:rsidP="007B6E85">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1429"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Business Continuity does not include voicemail facility</w:t>
       </w:r>
       <w:r w:rsidR="007B6E85" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F978E31" w14:textId="2820A3B9" w:rsidR="00B409C2" w:rsidRPr="008052FD" w:rsidRDefault="007B6E85" w:rsidP="007B6E85">
       <w:pPr>
@@ -17234,253 +21703,267 @@
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Company is not liable to the Customer for any redirected Calls </w:t>
       </w:r>
       <w:r w:rsidR="004D3E89" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">that do not successfully terminate at the call destination or otherwise not received by the Customer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF5EAF6" w14:textId="1446E99E" w:rsidR="004D3E89" w:rsidRPr="008052FD" w:rsidRDefault="004D3E89" w:rsidP="00046D31">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Ref185524050"/>
+      <w:bookmarkStart w:id="49" w:name="_Ref185524050"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Customer is responsible for devising a Business Continuity plan, </w:t>
       </w:r>
       <w:r w:rsidR="00F63F6A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">which shall consist </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of the following information:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B0D683" w14:textId="7100A5F5" w:rsidR="004D3E89" w:rsidRPr="008052FD" w:rsidRDefault="004D3E89" w:rsidP="004D3E89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>the call destinations to which Calls should be redirected to</w:t>
       </w:r>
       <w:r w:rsidR="00F63F6A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, allowing for a maximum number of 10 call </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F63F6A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>destinations</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774E9292" w14:textId="240FB9BA" w:rsidR="004D3E89" w:rsidRPr="008052FD" w:rsidRDefault="004D3E89" w:rsidP="004D3E89">
+    <w:p w14:paraId="774E9292" w14:textId="3875506B" w:rsidR="004D3E89" w:rsidRPr="008052FD" w:rsidRDefault="004D3E89" w:rsidP="004D3E89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">any required welcome message; and </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">welcome message; and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212D620B" w14:textId="77777777" w:rsidR="00F63F6A" w:rsidRPr="008052FD" w:rsidRDefault="00F63F6A" w:rsidP="004D3E89">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">any other information that the Company requests from the Customer </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD92EDE" w14:textId="5F119E8E" w:rsidR="004D3E89" w:rsidRPr="008052FD" w:rsidRDefault="00F63F6A" w:rsidP="00F63F6A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="697"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Business Continuity Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB90EF9" w14:textId="2B0E3440" w:rsidR="00046D31" w:rsidRPr="008052FD" w:rsidRDefault="00F63F6A" w:rsidP="00F63F6A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Ref185524201"/>
+      <w:bookmarkStart w:id="50" w:name="_Ref185524201"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Customer must ensure that the Business Continuity Plan is complete, accurate and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>up-to-date</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>at all times</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. The Company will not be liable to the Customer for any act or failure of the Company arising from</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> inaccuracies in the Customer’s Business Continuity Plan.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FF7681E" w14:textId="495A57C5" w:rsidR="00964869" w:rsidRPr="008052FD" w:rsidRDefault="00964869" w:rsidP="00F63F6A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -17515,68 +21998,82 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in accordance with the Agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="236D48B0" w14:textId="36810DB3" w:rsidR="002043AF" w:rsidRPr="008052FD" w:rsidRDefault="002043AF" w:rsidP="00F63F6A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To the extent the Company, in the provision of Business Continuity to the Customer, is required to redirect Calls from non-geographic numbers, the Customer will be liable to pay additional charges at the Company’s then current rates. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCF91FB" w14:textId="0975E945" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00DD7398">
+    <w:p w14:paraId="7FCF91FB" w14:textId="5B83E2A3" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00DD7398">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Subject to payment of the applicable Charges, the Company shall provide Business Continuity to the Customer from the Service Assured Product Commencement Date</w:t>
+        <w:t xml:space="preserve">Subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="0068469F" w:rsidRPr="0068469F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>paragraph 3 of Schedule 2 of the Master Services Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the Company shall provide Business Continuity to the Customer from the Service Assured Product Commencement Date</w:t>
       </w:r>
       <w:r w:rsidR="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">shall continue to provide </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Business Continuity </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
@@ -17586,149 +22083,220 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of  30</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2238DA5C" w14:textId="2DA6CF6A" w:rsidR="00D27D20" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00E5407C">
+    <w:p w14:paraId="2238DA5C" w14:textId="14035BA7" w:rsidR="00D27D20" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00E5407C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Ref211962162"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of the Rolling Monthly Term, to terminate Business Continuity and termination shall take effect </w:t>
       </w:r>
       <w:r w:rsidR="00AC4165">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00AC4165">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">last calendar day (inclusive) </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>of the following Rolling Monthly Term. For the avoidance of doubt, on termination of Business Continuity, howsoever arising, th</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Agreement.  </w:t>
+        <w:t xml:space="preserve">of the following Rolling Monthly Term. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For the avoidance of doubt, termination of</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Continuity</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, however arising, shall not terminate the Agreement or affect the continued provision of the standard Services, which shall remain in full force and effect for the remainder of the Term, unless otherwise terminated in accordance with the terms of the Agreement. Only </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Business Continuity</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will cease upon termination</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211962162 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C04183">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12.9</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CBE1993" w14:textId="15887184" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00235B76">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Ref185601097"/>
+      <w:bookmarkStart w:id="52" w:name="_Ref185601097"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Site assurance – service assured product</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E25B0EF" w14:textId="1082402D" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="002043AF" w:rsidP="00E5407C">
+    <w:p w14:paraId="4E25B0EF" w14:textId="03AC836E" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="002043AF" w:rsidP="00E5407C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject to payment of the applicable Charges, </w:t>
       </w:r>
       <w:r w:rsidR="003E3EDB" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003E3EDB" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
@@ -17769,68 +22337,82 @@
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Charges applicable to Site Assurance shall be payable by the Customer on a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>monthly  basis</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in accordance with the Agreement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EED9970" w14:textId="736FDAD0" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00DD7398">
+    <w:p w14:paraId="0EED9970" w14:textId="228D34EB" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00DD7398">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Subject to payment of the applicable Charges, the Company shall provide the Site Assurance Service to the Customer from the Service Assured Product Commencement Date</w:t>
+        <w:t xml:space="preserve">Subject to </w:t>
+      </w:r>
+      <w:r w:rsidR="0068469F" w:rsidRPr="0068469F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 2 of the Master Services Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, the Company shall provide the Site Assurance Service to the Customer from the Service Assured Product Commencement Date</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD" w:rsidDel="007F6007">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
@@ -17854,241 +22436,463 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of  30</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00965DAB" w:rsidRPr="00965DAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (thirty) days (each 30-day period being a Rolling Monthly Term).</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A8F485" w14:textId="750798C7" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00E5407C">
+    <w:p w14:paraId="19A8F485" w14:textId="2A75FC9C" w:rsidR="00DD7398" w:rsidRPr="008052FD" w:rsidRDefault="00DD7398" w:rsidP="00E5407C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Ref211962246"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Company or Customer may give written notice to the other, not later than thirty (30) days before the end of the Rolling Monthly Term, to terminate the Site Assurance Service and termination shall take effect </w:t>
       </w:r>
       <w:r w:rsidR="00AC4165">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">on the last calendar day (inclusive) of </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>the following Rolling Monthly Term. For the avoidance of doubt, on termination of the Site Assurance Service, howsoever arising, th</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Agreement.  </w:t>
+        <w:t xml:space="preserve">the following Rolling Monthly Term. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>For the avoidance of doubt, termination of</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Site Assurance Service</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, however arising, shall not terminate the Agreement or affect the continued provision of the standard Services, which shall remain in full force and effect for the remainder of the Term, unless otherwise terminated in accordance with the terms of the Agreement. Only Site Assurance Service will cease upon</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2" w:rsidRPr="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>termination</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211962246 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C04183">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidR="00EB3CB2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Gill Sans MT"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF9FF6A" w14:textId="59111230" w:rsidR="008F6EC2" w:rsidRPr="008052FD" w:rsidRDefault="00A600B5" w:rsidP="00235B76">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="008F6EC2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>’s Obligations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C89166" w14:textId="1207637B" w:rsidR="0043446A" w:rsidRPr="008052FD" w:rsidRDefault="002628CB" w:rsidP="0043446A">
+    <w:p w14:paraId="34C89166" w14:textId="20D82ACC" w:rsidR="0043446A" w:rsidRDefault="002628CB" w:rsidP="0043446A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="a865956"/>
+      <w:bookmarkStart w:id="54" w:name="_Ref209537851"/>
+      <w:bookmarkStart w:id="55" w:name="a865956"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="0043446A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> use </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">its </w:t>
       </w:r>
       <w:r w:rsidR="0043446A" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">reasonable endeavours to meet </w:t>
       </w:r>
       <w:r w:rsidR="00964869" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">the Service </w:t>
+        <w:t>the Service Levels and</w:t>
+      </w:r>
+      <w:r w:rsidR="0043446A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00964869" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="0043446A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">performance dates agreed in writing, but any such dates shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicative </w:t>
+      </w:r>
+      <w:r w:rsidR="0043446A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Service Levels are target service levels only</w:t>
+      </w:r>
+      <w:r w:rsidR="0043446A" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE58E8" w:rsidRPr="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Time shall not be of the essence in relation to the performance of the Services, and the Company shall not be liable for any failure to meet the Service Levels and</w:t>
+      </w:r>
+      <w:r w:rsidR="00622E5D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE58E8" w:rsidRPr="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any performance dates agreed in writing</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidR="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w14:paraId="0E1F08D0" w14:textId="18010B02" w:rsidR="00CE58E8" w:rsidRDefault="00CE58E8" w:rsidP="00CE58E8">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="_Ref209178751"/>
+      <w:r w:rsidRPr="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company agrees to perform the Services with reasonable skill and care, consistent with the standards expected of a competent communications provider, and in accordance with the terms of this Agreement.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="163A412A" w14:textId="65237662" w:rsidR="00CE58E8" w:rsidRDefault="00CE58E8" w:rsidP="00CE58E8">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event of a </w:t>
+      </w:r>
+      <w:r w:rsidR="003359A8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ault with the Service, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Company </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall use reasonable </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7EE2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>efforts</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20049">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to remedy the </w:t>
+      </w:r>
+      <w:r w:rsidR="003359A8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE58E8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ault or non-compliance as soon as reasonably practicable, including by providing a fix, correction, or workaround. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2439952C" w14:textId="37FC247D" w:rsidR="004272E7" w:rsidRPr="00CE58E8" w:rsidRDefault="004272E7" w:rsidP="00CE58E8">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Customer shall, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00964869" w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t>Levels</w:t>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00964869" w:rsidRPr="008052FD">
-[...53 lines deleted...]
-      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, provide all reasonable assistance and maintain effective communication with the Company to enable the Company to implement any feasible fix, correction, or workaround, and to otherwise fulfil its obligations under this Agreement. The Company shall not be liable for any failure to meet the Service Levels or any agreed performance dates </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>such failure is caused by the Customer’s failure to reasonably cooperate or communicate with the Company.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="77246FF0" w14:textId="4B9D1052" w:rsidR="009373BD" w:rsidRPr="008052FD" w:rsidRDefault="009373BD" w:rsidP="0043446A">
+    <w:p w14:paraId="77246FF0" w14:textId="534232B3" w:rsidR="009373BD" w:rsidRPr="008052FD" w:rsidRDefault="009373BD" w:rsidP="0043446A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company does not warrant that the Software and Services will be free from Vulnerabilities or that the Customer’s use of the Software and the Services will be uninterrupted or error-free.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D7ED4B1" w14:textId="1293607A" w:rsidR="008F6EC2" w:rsidRPr="008052FD" w:rsidRDefault="002628CB" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company</w:t>
@@ -18099,51 +22903,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> may</w:t>
       </w:r>
       <w:r w:rsidR="008F6EC2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B24D96" w14:textId="3064AB88" w:rsidR="008F6EC2" w:rsidRPr="008052FD" w:rsidRDefault="008F6EC2" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>change or withdraw some, or part, of the Services from time to time. This may be because of changing technologies, obsolescence, new or different product features, changing content providers or the need to remove, replace or modify content;</w:t>
       </w:r>
       <w:r w:rsidR="008452DF" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F4690B" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="345751AE" w14:textId="52AF7F07" w:rsidR="008F6EC2" w:rsidRPr="008052FD" w:rsidRDefault="008F6EC2" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -18416,200 +23219,242 @@
           <w:spacing w:val="-3"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or the </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>way they are presented, delivered or otherwise made available to the Customer at any time</w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47BD0499" w14:textId="20CEB861" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00252A23">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Hlk184713681"/>
-      <w:bookmarkStart w:id="33" w:name="_Ref184043212"/>
+      <w:bookmarkStart w:id="57" w:name="_Hlk184713681"/>
+      <w:bookmarkStart w:id="58" w:name="_Ref184043212"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Telephone Numbers, Codes and Directories</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396634E7" w14:textId="7EF3A84E" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00235B76" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will allocate a telephone number to the Customer in respect of the Exchange Line and, unless the Customer requests otherwise, will arrange for a free standard entry to be made in a telephone directory published by BT or any other operator (as appropriate). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p w14:paraId="21085B29" w14:textId="0EEA1CBF" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00235B76" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> may alter the name or number of a telephone exchange serving the Exchange Line, the telephone number, or any other name, code or number whatsoever that the Company allocates to the Customer in instances where such alterations are required </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>as a result of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> necessary operational or technical changes to the Network or changes in legal or regulatory requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589DF42F" w14:textId="68BAB263" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
+    <w:p w14:paraId="589DF42F" w14:textId="5F109E4F" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Where the Company allocates telephone numbers to the Customer, the Customer will not (subject to any statutory or licence provisions relating to number portability) acquire any rights</w:t>
       </w:r>
       <w:r w:rsidR="00235B76" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (including without limitation any Intellectual Property Rights)</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> whatsoever in such telephone numbers.  The Customer will not apply for registration of the telephone numbers as part of a trademark.</w:t>
+        <w:t xml:space="preserve"> whatsoever in such telephone numbers.  The Customer will not apply for registration of the telephone numbers as part of a trademark</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4337">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4337" w:rsidRPr="00CB4337">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4337" w:rsidRPr="00CB4337">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nor shall the Customer attempt to register or otherwise assert any other Intellectual Property Rights capable of registration in respect of such telephone numbers.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4337">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EAD8312" w14:textId="31A90A6F" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer acknowledges and agrees that allocated phone number(s) may have been listed in a directory and/or on a website(s) or other publications at the request of a previous subscriber</w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">this is beyond the Company’s control and </w:t>
+        <w:t xml:space="preserve">this is beyond the Company’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>control</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00235B76" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall not be </w:t>
       </w:r>
       <w:r w:rsidR="00E501EC" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">responsible or </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>held liable for any resulting harm or loss. If</w:t>
       </w:r>
       <w:r w:rsidR="00235B76" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">alls are received from a previous subscriber's callers, please contact the Company immediately to cancel the phone number(s) and select replacement phone number(s). </w:t>
+        <w:t xml:space="preserve">alls are received from a previous subscriber's </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">callers, please contact the Company immediately to cancel the phone number(s) and select replacement phone number(s). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218A14C5" w14:textId="3D020477" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00235B76" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Company</w:t>
       </w:r>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not reimburse the Customer, in any way, for any cost(s) associated with the publication of </w:t>
       </w:r>
       <w:r w:rsidR="00E501EC" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -18701,241 +23546,246 @@
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3E732B03" w14:textId="77777777" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Customer agrees to cease service on the existing telecommunications service provider’s telephone line using the telephone number and authorises the Company to arrange such cessation to take </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>place;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="6345DAEB" w14:textId="77777777" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
+    <w:p w14:paraId="6345DAEB" w14:textId="1B9620CE" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00CB4337" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">the Customer provides the Company with full details including (but not limited to) the account name, account number, service address and billing </w:t>
+      <w:r w:rsidRPr="00CB4337">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Customer provides the Company with full and accurate details relating to the account held with the existing telecommunications service provider, including (but not limited to) the account name, account number, service address and billing </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008052FD">
+      <w:r w:rsidRPr="00CB4337">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>address;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="09EC587E" w14:textId="77777777" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Customer paying the Company’s charges (if any) for number portability; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0B9B8F" w14:textId="2287F4BF" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00E501EC" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to the extent applicable, </w:t>
       </w:r>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>number portability being available at the Site.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B77A9A8" w14:textId="15A3BED5" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="009F683E" w:rsidP="00581752">
+    <w:p w14:paraId="2B77A9A8" w14:textId="69754C16" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="00124AA9" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...4 lines deleted...]
-        <w:t>The Company</w:t>
+      <w:r w:rsidRPr="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Customer acknowledges that the Company does not guarantee the use or continued use of any specific telephone number. The inability to use a particular number does not entitle the Customer to terminate this Agreement or claim any compensation, and the Company accepts no </w:t>
       </w:r>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> do</w:t>
-[...5 lines deleted...]
-        <w:t>es</w:t>
+        <w:t xml:space="preserve">liability for claims relating to the Customer’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> not accept any liability for claims relating to the Customer’s ability to use or continue use of a particular telephone number</w:t>
+        <w:t>ability to use or continue use of a particular telephone number</w:t>
       </w:r>
       <w:r w:rsidR="00F767B7" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEA2144" w14:textId="18D7D79F" w:rsidR="008F6EC2" w:rsidRPr="008052FD" w:rsidRDefault="008F6EC2" w:rsidP="00AF7E3C">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Ref185609153"/>
+      <w:bookmarkStart w:id="59" w:name="_Ref185609153"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>The Customer’s Obligations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w14:paraId="085FBFD8" w14:textId="3FB950BB" w:rsidR="008737BA" w:rsidRPr="008052FD" w:rsidRDefault="008737BA" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Customer shall: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="350F7AEA" w14:textId="214C4EA6" w:rsidR="002D411F" w:rsidRPr="008052FD" w:rsidRDefault="002D411F" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="a388128"/>
+      <w:bookmarkStart w:id="60" w:name="a388128"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:bCs w:val="0"/>
           <w:spacing w:val="-1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ure</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:bCs w:val="0"/>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:bCs w:val="0"/>
           <w:spacing w:val="-1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>hat</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, p</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:spacing w:val="6"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Gill Sans MT"/>
           <w:spacing w:val="1"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
@@ -19828,90 +24678,116 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> reasonably require when attending the Customer’s premises</w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Site;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C00F41" w14:textId="100114FB" w:rsidR="00826284" w:rsidRPr="008052FD" w:rsidRDefault="00826284" w:rsidP="009603BD">
+    <w:p w14:paraId="20C00F41" w14:textId="3A61F8F2" w:rsidR="00826284" w:rsidRPr="008052FD" w:rsidRDefault="00826284" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ensure that </w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Customer </w:t>
       </w:r>
       <w:r w:rsidR="00AC2EBC" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Computer System,</w:t>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">IT infrastructure and connectivity shall be adequate to enable </w:t>
+        <w:t xml:space="preserve">IT infrastructure and connectivity </w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are adequately </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>maintained at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and remain sufficient </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to enable </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to efficiently provide the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Services;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0315E6DE" w14:textId="148EA55F" w:rsidR="00826284" w:rsidRPr="008052FD" w:rsidRDefault="00826284" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
@@ -20098,50 +24974,51 @@
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4E44F408" w14:textId="3B502F83" w:rsidR="00826284" w:rsidRPr="008052FD" w:rsidRDefault="008C3C78" w:rsidP="006259F7">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">only use Equipment </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>authorised</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the Company for Connection to the Network </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>and also</w:t>
@@ -20422,87 +25299,89 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00046FFC" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>oftware, nor knowingly allow or permit anyone else to do so;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389B5C0D" w14:textId="77777777" w:rsidR="004D33F1" w:rsidRPr="008052FD" w:rsidRDefault="004D33F1" w:rsidP="004D33F1">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="_Ref209526641"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>not use the Service</w:t>
       </w:r>
       <w:r w:rsidR="00511034" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and will take all reasonable steps to ensure that the Service</w:t>
       </w:r>
       <w:r w:rsidR="00511034" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">s are </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>not used by anyone:</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
-    <w:p w14:paraId="3B2736D7" w14:textId="77777777" w:rsidR="004D33F1" w:rsidRPr="008052FD" w:rsidRDefault="004D33F1" w:rsidP="004D33F1">
+    <w:p w14:paraId="3B2736D7" w14:textId="77777777" w:rsidR="004D33F1" w:rsidRPr="008052FD" w:rsidRDefault="004D33F1" w:rsidP="009341DD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to send, knowingly receive, upload, download, use or re-use </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>material</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
@@ -20540,289 +25419,158 @@
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>licence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicable to the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Customer;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="6596EE2A" w14:textId="77777777" w:rsidR="00C80110" w:rsidRPr="008052FD" w:rsidRDefault="004D33F1" w:rsidP="00C80110">
+    <w:p w14:paraId="6596EE2A" w14:textId="77777777" w:rsidR="00C80110" w:rsidRDefault="004D33F1" w:rsidP="009341DD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in a manner that is in any way unlawful, fraudulent or in bad faith or, to the knowledge of the Customer, has any unlawful, fraudulent or bad faith purpose or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>effect;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="648F4AD4" w14:textId="261C8E8A" w:rsidR="00826284" w:rsidRPr="008052FD" w:rsidRDefault="004D33F1" w:rsidP="00C80110">
+    <w:p w14:paraId="648F4AD4" w14:textId="4CA2EC20" w:rsidR="00826284" w:rsidRPr="008052FD" w:rsidRDefault="004D33F1" w:rsidP="009341DD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">in a manner which is contrary to </w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Clause </w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185609153 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="00C04183">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008052FD">
+      <w:r w:rsidR="00124AA9">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>; or</w:t>
-[...129 lines deleted...]
-        </mc:AlternateContent>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683697EE" w14:textId="77777777" w:rsidR="00826284" w:rsidRPr="008052FD" w:rsidRDefault="00826284" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">keep confidential and secure any </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
@@ -20853,51 +25601,51 @@
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Company</w:t>
       </w:r>
       <w:r w:rsidR="004C294C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="643A5654" w14:textId="77777777" w:rsidR="00504914" w:rsidRPr="008052FD" w:rsidRDefault="008737BA" w:rsidP="009603BD">
+    <w:p w14:paraId="643A5654" w14:textId="77777777" w:rsidR="00504914" w:rsidRPr="008052FD" w:rsidRDefault="008737BA" w:rsidP="009341DD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">indemnify </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
@@ -20922,104 +25670,104 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> as a result </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00504914" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2D0EBC25" w14:textId="676A4C20" w:rsidR="008737BA" w:rsidRPr="008052FD" w:rsidRDefault="00504914" w:rsidP="00504914">
+    <w:p w14:paraId="2D0EBC25" w14:textId="173E2321" w:rsidR="008737BA" w:rsidRPr="008052FD" w:rsidRDefault="00504914" w:rsidP="00504914">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Customer’s breach of this Clause</w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185609153 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008052FD" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...3 lines deleted...]
-        <w:t>14</w:t>
+      <w:r w:rsidR="00C04183">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005463E1" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C95BD35" w14:textId="77777777" w:rsidR="008965E3" w:rsidRPr="008052FD" w:rsidRDefault="008965E3" w:rsidP="008965E3">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -21124,185 +25872,216 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and security of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CB1B1E" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidR="008C3C78" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008C3C78" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161A088B" w14:textId="48AEBF0F" w:rsidR="00A96842" w:rsidRPr="008052FD" w:rsidRDefault="00A96842" w:rsidP="009603BD">
+    <w:p w14:paraId="161A088B" w14:textId="0DD7B331" w:rsidR="00A96842" w:rsidRPr="008052FD" w:rsidRDefault="00124AA9" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">provide such personnel assistance, as may be reasonably requested by the Company from time to </w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rovide reasonable assistance from its personnel, as may be requested by the Company from time to time, to support the delivery of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008052FD">
-[...3 lines deleted...]
-        <w:t>time;</w:t>
+      <w:r w:rsidRPr="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Services;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008052FD">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7C010FE7" w14:textId="72E480C8" w:rsidR="008C3C78" w:rsidRPr="008052FD" w:rsidRDefault="008C3C78" w:rsidP="009603BD">
+    <w:p w14:paraId="7C010FE7" w14:textId="27022948" w:rsidR="008C3C78" w:rsidRPr="008052FD" w:rsidRDefault="008C3C78" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...4 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>be</w:t>
+        <w:t xml:space="preserve">ensure </w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that all voice transmission is routed through the Company for the duration of the Minimum Term, or Subsequent Term </w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>as the case may be</w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D80284" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4040747E" w14:textId="4E4746F5" w:rsidR="00D80284" w:rsidRPr="008052FD" w:rsidRDefault="00D80284" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">maintain a written list of current Authorised </w:t>
       </w:r>
       <w:r w:rsidR="00FE173F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Licences </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">of Software, and provide such list to the Company as may be reasonably requested by the Supplier from time to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>time;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="49912154" w14:textId="6DD0CC45" w:rsidR="00D80284" w:rsidRPr="008052FD" w:rsidRDefault="00D80284" w:rsidP="009603BD">
+    <w:p w14:paraId="49912154" w14:textId="18F68622" w:rsidR="00D80284" w:rsidRPr="008052FD" w:rsidRDefault="00D80284" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="a531297"/>
-[...4 lines deleted...]
-        <w:t>In relation to any Software provided in connection with the Services, the Customer shall not:</w:t>
+      <w:bookmarkStart w:id="62" w:name="a531297"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>In relation to any Software provided in connection with the Services, the Customer shall not</w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and shall not permit or allow any third party to: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F24EC48" w14:textId="7FEC74FF" w:rsidR="00D80284" w:rsidRPr="008052FD" w:rsidRDefault="00D80284" w:rsidP="00D80284">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>store, distribute, introduce or transmit through the Services:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51AA56B8" w14:textId="37B289A7" w:rsidR="00D80284" w:rsidRPr="008052FD" w:rsidRDefault="00D80284" w:rsidP="00D80284">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">any Virus, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C0F613" w14:textId="1BF566CC" w:rsidR="00D80284" w:rsidRPr="008052FD" w:rsidRDefault="00D80284" w:rsidP="00D80284">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
@@ -21433,92 +26212,91 @@
     <w:p w14:paraId="2C59B4E3" w14:textId="6B271EEE" w:rsidR="009373BD" w:rsidRPr="008052FD" w:rsidRDefault="009373BD" w:rsidP="009373BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer shall use reasonable endeavours to prevent any unauthorised access to, or use of, Software or the Services and notify the Company promptly of any such unauthorised access or use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02584A0A" w14:textId="3C05E78F" w:rsidR="00A4545C" w:rsidRPr="008052FD" w:rsidRDefault="00A4545C" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>'s performance of any of its obligations under the Agreement is prevented or delayed by any act or omission by the Customer or failure by the Customer to perform any relevant obligation (</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Customer Default</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
-    <w:p w14:paraId="101D1B8E" w14:textId="1D8D1093" w:rsidR="00A4545C" w:rsidRPr="008052FD" w:rsidRDefault="005463E1" w:rsidP="009603BD">
+    <w:p w14:paraId="101D1B8E" w14:textId="1D63A612" w:rsidR="00A4545C" w:rsidRPr="008052FD" w:rsidRDefault="005463E1" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="a667280"/>
+      <w:bookmarkStart w:id="63" w:name="a667280"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00044D36" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>he Company</w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> without limiting </w:t>
       </w:r>
       <w:r w:rsidR="00044D36" w:rsidRPr="008052FD">
@@ -21527,199 +26305,197 @@
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> other rights or remedies</w:t>
       </w:r>
       <w:r w:rsidR="00044D36" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> h</w:t>
       </w:r>
       <w:r w:rsidR="00044D36" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>as</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ve</w:t>
       </w:r>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the right to suspend performance of the Services until the Customer remedies the Customer Default, and to rely on the Customer Default to relieve it from the performance of any of its obligations to the extent the Customer Default prevents or delays </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">'s performance of any of its </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>obligations;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="47B6D9B9" w14:textId="43F47175" w:rsidR="00A4545C" w:rsidRPr="008052FD" w:rsidRDefault="00044D36" w:rsidP="009603BD">
+    <w:p w14:paraId="47B6D9B9" w14:textId="3537AA43" w:rsidR="00A4545C" w:rsidRPr="008052FD" w:rsidRDefault="00124AA9" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="a934313"/>
-[...4 lines deleted...]
-        <w:t>The Company</w:t>
+      <w:bookmarkStart w:id="64" w:name="a934313"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00044D36" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he Company</w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> not be liable for any costs or losses sustained or incurred by the Customer arising directly or indirectly from </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">'s failure or delay </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">'s failure or delay to perform any of its obligations </w:t>
+      </w:r>
+      <w:r w:rsidR="004C294C" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>under the Agreement</w:t>
+      </w:r>
       <w:r w:rsidR="00A4545C" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>to perform</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">; and </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="4CCB7575" w14:textId="77777777" w:rsidR="00A4545C" w:rsidRPr="008052FD" w:rsidRDefault="00A4545C" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="a133214"/>
+      <w:bookmarkStart w:id="65" w:name="a133214"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Customer shall reimburse </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00A965B4" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">on written demand for any costs or losses sustained or incurred by </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> arising directly or indirectly from the Customer Default.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="458A24B9" w14:textId="5044BB4B" w:rsidR="00974426" w:rsidRPr="008052FD" w:rsidRDefault="00EB0719" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Neither </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nor</w:t>
@@ -21802,119 +26578,108 @@
         </w:rPr>
         <w:t xml:space="preserve">breaches the Customer’s obligations under the Agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575B515C" w14:textId="7E6E4F3B" w:rsidR="008C3C78" w:rsidRPr="008052FD" w:rsidRDefault="008C3C78" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Customer agrees and acknowledges that it is the Customer’s responsibility to ensure compliance with the requirements of the telephone preference service. The Company shall not be responsible for such compliance by the Customer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7445D7" w14:textId="77777777" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="00AF7E3C" w:rsidP="00AF7E3C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...18 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="66" w:name="_Ref209601116"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Customer shall not utilise and shall ensure that no other person uses the Services or the telephone number(s) allocated to the Customer:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="33A80565" w14:textId="7C56A2C0" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="00AF7E3C" w:rsidP="00AF7E3C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">for purposes other than the genuine conveyance of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F767B7" w:rsidRPr="008052FD">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>alls;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4FE3C5F6" w14:textId="10A0481B" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="00AF7E3C" w:rsidP="00AF7E3C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>for storing, reproducing, transmitting, communicating or receiving any material in breach of any law, regulation, code of practice; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="702E5923" w14:textId="77777777" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="00AF7E3C" w:rsidP="00AF7E3C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fraudulently or for any criminal or illegal purpose or in a manner that is contrary to any regulatory or legal requirement; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D1E8DB3" w14:textId="34C6F573" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="00AF7E3C" w:rsidP="00AF7E3C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -22045,96 +26810,83 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>regulation;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="315B1D60" w14:textId="77777777" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="00AF7E3C" w:rsidP="00AF7E3C">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>in a manner which infringes the rights of any person, including intellectual property rights and rights of confidentiality.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003C1813" w14:textId="77777777" w:rsidR="00AF7E3C" w:rsidRPr="008052FD" w:rsidRDefault="00AF7E3C" w:rsidP="00AF7E3C">
+    <w:p w14:paraId="767421B4" w14:textId="77777777" w:rsidR="008F6EC2" w:rsidRPr="008052FD" w:rsidRDefault="009C58A3" w:rsidP="009603BD">
+      <w:pPr>
+        <w:pStyle w:val="MBclauselevel1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="a756141"/>
+      <w:bookmarkStart w:id="68" w:name="a222075"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>charges and payment</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E20F23B" w14:textId="069DDC7D" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
-        <w:numPr>
-[...41 lines deleted...]
-      <w:bookmarkEnd w:id="42"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="_Ref184133446"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Without prejudice of the Company’s other rights under the Agreement, the Company shall be entitled to invoice the Customer for:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
     </w:p>
     <w:p w14:paraId="60F99461" w14:textId="77777777" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Connection Charge when the Services are made available to the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Customer;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="61BE29FF" w14:textId="4654DA09" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
@@ -22144,81 +26896,77 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Rental monthly in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>advance</w:t>
       </w:r>
       <w:r w:rsidR="001B2725" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2E839909" w14:textId="403D6BA1" w:rsidR="001B2725" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
+    <w:p w14:paraId="2E839909" w14:textId="1D55BDF2" w:rsidR="001B2725" w:rsidRPr="008052FD" w:rsidRDefault="00124AA9" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008052FD">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">; and </w:t>
+      <w:r w:rsidRPr="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Call Charges after the end of the month in which the relevant Calls were made, including any Charges incurred during the latter part of that month which may be billed in the following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>month;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF6AB92" w14:textId="12F2559C" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="001B2725" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">any additional Charges that may apply pursuant to the Agreement. </w:t>
       </w:r>
       <w:r w:rsidR="00581752" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B69692" w14:textId="0F56C998" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="001B2725" w:rsidP="00581752">
       <w:pPr>
@@ -22256,341 +27004,534 @@
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Charges </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and Call Charges whether the Customer or someone else uses the Services.</w:t>
       </w:r>
       <w:r w:rsidR="009D16EF" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> The Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall not be under any obligation (express or implied) to monitor the Customer’s calls, call usage and/or patterns of usage. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DCA1532" w14:textId="2E36FBE7" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
+    <w:p w14:paraId="7DCA1532" w14:textId="2790DB9F" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Ref185604396"/>
+      <w:bookmarkStart w:id="70" w:name="_Ref211954136"/>
+      <w:bookmarkStart w:id="71" w:name="_Ref185604396"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Where the Company is providing Services the Customer shall pay any cancellation charges, </w:t>
       </w:r>
+      <w:r w:rsidR="00AA0D65">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Call-Out C</w:t>
+        <w:t>all-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0D65">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ut C</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">harges, engineering visit or </w:t>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ite survey charges, or maintenance service charges imposed on the Company by BT </w:t>
       </w:r>
       <w:r w:rsidR="001B2725" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or other Authorised Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>and relating to the Service, save where such abortive visit or service maintenance charges arise through the Company's default.</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008052FD">
+        <w:t xml:space="preserve">and relating to the Service, save where such abortive visit or service maintenance charges arise through the Company's </w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>breach of this Agreement.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidR="00124AA9">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="71"/>
     </w:p>
-    <w:p w14:paraId="4C9C0943" w14:textId="286CCE6E" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
+    <w:p w14:paraId="4C9C0943" w14:textId="7490A967" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Ref185609767"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkStart w:id="72" w:name="_Ref185609767"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the Charges have been </w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calculated on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bas</w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>that the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Service</w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided as part of</w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a bundled offering with other Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or independently of other </w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ervices</w:t>
+      </w:r>
+      <w:r w:rsidR="00165746">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided by the Company,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Customer acknowledges that:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
-    <w:p w14:paraId="191C30F9" w14:textId="72B38014" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
+    <w:p w14:paraId="191C30F9" w14:textId="452CA0F6" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Ref184133099"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">if the majority of Exchange Line rental or Sip Trunk rental or cloud based CLI ceases to be provided, </w:t>
+      <w:bookmarkStart w:id="73" w:name="_Ref184133099"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">if the majority </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(meaning </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72" w:rsidRPr="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50% or more of </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72" w:rsidRPr="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Service as provided at the Service Go-live Date</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of Exchange Line rental</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trunk rental or cloud based CLI ceases to be provided, </w:t>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be entitled to amend Our Call Charges to Our then higher standard charges. For the purposes of this Clause </w:t>
-[...58 lines deleted...]
-        <w:t xml:space="preserve">ceases to be </w:t>
+        <w:t xml:space="preserve"> shall be entitled to amend </w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Call Charges to </w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="008052FD">
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Company’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> higher standard </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>harges</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w14:paraId="698F8DEE" w14:textId="7F3B8B15" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
+    <w:p w14:paraId="698F8DEE" w14:textId="378F6DEB" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="770"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Ref184133119"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">if the majority of </w:t>
+      <w:bookmarkStart w:id="74" w:name="_Ref184133119"/>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if the majority </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(meaning </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72" w:rsidRPr="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>50% or more of calls based on previous 3 months’ typical call volume</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rental </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ceases to be provided, </w:t>
       </w:r>
       <w:r w:rsidR="009F683E" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be entitled to amend Our Exchange Line Rental, SIP Trunk rental or Cloud CLI rental charges to Our then higher standard charges. For the purposes of this Clause </w:t>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">, majority shall mean 50% or more of calls based on previous 3 months’ typical call volume cease to be </w:t>
+        <w:t xml:space="preserve"> shall be entitled to amend </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Exchange Line Rental, SIP Trunk rental or Cloud CLI rental </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">harges to </w:t>
+      </w:r>
+      <w:r w:rsidR="00124AA9">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then higher standard </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>provided;</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="46"/>
+        <w:t>charges</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="008052FD">
+      <w:r w:rsidR="009C2C72">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
     </w:p>
-    <w:p w14:paraId="4344DC9F" w14:textId="76FD7A05" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="000229BA">
+    <w:p w14:paraId="4344DC9F" w14:textId="4F80E0ED" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="000229BA">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Ref184133408"/>
+      <w:bookmarkStart w:id="75" w:name="_Ref184133408"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">if the majority of Exchange Line Rental or SIP Trunk rental or cloud based CLI, or Call Charges cease to be provided (including but not limited to if you port such services) the agreement shall </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>terminate</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Early Termination Fee will apply unless the business returns within 30 </w:t>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>W</w:t>
@@ -22620,69 +27561,69 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref184133408 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00B370B3" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...3 lines deleted...]
-        <w:t>15.5.3</w:t>
+      <w:r w:rsidR="009035EE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>17.5.3</w:t>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, majority shall mean:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="75"/>
     </w:p>
     <w:p w14:paraId="43D08E96" w14:textId="512FAF7D" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">50% or more of Service as provided at the </w:t>
       </w:r>
       <w:r w:rsidR="007075C0" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Service Go-live Date </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">cease to be provided; and </w:t>
@@ -22694,51 +27635,51 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>50% or more of calls based on previous 3 months’ typical call volume cease to be provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6884A4E3" w14:textId="2C024BB9" w:rsidR="00581752" w:rsidRPr="008052FD" w:rsidRDefault="00581752" w:rsidP="00581752">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Rental shall continue to be payable during any period of suspension or restriction requested by the Customer in addition to any Charges for such suspension or restriction. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="483FE13B" w14:textId="5E39E45B" w:rsidR="005F5115" w:rsidRPr="008052FD" w:rsidRDefault="008F6EC2" w:rsidP="00AE3E45">
+    <w:p w14:paraId="483FE13B" w14:textId="7F850945" w:rsidR="005F5115" w:rsidRPr="008052FD" w:rsidRDefault="008F6EC2" w:rsidP="00AE3E45">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">If the Customer fails to make payment in full by the due date, in addition to </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’s right to suspend the Services</w:t>
       </w:r>
       <w:r w:rsidR="00E10F99" w:rsidRPr="008052FD">
@@ -22749,78 +27690,83 @@
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A96842" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> may</w:t>
       </w:r>
       <w:r w:rsidR="00873C20" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="_Hlk183798943"/>
+      <w:bookmarkStart w:id="76" w:name="_Hlk183798943"/>
       <w:r w:rsidR="005F5115" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>withdraw passwords, accounts and/or access to the Services</w:t>
       </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or Software</w:t>
+      </w:r>
       <w:r w:rsidR="00873C20" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p w14:paraId="6DE7B510" w14:textId="77777777" w:rsidR="007C5C65" w:rsidRPr="008052FD" w:rsidRDefault="00E830FC" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>In the event that</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007C5C65" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1A1A46" w14:textId="1BA1F4F8" w:rsidR="007C5C65" w:rsidRPr="008052FD" w:rsidRDefault="00A600B5" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -22966,86 +27912,92 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> updating, increasing and/or changing the Services and </w:t>
       </w:r>
       <w:r w:rsidR="00E830FC" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">any associated fees to be paid in respect of such upgrade or amendment. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13327793" w14:textId="671C300D" w:rsidR="008F6EC2" w:rsidRPr="008052FD" w:rsidRDefault="008F6EC2" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>termination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142F5D99" w14:textId="468EBCBA" w:rsidR="00D83373" w:rsidRPr="008052FD" w:rsidRDefault="00D83373" w:rsidP="009603BD">
+    <w:p w14:paraId="142F5D99" w14:textId="530AA9D9" w:rsidR="00D83373" w:rsidRPr="008052FD" w:rsidRDefault="00D83373" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Without prejudice to any other rights or remedies to which </w:t>
       </w:r>
       <w:r w:rsidR="008A2362" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> may</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> be entitled</w:t>
       </w:r>
       <w:r w:rsidR="008A2362" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> including </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(but not limited to) </w:t>
       </w:r>
       <w:r w:rsidR="00627B32" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">those </w:t>
       </w:r>
       <w:r w:rsidR="008A2362" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>under the Master Services Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="008A2362" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
@@ -23084,212 +28036,260 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following periods from the date of the notice from </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00C33553" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75830A53" w14:textId="77777777" w:rsidR="00C33553" w:rsidRPr="008052FD" w:rsidRDefault="00C33553" w:rsidP="00C33553">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Ref185609631"/>
+      <w:bookmarkStart w:id="77" w:name="_Ref185609631"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7 days where there is a failure to pay a sum due under the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Agreement;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="77"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3F30065E" w14:textId="3A4E2840" w:rsidR="00C33553" w:rsidRPr="008052FD" w:rsidRDefault="00C33553" w:rsidP="00C33553">
+    <w:p w14:paraId="3F30065E" w14:textId="46E6F2B5" w:rsidR="00C33553" w:rsidRPr="008052FD" w:rsidRDefault="00C33553" w:rsidP="00C33553">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>14 days, if either sub-clauses</w:t>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185609631 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...3 lines deleted...]
-        <w:t>16.1.1.1</w:t>
+      <w:r w:rsidR="00C04183">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>18.1.1.1</w:t>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185609657 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...3 lines deleted...]
-        <w:t>16.1.1.3</w:t>
+      <w:r w:rsidR="00C04183">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>18.1.1.3</w:t>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref211962632 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C04183">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>18.1.1.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00BD17E6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>do not apply;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30711380" w14:textId="77777777" w:rsidR="00C33553" w:rsidRPr="008052FD" w:rsidRDefault="00C33553" w:rsidP="00C33553">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Ref185609657"/>
+      <w:bookmarkStart w:id="78" w:name="_Ref185609657"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a shorter time, reasonably specified in the notice, in the case of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Emergency;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7D05D6AF" w14:textId="77777777" w:rsidR="00C33553" w:rsidRPr="008052FD" w:rsidRDefault="00C33553" w:rsidP="00A3718F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Ref211962632"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">48 hours where the </w:t>
       </w:r>
       <w:r w:rsidR="00A3718F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Customer </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is repeatedly in breach of th</w:t>
       </w:r>
       <w:r w:rsidR="00A3718F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
@@ -23298,77 +28298,85 @@
         </w:rPr>
         <w:t xml:space="preserve"> Agreement (including without</w:t>
       </w:r>
       <w:r w:rsidR="00A3718F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>limitation repeatedly late in paying sums due under th</w:t>
       </w:r>
       <w:r w:rsidR="00A3718F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Agreement) where notice of a</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Agreement) where notice of a</w:t>
       </w:r>
       <w:r w:rsidR="00A3718F" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>previous breach for</w:t>
       </w:r>
       <w:r w:rsidR="00511034" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the same reason has been </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00511034" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>given;</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="79"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6409F8D3" w14:textId="77777777" w:rsidR="008F6EC2" w:rsidRPr="008052FD" w:rsidRDefault="00D83373" w:rsidP="009603BD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Customer </w:t>
       </w:r>
       <w:r w:rsidR="008F6EC2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">commits a material breach </w:t>
       </w:r>
@@ -23385,150 +28393,174 @@
         <w:t>that is not capable of being remedied; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9B9D3A" w14:textId="77777777" w:rsidR="005A0E55" w:rsidRPr="008052FD" w:rsidRDefault="005A0E55" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Customer is unable to pay its debts (within the meaning of section 123 of the Insolvency Act 1986), or becomes insolvent, or is subject to an order or a resolution for its liquidation, administration, winding-up or dissolution, or has an administrative or other receiver, manager, trustee, liquidator, administrator or similar officer appointed over all or any substantial part of its assets, or enters into or proposes any composition or arrangement with its creditors generally, or is subject to any analogous event or proceeding in any applicable jurisdiction an order is made or a resolution is passed for the winding up of the Customer, or circumstances arise which entitle a court of competent jurisdiction to make a winding-up order of the Customer. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533FBE45" w14:textId="17CC1116" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="00B05A12">
+    <w:p w14:paraId="533FBE45" w14:textId="5AECB430" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject to Clause </w:t>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185609767 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
-[...3 lines deleted...]
-        <w:t>15.5</w:t>
+      <w:r w:rsidR="009035EE">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>17.5</w:t>
       </w:r>
       <w:r w:rsidR="004560E2" w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, the Customer may port CLIs to the Network and may also port CLIs from the Network to other third party Network Operators with whom the Company has a porting agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0190A045" w14:textId="6DA45CFC" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Following termination of the Service:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24613170" w14:textId="77777777" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="00B05A12">
+    <w:p w14:paraId="24613170" w14:textId="1983785A" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">the telephone service may be disconnected unless the Customer makes alternative arrangements with the Company or another communications service </w:t>
+        <w:t xml:space="preserve">the telephone </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4B66">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4B66">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008052FD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be disconnected unless the Customer makes alternative arrangements with the Company or another communications service </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>provider;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3FB25C45" w14:textId="5F7566CD" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -23545,51 +28577,50 @@
         </w:rPr>
         <w:t>Agreement;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="388AAC74" w14:textId="1F821CBA" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="000229BA">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>any provision of</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Agreement that</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> expressly or by implication </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
@@ -23616,93 +28647,93 @@
         <w:t xml:space="preserve">continue in force on </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>after</w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> termination or expiry of the Agreement </w:t>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="a1024432"/>
+      <w:bookmarkStart w:id="80" w:name="a1024432"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>remain in full force and effect.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="80"/>
     </w:p>
     <w:p w14:paraId="3B06B728" w14:textId="4F391689" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="000229BA">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="a603344"/>
+      <w:bookmarkStart w:id="81" w:name="a603344"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Due to the nature of porting, the Customer acknowledges certain Services may not be available on CLIs ported to or CLIs ported away from the Network from time</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="a807714"/>
+      <w:bookmarkStart w:id="82" w:name="a807714"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to time.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:p w14:paraId="5AF72803" w14:textId="77777777" w:rsidR="00296A4B" w:rsidRPr="008052FD" w:rsidRDefault="00296A4B" w:rsidP="00296A4B">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Following termination of the Agreement, if there is any programming on </w:t>
       </w:r>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Customer Equipment</w:t>
       </w:r>
@@ -23734,178 +28765,178 @@
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008052FD">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> then the Customer shall remain liable for the Charges after the date of termination until transfer is complete.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A0FF35A" w14:textId="77777777" w:rsidR="00296A4B" w:rsidRPr="008052FD" w:rsidRDefault="00296A4B" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p w14:paraId="70D04915" w14:textId="77777777" w:rsidR="000C172A" w:rsidRPr="008052FD" w:rsidRDefault="000C172A" w:rsidP="000C172A">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70853CEB" w14:textId="26BDD0BD" w:rsidR="00120EC7" w:rsidRPr="008052FD" w:rsidRDefault="00120EC7" w:rsidP="00120EC7">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="427EF0FE" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidSect="0096244D">
-          <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="even" r:id="rId10"/>
+          <w:headerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11904" w:h="16830" w:code="9"/>
           <w:pgMar w:top="1440" w:right="1134" w:bottom="1440" w:left="1797" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AF01039" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00F71793">
       <w:pPr>
         <w:pStyle w:val="Schedule"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Ref185504073"/>
+      <w:bookmarkStart w:id="83" w:name="_Ref185504073"/>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p w14:paraId="06AB2D48" w14:textId="2D155E35" w:rsidR="00F71793" w:rsidRPr="00B370B3" w:rsidRDefault="00F71793" w:rsidP="00F71793">
       <w:pPr>
         <w:pStyle w:val="Schedulename"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>service levels</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FF4DD13" w14:textId="5F4D6BE6" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="55" w:name="_Ref185761050"/>
+      <w:bookmarkStart w:id="84" w:name="_Ref185761050"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>SERVICE LEVEL</w:t>
       </w:r>
       <w:r w:rsidR="00021EBC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="84"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD20B67" w14:textId="38313989" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580C3EAA" w14:textId="5A6570D7" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
+    <w:p w14:paraId="580C3EAA" w14:textId="202B8684" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r w:rsidR="00C463F0" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
@@ -24016,97 +29047,113 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00272747">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref184133805 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00272747">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00272747">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Schedule 3</w:t>
       </w:r>
       <w:r w:rsidR="00272747">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00272747">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidR="009F5E5C" w:rsidRPr="009F5E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Company shall prioritise all Support Requests based on its reasonable assessment of the severity of the Fault reported by the Customer and respond to all Support Requests in accordance with the response times specified in the table set out below</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5E5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="68CCEE33" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="h.tyjcwt" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkStart w:id="85" w:name="h.tyjcwt" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="85"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Priority 1,</w:t>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="_Hlk183186227"/>
+      <w:bookmarkStart w:id="86" w:name="_Hlk183186227"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Critical Outage </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18DB10B1" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -24268,52 +29315,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No outbound calls can be made from the system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086DC268" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="h.3dy6vkm" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkStart w:id="87" w:name="h.3dy6vkm" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="87"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Priority 2, Major Impact</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C7D397" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -24475,52 +29522,52 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>There is no reasonable workaround</w:t>
       </w:r>
       <w:r w:rsidR="00FA3B0D" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA12AB6" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="h.1t3h5sf" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkStart w:id="88" w:name="h.1t3h5sf" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="88"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Priority 3, Minor Impact </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F05B5D" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -24640,63 +29687,63 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>There is a reasonable workaround</w:t>
       </w:r>
       <w:r w:rsidR="00FA3B0D" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D3D23F" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="h.4d34og8" w:colFirst="0" w:colLast="0"/>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkStart w:id="89" w:name="h.4d34og8" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="89"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Priority 4, Informational </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p w14:paraId="0135910F" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Information needed concerning product capabilities, advice or basic configuration. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F0A9B93" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -24736,104 +29783,122 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FF6045" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Usability issue, documentation problem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="641D24D6" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>There is an easy workaround or no workaround is required</w:t>
+        <w:t xml:space="preserve">There is an easy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>workaround</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or no workaround is required</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1B038D" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00324967" w:rsidP="00946A8F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc207079856"/>
-      <w:bookmarkStart w:id="62" w:name="_Toc256421557"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc207079856"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc256421557"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Priority Response </w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Time Frames</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Definitions</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="206421F3" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00741CA4">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -25057,51 +30122,51 @@
           <w:tcPr>
             <w:tcW w:w="1003" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="04A080E7" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B06113">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="63" w:name="_Hlk20814722"/>
+            <w:bookmarkStart w:id="92" w:name="_Hlk20814722"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1C7DD7FD" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B06113">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -26230,375 +31295,662 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0800 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1800</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="92"/>
     </w:tbl>
     <w:p w14:paraId="17FA44A1" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772786E9" w14:textId="195DB9F4" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A600B5" w:rsidP="00B05A12">
+    <w:p w14:paraId="716C9A22" w14:textId="7ABB2149" w:rsidR="004272E7" w:rsidRDefault="004272E7" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B370B3">
-[...75 lines deleted...]
-        <w:t>.</w:t>
+      <w:bookmarkStart w:id="93" w:name="_Hlk212476794"/>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Service Levels set out above are target </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF02F8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>esponse</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF02F8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Restoration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF02F8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esolution times only and do not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2D41">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">constitute performance guarantees. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2D41" w:rsidRPr="005D2D41">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Failure by the Company to meet any Service Level shall not constitute a breach of this Agreement, nor shall it entitle the Customer to terminate the Agreement, withhold payment for Services provided, or claim any form of compensation, unless expressly agreed otherwise in writing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426FA237" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
+    <w:bookmarkEnd w:id="93"/>
+    <w:p w14:paraId="772786E9" w14:textId="15344E6A" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004272E7" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B370B3">
-[...3 lines deleted...]
-        <w:t>Priority 1 issues may be downgraded to Priority 2, and Priority 2 issues may be downgraded to Priority 3, following the application of a temporary solution</w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A600B5" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>he Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or its Authorised Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE10D8" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use reasonable endeavours </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>to provide a solution within the above target timeframes. For Priority 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Critical Outage</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Priority 2</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1EF8">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Major Impact</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> issues, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A600B5" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or its Authorised Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will aim to provide a temporary solution to temporarily fix the </w:t>
+      </w:r>
+      <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ault with the Service while a permanent solution is developed</w:t>
       </w:r>
       <w:r w:rsidR="002C63B0" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="004272E7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="94" w:name="_Hlk212477202"/>
+      <w:r w:rsidR="005D2D41" w:rsidRPr="005D2D41">
+        <w:t xml:space="preserve">Where restoration or resolution of a </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1EF8">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2D41" w:rsidRPr="005D2D41">
+        <w:t>ault is delayed due to third-party dependencies</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2D41">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2D41" w:rsidRPr="005D2D41">
+        <w:t>being circumstances beyond the Company’s reasonable control, including but not limited to delays caused by third-party suppliers or the provision of defective or incompatible goods or services by such suppliers</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2D41">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2D41" w:rsidRPr="005D2D41">
+        <w:t>the Company shall not be liable for any resulting delay, impact, or failure to meet the applicable Service Levels or performance targets.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4FAEDE56" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
+    <w:p w14:paraId="426FA237" w14:textId="2FA91044" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004272E7" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B370B3">
-[...69 lines deleted...]
-        <w:t>available to allow remote diagnostics and maintenance</w:t>
+      <w:bookmarkStart w:id="95" w:name="_Hlk212476737"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The Company reserves the right to reclassify the priority level of any reported issue following initial assessment or upon implementation of a temporary workaround. Such reclassification shall be communicated to the Customer and shall be final unless otherwise agreed in writing</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7EE2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the Company</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For example, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Priority 1 issues may be downgraded to Priority 2, and Priority 2 issues may be downgraded to Priority 3, following the application of a temporary solution</w:t>
       </w:r>
       <w:r w:rsidR="002C63B0" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02947897" w14:textId="6E5FCF66" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
+    <w:p w14:paraId="4FAEDE56" w14:textId="12B0F953" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="_Hlk212477235"/>
+      <w:bookmarkEnd w:id="95"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Service Levels shall only apply to </w:t>
-[...5 lines deleted...]
-        <w:t>F</w:t>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enable the Company to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">aults traced to </w:t>
+        <w:t xml:space="preserve">meet </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the service standards set out under this </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref185504073 \r \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE10D8" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at the request of </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>or its Authorised Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
       <w:r w:rsidR="00FE10D8" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">or its Authorised Provider’s </w:t>
+        <w:t xml:space="preserve">Customer shall ensure that its </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Service platform and not to </w:t>
+        <w:t xml:space="preserve">personnel </w:t>
       </w:r>
       <w:r w:rsidR="00FE10D8" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>C</w:t>
+        <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ustomer CPE and </w:t>
+        <w:t>onsite and that remote access to the Service</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and/or Software</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or affected product or system </w:t>
       </w:r>
       <w:r w:rsidR="00FE10D8" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>C</w:t>
+        <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ustomer network connectivity related </w:t>
-[...11 lines deleted...]
-        <w:t>aults</w:t>
+        <w:t>available to allow remote diagnostics and maintenance</w:t>
       </w:r>
       <w:r w:rsidR="002C63B0" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C72" w:rsidRPr="009C2C72">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Where remote access is required by the Company, the Customer shall facilitate such remote access by promptly installing and running any remote access tools reasonably required and/or provided by the Company.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="14E2E930" w14:textId="786039D9" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
+    <w:p w14:paraId="02947897" w14:textId="6E5FCF66" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="_Hlk212477251"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Service Levels shall only apply to </w:t>
+      </w:r>
+      <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aults traced to </w:t>
+      </w:r>
+      <w:r w:rsidR="00A600B5" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>the Company</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE10D8" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or its Authorised Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service platform and not to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE10D8" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ustomer CPE and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE10D8" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ustomer network connectivity related </w:t>
+      </w:r>
+      <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aults</w:t>
+      </w:r>
+      <w:r w:rsidR="002C63B0" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E2E930" w14:textId="786039D9" w:rsidR="00A20901" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="_Hlk212477257"/>
+      <w:bookmarkEnd w:id="97"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">It is technically impracticable to provide a </w:t>
       </w:r>
       <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ault free </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
@@ -26616,74 +31968,94 @@
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> do</w:t>
       </w:r>
       <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> not undertake to do so</w:t>
       </w:r>
       <w:r w:rsidR="002C63B0" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE72EA4" w14:textId="39F29007" w:rsidR="004272E7" w:rsidRPr="00B370B3" w:rsidRDefault="004272E7" w:rsidP="00B05A12">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="_Hlk212477272"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="004272E7">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The Customer acknowledges that the Company’s ability to meet the Service Levels is dependent on the Customer providing timely access, information, and cooperation. The Company shall not be liable for any delay or failure to meet the Service Levels where such delay or failure is attributable to the Customer’s failure to provide reasonable assistance, access, or communication.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60188FFC" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Ref185684857"/>
+      <w:bookmarkStart w:id="100" w:name="_Ref185684857"/>
+      <w:bookmarkEnd w:id="99"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CUSTOMER REPORTING</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="100"/>
     </w:p>
-    <w:p w14:paraId="29589435" w14:textId="1B876EC4" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
+    <w:p w14:paraId="29589435" w14:textId="6D715657" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To assist </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -26691,51 +32063,51 @@
         <w:t xml:space="preserve"> in meeting the service levels detailed in paragraph </w:t>
       </w:r>
       <w:r w:rsidR="001A1D15">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="001A1D15">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref185761050 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="001A1D15">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A1D15">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="001A1D15">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="001A1D15">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>above</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
@@ -26798,145 +32170,186 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the S</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ervices which the problem </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>affected;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="23825FE0" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
+    <w:p w14:paraId="23825FE0" w14:textId="6B407B6C" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the impact of the problem on the </w:t>
       </w:r>
       <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ervice</w:t>
       </w:r>
       <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> including a detailed description of the issue, including:</w:t>
+        <w:t xml:space="preserve"> including a detailed description of the issue, including</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC29FC">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (but not limited to)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA4EC57" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the components involved, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610BA8E2" w14:textId="1E983218" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
+    <w:p w14:paraId="610BA8E2" w14:textId="1E983218" w:rsidR="00A20901" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ctivity ID involved in the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>issue</w:t>
       </w:r>
       <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="35DCCB08" w14:textId="2BA81271" w:rsidR="00FC29FC" w:rsidRPr="00B370B3" w:rsidRDefault="00FC29FC" w:rsidP="00E20049">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1418"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC29FC">
+        <w:t>such data, documents, information, assistance and remote access to the Customer Computer System</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or Equipment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC29FC">
+        <w:t xml:space="preserve">, as are reasonably necessary to assist the Company to reproduce operating conditions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC29FC">
+        <w:t>similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC29FC">
+        <w:t xml:space="preserve"> those present when the Customer detected the relevant Fault and to respond to the relevant Support Request</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="175AD9CB" w14:textId="4FC68AB9" w:rsidR="00B7635F" w:rsidRPr="00B370B3" w:rsidRDefault="00B7635F" w:rsidP="00B7635F">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and any other information that </w:t>
       </w:r>
       <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
@@ -26945,81 +32358,93 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> may</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> reasonably require.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1362059C" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>SUPPORT BOUNDARY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327DE260" w14:textId="46B55FFE" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
+    <w:p w14:paraId="327DE260" w14:textId="50D602A6" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">For the avoidance of doubt, </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not responsible for</w:t>
       </w:r>
-      <w:r w:rsidR="0034433C">
-[...3 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following, which fall outside the scope of the</w:t>
+      </w:r>
+      <w:r w:rsidR="002A51AB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maintenance Services: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22625944" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Customers: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320737C2" w14:textId="57F941A7" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
@@ -27049,86 +32474,131 @@
         </w:rPr>
         <w:t xml:space="preserve">erver </w:t>
       </w:r>
       <w:r w:rsidR="001D7A4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ardware</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59F2CDD7" w14:textId="10589856" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
+    <w:p w14:paraId="59F2CDD7" w14:textId="23E05335" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00FE0E8A" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel4"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B370B3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operations </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>perati</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ng</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D7A4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B370B3">
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ystems or Third party </w:t>
+        <w:t xml:space="preserve">ystems or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B370B3">
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>software</w:t>
+        <w:t>Third party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> software</w:t>
+      </w:r>
+      <w:r w:rsidR="00161921">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or software owned by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00161921">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Customer</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="52CF8C11" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004E7B04" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
@@ -27136,51 +32606,51 @@
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>he Customer</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>site network configuration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3D55A4" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004E7B04" w:rsidP="00A20901">
+    <w:p w14:paraId="7F3D55A4" w14:textId="765A4228" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004E7B04" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">olution </w:t>
       </w:r>
@@ -27213,56 +32683,63 @@
         <w:t xml:space="preserve">onfiguration </w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">including but not limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to  </w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>creating</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/maintaining campaigns, us</w:t>
+        <w:t>maintaining campaigns, us</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ers, groups, routing </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>strategies;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6F0B833D" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
@@ -27273,83 +32750,97 @@
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>diall</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">er management and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>configuration;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="27B6B55F" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004E7B04" w:rsidP="00A20901">
+    <w:p w14:paraId="27B6B55F" w14:textId="7A4C3FA7" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00FE0E8A" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B370B3">
+      <w:r w:rsidRPr="00FE0E8A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">replacement, installation or modifications </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">he Customers workstation software replacement, installation or </w:t>
+        <w:t xml:space="preserve">he Customers workstation </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>modifications</w:t>
+        <w:t>software</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2758BAE1" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004E7B04" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
@@ -27401,226 +32892,464 @@
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">lient portals or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>software</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="12061A84" w14:textId="4FB1FA3B" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004E7B04" w:rsidP="00A20901">
+    <w:p w14:paraId="12061A84" w14:textId="0E9F5E4F" w:rsidR="00A20901" w:rsidRDefault="004E7B04" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oftware outside the Service </w:t>
       </w:r>
       <w:r w:rsidR="00F2741F">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oundary </w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">including but not limited </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">including but not limited to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>operating systems</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> antivirus software,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7A4A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">to  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:t xml:space="preserve">irus </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7A4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>OS</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">canner, </w:t>
       </w:r>
       <w:r w:rsidR="001D7A4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>v</w:t>
+        <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">irus </w:t>
+        <w:t xml:space="preserve">ackup </w:t>
       </w:r>
       <w:r w:rsidR="001D7A4A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00B7635F" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">canner, </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>ools etc.; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F33E617" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="004E7B04" w:rsidP="00A20901">
+    <w:p w14:paraId="34D0DF12" w14:textId="4433F36C" w:rsidR="00FE0E8A" w:rsidRDefault="00FE0E8A" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B370B3">
+      <w:r w:rsidRPr="00FE0E8A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:t xml:space="preserve">issues arising from the Customer’s failure to maintain or update their own hardware, software, or network </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE0E8A">
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>he Customers PBX or internal telephony or data connectivity and circuits</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B370B3">
+        <w:t>infrastructure;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1A697292" w14:textId="1ABDCE46" w:rsidR="00FE0E8A" w:rsidRDefault="00FE0E8A" w:rsidP="00A20901">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Verdana"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">support for legacy systems or equipment no longer supported by the original manufacturer or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vendor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="07E239C2" w14:textId="01357839" w:rsidR="00FE0E8A" w:rsidRDefault="00FE0E8A" w:rsidP="00A20901">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1418"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">troubleshooting or resolving problems caused by third-party integrations, customisations, or unauthorised changes to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>system;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="448660EE" w14:textId="264B39D6" w:rsidR="00FE0E8A" w:rsidRDefault="00FE0E8A" w:rsidP="00A20901">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1418"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>physical cabling, power supply issues, or environmental factors at the Customer’s site (e.g., temperature, humidity, electrical interference</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE0E8A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="68DF49A3" w14:textId="14D948E1" w:rsidR="00FE0E8A" w:rsidRPr="00B370B3" w:rsidRDefault="00FE0E8A" w:rsidP="00A20901">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1418"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any Fault caused by circumstances described in clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref209603405 \r \h </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006F2D6B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Customer Default; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F33E617" w14:textId="01F5E895" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="008B7EE2" w:rsidP="00E20049">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t>Any s</w:t>
+      </w:r>
+      <w:r w:rsidR="002A51AB" w:rsidRPr="002A51AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t>upport Services</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided pursuant to this Service Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="002A51AB" w:rsidRPr="002A51AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not include the maintenance, support, or troubleshooting of the Customer’s private branch exchange (PBX) systems, internal telephony infrastructure, or data connectivity and associated circuits, whether provided by third parties or operated internally by the Customer.</w:t>
+      </w:r>
+      <w:r w:rsidR="002A51AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7EE2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t>Any support or maintenance services provided in relation to the Customer’s Legacy PBX system shall be delivered in accordance with the Company’s Service Schedule for Maintenance and Technical Support (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="007A693D" w:rsidRPr="005907D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Verdana"/>
+          </w:rPr>
+          <w:t>www.ghmcomms.com</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008B7EE2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7EE2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">subject to the payment of the relevant Charges </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the Customer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="550EB34E" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00A20901" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Ref185685022"/>
+      <w:bookmarkStart w:id="101" w:name="_Ref185685022"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>EXLUSIONS AND EXCEPTIONS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w14:paraId="3001A4F5" w14:textId="0AD12EF1" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The following e</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">xclusions and </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
@@ -27634,51 +33363,51 @@
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">apply to the </w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>measurement and calculation of the S</w:t>
       </w:r>
       <w:r w:rsidR="00021EBC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ervice Levels</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A221AE1" w14:textId="274BF496" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
+    <w:p w14:paraId="4A221AE1" w14:textId="78840AF1" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ncidents on </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -27699,106 +33428,136 @@
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> equipment </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">outside of the </w:t>
       </w:r>
       <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
+      <w:r w:rsidR="00F2741F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>oundary</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> set out in paragraph 3 of this Schedule </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00F2741F">
-[...3 lines deleted...]
-        <w:t>b</w:t>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>oundary;</w:t>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="196DF558" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
+    <w:p w14:paraId="196DF558" w14:textId="2BA78D07" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ncidents on BT Applications and / or network and application equipment due to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">acts or omission of the </w:t>
       </w:r>
+      <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ustomer</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Customer </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="004E7B04" w:rsidRPr="00B370B3">
-[...9 lines deleted...]
-        <w:t>ustomer</w:t>
+      <w:r w:rsidR="00FE0E8A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Default</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2A69EF03" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
@@ -27873,51 +33632,50 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>window;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="387766F7" w14:textId="7C455784" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ailure of access from suspension of </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the Services pursuant to </w:t>
       </w:r>
       <w:r w:rsidR="00DE031C">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">terms of the Agreement </w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">for breach of </w:t>
@@ -27980,50 +33738,51 @@
         <w:t>calculations</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="79884CCB" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">utages due to unscheduled upgrades, requested by the Customer that cannot be performed during the regularly scheduled maintenance </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>windows</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7CF70459" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="00B74D35" w:rsidP="00A20901">
       <w:pPr>
@@ -28181,51 +33940,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Customer’s appl</w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ications, equipment or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>supplier;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="06797B61" w14:textId="424F6EA0" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="003C4FD3" w:rsidP="00A20901">
+    <w:p w14:paraId="06797B61" w14:textId="0B3164A8" w:rsidR="00A20901" w:rsidRDefault="003C4FD3" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">outages whereby </w:t>
       </w:r>
       <w:r w:rsidR="00A600B5" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the Company</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -28280,51 +34039,127 @@
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ite, for reasons attributable to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Customer, to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>carry out necessary repair work; or</w:t>
+        <w:t xml:space="preserve">carry out necessary repair </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>work;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B370B3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47154242" w14:textId="4960C3F0" w:rsidR="005D2D41" w:rsidRDefault="005D2D41" w:rsidP="00A20901">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1418"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any Service failure or interruption caused by C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2D41">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ustomer misconfiguration or unauthorised </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D2D41">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>changes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F33D4DC" w14:textId="28633EB8" w:rsidR="005D2D41" w:rsidRPr="00B370B3" w:rsidRDefault="005D2D41" w:rsidP="00A20901">
+      <w:pPr>
+        <w:pStyle w:val="MBClauselevel3"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1418"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delays caused due to Customer Change Requests; or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D7EE976" w14:textId="77777777" w:rsidR="00A20901" w:rsidRPr="00B370B3" w:rsidRDefault="003C4FD3" w:rsidP="00A20901">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1418"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00A20901" w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">navailability of the BT Application and / or Network </w:t>
       </w:r>
@@ -28409,1155 +34244,680 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F71793" w:rsidRPr="00B370B3">
           <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16CA51D7" w14:textId="77777777" w:rsidR="00F71793" w:rsidRPr="00B370B3" w:rsidRDefault="00F71793" w:rsidP="00F71793">
       <w:pPr>
         <w:pStyle w:val="Schedule"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Ref185505846"/>
+      <w:bookmarkStart w:id="102" w:name="_Ref185505846"/>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p w14:paraId="6AB26817" w14:textId="023D7361" w:rsidR="00F71793" w:rsidRPr="00B370B3" w:rsidRDefault="00F71793" w:rsidP="00F71793">
       <w:pPr>
         <w:pStyle w:val="Schedulename"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>enhanced hosted service levels</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59502307" w14:textId="230D7B18" w:rsidR="00F71793" w:rsidRPr="00B370B3" w:rsidRDefault="00F71793" w:rsidP="00B05A12">
       <w:pPr>
         <w:pStyle w:val="MBclauselevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B370B3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>enhanced hosted SERVICE LEVEL</w:t>
       </w:r>
       <w:r w:rsidR="00021EBC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A61387B" w14:textId="434578E6" w:rsidR="0016584B" w:rsidRPr="00D53DCD" w:rsidRDefault="007E0594" w:rsidP="00D53DCD">
+    <w:p w14:paraId="6A61387B" w14:textId="3CECB178" w:rsidR="0016584B" w:rsidRPr="00D53DCD" w:rsidRDefault="00F71793" w:rsidP="00D53DCD">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B370B3">
-[...52 lines deleted...]
-                      <wps:txbx>
+      <w:r w:rsidRPr="00D53DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following </w:t>
+      </w:r>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="00D53DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00021EBC" w:rsidRPr="00D53DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Levels </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D53DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D53DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apply </w:t>
+      </w:r>
+      <w:r w:rsidR="00125BED" w:rsidRPr="00D53DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the Enhanced Hosted </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12483" w:rsidRPr="00D53DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC0B8CD" w14:textId="77777777" w:rsidR="0016584B" w:rsidRPr="00B370B3" w:rsidRDefault="0016584B" w:rsidP="00F71793">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="327E5C73" w14:textId="77777777" w:rsidR="00F71793" w:rsidRPr="00B370B3" w:rsidRDefault="00F71793" w:rsidP="00F71793">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Level1asHeadingtext"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11907" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5420"/>
+        <w:gridCol w:w="2178"/>
+        <w:gridCol w:w="2080"/>
+        <w:gridCol w:w="2229"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="32F0D5BF" w14:textId="6BADC40D" w:rsidTr="00E20049">
+        <w:trPr>
+          <w:trHeight w:val="744"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:bottom w:w="72" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34AD88A9" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="006A73DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:bottom w:w="72" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00608FEB" w14:textId="05AEAB48" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="232C4B12" wp14:editId="67099171">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-85090</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-556895</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1400175" cy="1097280"/>
+                      <wp:effectExtent l="0" t="19050" r="28575" b="26670"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="19" name="Flowchart: Manual Input 19">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D9043CE-1C53-4D5E-BA6D-34353A6A3197}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1400175" cy="1097280"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="flowChartManualInput">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="CC0000"/>
+                              </a:solidFill>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="E7E6E6">
+                                    <a:lumMod val="90000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="5F56BA5B" w14:textId="02E644A5" w:rsidR="00A71E63" w:rsidRPr="00E22F5B" w:rsidRDefault="00A71E63" w:rsidP="00A66194">
+                                  <w:pPr>
+                                    <w:pStyle w:val="NormalWeb"/>
+                                    <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                    <w:ind w:hanging="142"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r w:rsidRPr="00E22F5B">
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                                      <w:kern w:val="24"/>
+                                      <w:sz w:val="32"/>
+                                      <w:szCs w:val="32"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Standard </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="232C4B12" id="_x0000_t118" coordsize="21600,21600" o:spt="118" path="m,4292l21600,r,21600l,21600xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="10800,2146;0,10800;10800,21600;21600,10800" textboxrect="0,4291,21600,21600"/>
+                    </v:shapetype>
+                    <v:shape id="Flowchart: Manual Input 19" o:spid="_x0000_s1026" type="#_x0000_t118" style="position:absolute;left:0;text-align:left;margin-left:-6.7pt;margin-top:-43.85pt;width:110.25pt;height:86.4pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlE6GO+gEAAPIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAUfK/Uf0C8N3aiNtmN4qyqJFtV&#10;6rYrbfsBJxhsJG4FHDt/3wPObbtvVf2AwXDmzAzj1cOgFTlwH6Q1FZ1OSkq4YbaWpqnor5+PH+4o&#10;CRFMDcoaXtEjD/Rh/f7dqndLPrOtVTX3BEFMWPauom2MblkUgbVcQ5hYxw1uCus1RFz6pqg99Iiu&#10;VTEry3nRW187bxkPAb9ux026zvhCcBZ/CBF4JKqiyC3m0edxn8ZivYJl48G1kp1owD+w0CANNr1A&#10;bSEC6bx8A6Ul8zZYESfM6sIKIRnPGlDNtPxLzUsLjmctaE5wF5vC/4Nl3w8v7tmjDb0Ly4DTpGIQ&#10;Xqc38iNDNut4MYsPkTD8OP1YltPFJ0oY7k3L+8XsLttZXMudD/ELt5qkSUWFsv2mBR+fwHSgvhrX&#10;xWwaHL6FiBSw9FySugerZP0olcoL3+w3ypMD4E1uNiU+6fKw5NUxZUiPdGYL3CYMMFFCQcSpdnVF&#10;g2koAdVgVFn0ufer6nDbZLfYzXfzfEh1+snWY+/729bj+bc0kowthHYsyT3GqGkZMe9K6oreJaCz&#10;CGWSSJ4TezLjeiFpFof9cLqlva2Pz570mFqU9LsDzynxUW3sGHIwrLWY8bNEYz930QqZLU5YIwCy&#10;TgsMVuZ/+glScm/X+dT1V13/AQAA//8DAFBLAwQUAAYACAAAACEAQ1IBtOAAAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvLULbS2EsjSmRi/Gg2h6HtgRsOwsYZcWfXrXk95m&#10;Ml/++f58P5tenGl0nWUF8TICQVxb3XGj4P3tcZGCcB5ZY2+ZFHyRg31xfZVjpu2FX+lc+kaEEHYZ&#10;Kmi9HzIpXd2SQbe0A3G4fdjRoA/r2Eg94iWEm16uomgrDXYcPrQ40KGl+lRORoHG48FuSv359N2f&#10;eDutn9OXh0qp25v5fgfC0+z/YPjVD+pQBKfKTqyd6BUs4vUmoGFIkwREIFZREoOoFKR3Mcgil/8r&#10;FD8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZROhjvoBAADyAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQ1IBtOAAAAAKAQAADwAAAAAAAAAA&#10;AAAAAABUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" fillcolor="#c00" strokecolor="#d0cece" strokeweight="1pt">
+                      <v:textbox>
                         <w:txbxContent>
-                          <w:p w14:paraId="5EED5058" w14:textId="4E2C942F" w:rsidR="002C58B0" w:rsidRDefault="002C58B0" w:rsidP="0016584B">
-[...224 lines deleted...]
-                          <w:p w14:paraId="5F56BA5B" w14:textId="02E644A5" w:rsidR="002C58B0" w:rsidRPr="00E22F5B" w:rsidRDefault="002C58B0" w:rsidP="00A66194">
+                          <w:p w14:paraId="5F56BA5B" w14:textId="02E644A5" w:rsidR="00A71E63" w:rsidRPr="00E22F5B" w:rsidRDefault="00A71E63" w:rsidP="00A66194">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:ind w:hanging="142"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00E22F5B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Standard </w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
-                      </wps:txbx>
-[...139 lines deleted...]
-        </w:trPr>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34AD88A9" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="006A73DA">
+          <w:p w14:paraId="137DD9A7" w14:textId="1C5451C0" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00608FEB" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="008C50A5">
+          <w:p w14:paraId="5E13A6BF" w14:textId="19714421" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="7A144059" w14:textId="360C821C" w:rsidTr="00E20049">
+        <w:trPr>
+          <w:trHeight w:val="744"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...66 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C44BCB4" w14:textId="7C53B5A8" w:rsidR="00125BED" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="00B05A12">
+          <w:p w14:paraId="5C44BCB4" w14:textId="6F010B89" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="00B05A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telephone support with </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">Telephone support with 4 </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9110E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>4 hour</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Working H</w:t>
+            </w:r>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> response on </w:t>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">aults. </w:t>
+              <w:t xml:space="preserve">our response on Major Faults. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="540827B2" w14:textId="5B3BE6FF" w:rsidR="00125BED" w:rsidRPr="00B370B3" w:rsidRDefault="00497789" w:rsidP="00B05A12">
+          <w:p w14:paraId="540827B2" w14:textId="16247930" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="00B05A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006A73DA" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9110E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> day response on </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+              <w:t>Working D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>M</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006A73DA" w:rsidRPr="00B370B3">
+              <w:t>ay response on Minor Faults and no S</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">inor </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">ervice </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>F</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="006A73DA" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">Level </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>aults and no S</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00021EBC">
+              <w:t xml:space="preserve"> on</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">ervice </w:t>
-[...78 lines deleted...]
-              <w:t xml:space="preserve">equests. </w:t>
+              <w:t xml:space="preserve"> Change Requests. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57E7BD7E" w14:textId="46681E58" w:rsidR="00125BED" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="00B05A12">
+          <w:p w14:paraId="57E7BD7E" w14:textId="46681E58" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="00B05A12">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Programming that requires a </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">Programming that requires a Site visit are chargeable. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705D5ED7" w14:textId="1EBD523B" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="00556DCC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...135 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="490C56AA" w14:textId="74B83115" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="490C56AA" w14:textId="544C3B9D" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:ind w:left="-169"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03254BA2" wp14:editId="48D32E16">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="5" name="Picture 5" descr="Checkmark">
@@ -29616,266 +34976,958 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79659BA2" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="0016584B">
+          <w:p w14:paraId="79659BA2" w14:textId="69D10492" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57E2EFF2" wp14:editId="18D0AF42">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-55880</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-1835150</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1295400" cy="1202055"/>
+                      <wp:effectExtent l="0" t="19050" r="19050" b="17145"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="17" name="Flowchart: Manual Input 17">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EDDEE92-2CE8-49D3-BD0C-779283034CD5}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1295400" cy="1202055"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="flowChartManualInput">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFC000"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="3F7193D1" w14:textId="1E99873F" w:rsidR="00A71E63" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
+                                  <w:pPr>
+                                    <w:pStyle w:val="NormalWeb"/>
+                                    <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:kern w:val="24"/>
+                                      <w:sz w:val="32"/>
+                                      <w:szCs w:val="32"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Enhanced </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="57E2EFF2" id="Flowchart: Manual Input 17" o:spid="_x0000_s1027" type="#_x0000_t118" style="position:absolute;left:0;text-align:left;margin-left:-4.4pt;margin-top:-144.5pt;width:102pt;height:94.65pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDydibn5AEAANcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAUfEfiHyy/06QVhaVqukKtipC4&#10;rLTwAaeOnVjyjWO3Sf+eY6fbsvCCEC+Ob2fOzHiyvh+tYSeJUXvX8Pms5kw64VvtuoZ//7Z/dcdZ&#10;TOBaMN7Jhp9l5Pebly/WQ1jJhe+9aSUyAnFxNYSG9ymFVVVF0UsLceaDdHSoPFpItMSuahEGQrem&#10;WtT1m2rw2Ab0QsZIu7vpkG8KvlJSpK9KRZmYaThxS2XEMh7yWG3WsOoQQq/FhQb8AwsL2lHTK9QO&#10;ErAj6j+grBboo1dpJrytvFJayKKB1Mzr39Q89hBk0ULmxHC1Kf4/WPHl9BgekGwYQlxFmmYVo0Kb&#10;v8SPjcWs89UsOSYmaHO+eLd8XZOngs7mi3pRL5fZzupWHjCmD9JblicNV8YP2x4wfQZ3BPPRhWMq&#10;psHpU0xT6VNJ7h690e1eG1MW2B22BtkJ6CX3+21NraeSZ9eMY0Om87YwA0qUMpCIpA1tw6PrOAPT&#10;UVRFwtL7WXX8uyaZ5A5iP5EpCFOQrE6UZqNtw++I4JWicVmCLHm8SL3ZnWdpPIxME8N5Bso7B9+e&#10;H5ANFE3i/eMIKDnDZLZ+SjI40XsK8pMO598fk1e6+HgDoPfIC0pPeZlL0nM8f12XW7f/cfMTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDpUktz3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcWodIBTvEqRCiSJReCHyAm2yTqPE6it0m/Xu2Jzitdmc0+yZfz64XZxxD58nAwzIBgVT5&#10;uqPGwM/3ZqFAhGiptr0nNHDBAOvi9ia3We0n+sJzGRvBIRQya6CNccikDFWLzoalH5BYO/jR2cjr&#10;2Mh6tBOHu16mSfIone2IP7R2wNcWq2N5cga6zfv2I76tPodtSXoKTqXqsjPm/m5+eQYRcY5/Zrji&#10;MzoUzLT3J6qD6A0sFJNHnqnSXOrq0KsUxJ5PWj+BLHL5v0PxCwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAPJ2JufkAQAA1wMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOlSS3PfAAAACwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" fillcolor="#ffc000" strokecolor="#ffc000" strokeweight="1pt">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3F7193D1" w14:textId="1E99873F" w:rsidR="00A71E63" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:kern w:val="24"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Enhanced </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A109AED" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="0016584B">
+          <w:p w14:paraId="4A109AED" w14:textId="294F5592" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00E20049" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B3CBBDC" wp14:editId="4F537BAB">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-71755</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-1840230</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1382395" cy="1224280"/>
+                      <wp:effectExtent l="0" t="19050" r="27305" b="13970"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="18" name="Flowchart: Manual Input 18">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C80B9F10-540E-49A9-8472-6970773F4F63}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1382395" cy="1224280"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="flowChartManualInput">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="A5A5A5"/>
+                              </a:solidFill>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:sysClr val="window" lastClr="FFFFFF">
+                                    <a:lumMod val="85000"/>
+                                  </a:sysClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="5EED5058" w14:textId="27034C05" w:rsidR="00A71E63" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
+                                  <w:pPr>
+                                    <w:pStyle w:val="NormalWeb"/>
+                                    <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                    <w:jc w:val="center"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                      <w:color w:val="FFFFFF"/>
+                                      <w:kern w:val="24"/>
+                                      <w:sz w:val="32"/>
+                                      <w:szCs w:val="32"/>
+                                    </w:rPr>
+                                    <w:t xml:space="preserve">Enhanced PLUS </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shape w14:anchorId="6B3CBBDC" id="Flowchart: Manual Input 18" o:spid="_x0000_s1028" type="#_x0000_t118" style="position:absolute;left:0;text-align:left;margin-left:-5.65pt;margin-top:-144.9pt;width:108.85pt;height:96.4pt;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnctEeCQIAAAgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P0zAQfEfiP1h+55LmKJSq6enUqgiJ&#10;g5MOfsDWcRJLttfYTpP+e9Zur+W4N0QrOf7Izs6MJ6u7yWh2kD4otDWf3ZScSSuwUbar+c8fu3cL&#10;zkIE24BGK2t+lIHfrd++WY1uKSvsUTfSMwKxYTm6mvcxumVRBNFLA+EGnbR02KI3EGnpu6LxMBK6&#10;0UVVlh+KEX3jPAoZAu1uT4d8nfHbVor4vW2DjEzXnLjFPPo87tNYrFew7Dy4XokzDfgHFgaUpaYX&#10;qC1EYINXr6CMEh4DtvFGoCmwbZWQWQOpmZV/qXnqwcmshcwJ7mJT+H+w4tvhyT16smF0YRlomlRM&#10;rTfpSfzYlM06XsySU2SCNme3i+r205wzQWezqnpfLbKdxbXc+RA/SzQsTWreahw3Pfj4AHYA/cW6&#10;IWbT4PA1RKJApc8lqXtArZqd0jovfLffaM8OQDd5P0//dHlU8uI1bdmY6Hws6bYFUKJaDZGmxjU1&#10;D7bjDHRHURXR594vqsMxXHpQyBocOdMQIm3WfJd/uUgP5gGbE5fFvKReZyq5/jWrpGoLoT9V5Jan&#10;5BkVKf5amZovCOYCpG3SLHOAz95c7yfN4rSfmCJJVQJKO3tsjo+ejZRlEvprAC8581Fv8BR9sKJH&#10;kvEs3OL9ELFV2fgrAJFPC4pblnH+NFKe/1znt64f8Po3AAAA//8DAFBLAwQUAAYACAAAACEA8RAp&#10;/eQAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8B2uRuLV2kiq0IU7FQyAhhKCP&#10;Q7m5sUmixusodtLw71lOcNvdGc1+k68n27LR9L5xKCGaC2AGS6cbrCTsd0+zJTAfFGrVOjQSvo2H&#10;dXF5katMuzNuzLgNFaMQ9JmSUIfQZZz7sjZW+bnrDJL25XqrAq19xXWvzhRuWx4LkXKrGqQPterM&#10;Q23K03awEhZJ+jY+fianFz4d1PvHcP+6f95IeX013d0CC2YKf2b4xSd0KIjp6AbUnrUSZlGUkJWG&#10;eLmiEmSJRboAdqTT6kYAL3L+v0TxAwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKdy0R4J&#10;AgAACAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPEQ&#10;Kf3kAAAADAEAAA8AAAAAAAAAAAAAAAAAYwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" fillcolor="#a5a5a5" strokecolor="#d9d9d9" strokeweight="1pt">
+                      <v:textbox>
+                        <w:txbxContent>
+                          <w:p w14:paraId="5EED5058" w14:textId="27034C05" w:rsidR="00A71E63" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
+                            <w:pPr>
+                              <w:pStyle w:val="NormalWeb"/>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                              <w:jc w:val="center"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:kern w:val="24"/>
+                                <w:sz w:val="32"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Enhanced PLUS </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="33C6E3F3" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00556DCC" w:rsidRPr="00B370B3" w14:paraId="1A1BF05C" w14:textId="77777777" w:rsidTr="00A71E63">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:bottom w:w="72" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3958B7CC" w14:textId="15CD5F35" w:rsidR="00556DCC" w:rsidRPr="00B370B3" w:rsidRDefault="00556DCC" w:rsidP="00556DCC">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changes are subject to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">air </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>sage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Policy pursuant to clause </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> REF _Ref185598874 \r \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>6.18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of this Service Schedule</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:bottom w:w="72" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8FD2F2" w14:textId="52DC070F" w:rsidR="00556DCC" w:rsidRPr="00B370B3" w:rsidRDefault="00556DCC" w:rsidP="0016584B">
+            <w:pPr>
+              <w:ind w:left="-169"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E07A9D5" wp14:editId="670B32FC">
+                  <wp:extent cx="410827" cy="410827"/>
+                  <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+                  <wp:docPr id="24" name="Picture 24" descr="Checkmark">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB83A4B7-EA02-427C-B66D-12941A30CF09}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="5" name="Graphic 4" descr="Checkmark">
+                            <a:extLst>
+                              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB83A4B7-EA02-427C-B66D-12941A30CF09}"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId18" cstate="print">
+                            <a:duotone>
+                              <a:prstClr val="black"/>
+                              <a:srgbClr val="CC0000">
+                                <a:tint val="45000"/>
+                                <a:satMod val="400000"/>
+                              </a:srgbClr>
+                            </a:duotone>
+                            <a:extLst>
+                              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a14:imgLayer r:embed="rId19">
+                                    <a14:imgEffect>
+                                      <a14:sharpenSoften amount="-50000"/>
+                                    </a14:imgEffect>
+                                    <a14:imgEffect>
+                                      <a14:saturation sat="365000"/>
+                                    </a14:imgEffect>
+                                    <a14:imgEffect>
+                                      <a14:brightnessContrast contrast="-40000"/>
+                                    </a14:imgEffect>
+                                  </a14:imgLayer>
+                                </a14:imgProps>
+                              </a:ext>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="410827" cy="410827"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:bottom w:w="72" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="779C4C7A" w14:textId="573B0F37" w:rsidR="00556DCC" w:rsidRPr="00B370B3" w:rsidRDefault="00556DCC" w:rsidP="0016584B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0FC384C1" wp14:editId="5AC8966F">
+                  <wp:extent cx="410827" cy="410827"/>
+                  <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+                  <wp:docPr id="25" name="Graphic 25" descr="Checkmark">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="20" name="Graphic 19" descr="Checkmark">
+                            <a:extLst>
+                              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId20" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="410827" cy="410827"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="72" w:type="dxa"/>
+              <w:left w:w="144" w:type="dxa"/>
+              <w:bottom w:w="72" w:type="dxa"/>
+              <w:right w:w="144" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="422ED7DC" w14:textId="084D512C" w:rsidR="00556DCC" w:rsidRPr="00B370B3" w:rsidRDefault="00556DCC" w:rsidP="0016584B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="192FC640" wp14:editId="58D540BE">
+                  <wp:extent cx="410827" cy="410827"/>
+                  <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+                  <wp:docPr id="26" name="Graphic 26" descr="Checkmark">
+                    <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
+                      </a:ext>
+                    </a:extLst>
+                  </wp:docPr>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="27" name="Graphic 26" descr="Checkmark">
+                            <a:extLst>
+                              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:cNvPr>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId22" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId23"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="410827" cy="410827"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="33C6E3F3" w14:textId="1DD640AD" w:rsidTr="00E20049">
+        <w:trPr>
+          <w:trHeight w:val="744"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75F596C2" w14:textId="2360FF3F" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="006A73DA">
+          <w:p w14:paraId="75F596C2" w14:textId="1049E801" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="006A73DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>2 hour</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidR="006F6177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> response on </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">Working </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9110E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>M</w:t>
+              <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">ajor </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">aults  </w:t>
+              <w:t xml:space="preserve">our response on Major Faults  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69A57733" w14:textId="77777777" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="69A57733" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BDAE0EF" w14:textId="593FFB5F" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="0BDAE0EF" w14:textId="593FFB5F" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="689BF096" wp14:editId="41699F3B">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="20" name="Graphic 20" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
                       </a:ext>
@@ -29911,68 +35963,67 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66F3D889" w14:textId="069B5863" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="66F3D889" w14:textId="069B5863" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C0E7420" wp14:editId="2189B35D">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="27" name="Graphic 27" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
@@ -30008,205 +36059,178 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="4DB07568" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="4DB07568" w14:textId="0F0EB9AE" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7023B57E" w14:textId="5B2CCF3B" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="006A73DA">
+          <w:p w14:paraId="7023B57E" w14:textId="7E561F5D" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="006A73DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>4 hour</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidR="006F6177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> response on </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">Working </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9110E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>M</w:t>
+              <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">inor </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">aults </w:t>
+              <w:t xml:space="preserve">our response on Minor Faults </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24F6A946" w14:textId="77777777" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="24F6A946" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25C897B5" w14:textId="109A7E86" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="25C897B5" w14:textId="109A7E86" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3AB2B20E" wp14:editId="7465908F">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="2" name="Graphic 2" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
                       </a:ext>
@@ -30242,68 +36266,67 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B70B3DA" w14:textId="11F482C5" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="1B70B3DA" w14:textId="11F482C5" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7767B71B" wp14:editId="60E87C12">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="8" name="Graphic 8" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
@@ -30339,205 +36362,245 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="7F1F4797" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="7F1F4797" w14:textId="730A31FE" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0594EE00" w14:textId="6116DEE0" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="006A73DA">
+          <w:p w14:paraId="0594EE00" w14:textId="48FE2B0B" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="006A73DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>12 hour</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B370B3">
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="006F6177">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> completion on </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve"> Working</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>C</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A9110E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">hange </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>R</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">our </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>equests</w:t>
+              <w:t xml:space="preserve">completion </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Change Requests</w:t>
+            </w:r>
+            <w:r w:rsidR="006F6177">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, subject to technical feasibility </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D7B39F6" w14:textId="77777777" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="3D7B39F6" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B6B628B" w14:textId="6C4979DC" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="3B6B628B" w14:textId="6C4979DC" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51ECA2B8" wp14:editId="7E2B410F">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="3" name="Graphic 3" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
                       </a:ext>
@@ -30573,68 +36636,67 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21B02F9C" w14:textId="59D4D2E6" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="21B02F9C" w14:textId="59D4D2E6" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C6BE2F2" wp14:editId="31EE398D">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="9" name="Graphic 9" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
@@ -30670,217 +36732,169 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="1650FFC5" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="1650FFC5" w14:textId="785C0D19" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E0A567A" w14:textId="43E14E06" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="00E22F5B">
+          <w:p w14:paraId="6E0A567A" w14:textId="43E14E06" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="00E22F5B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="67" w:name="_Hlk185511554"/>
+            <w:bookmarkStart w:id="103" w:name="_Hlk185511554"/>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Inclusive recordings of </w:t>
             </w:r>
-            <w:r w:rsidR="00174750">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">welcome </w:t>
             </w:r>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">announcements for </w:t>
-[...45 lines deleted...]
-            <w:bookmarkEnd w:id="67"/>
+              <w:t xml:space="preserve">announcements for the Customer’s business including auto attendant, training and on hold. </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="103"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DA47272" w14:textId="77777777" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="1DA47272" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48C73716" w14:textId="54ABA3A3" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="48C73716" w14:textId="54ABA3A3" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B22B5AF" wp14:editId="1DA0BDCA">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="4" name="Graphic 4" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
                       </a:ext>
@@ -30916,87 +36930,86 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D991F43" w14:textId="57B17523" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="0016584B">
+          <w:p w14:paraId="1D991F43" w14:textId="5756AE07" w:rsidR="00A71E63" w:rsidRPr="00A24ACF" w:rsidRDefault="00A71E63" w:rsidP="0016584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B370B3">
+            <w:r w:rsidRPr="00A24ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A9D9F3D" wp14:editId="4BF2AB1F">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A9D9F3D" wp14:editId="335F1843">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="10" name="Graphic 10" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="27" name="Graphic 26" descr="Checkmark">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
@@ -31013,148 +37026,145 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="2C6989CE" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="2C6989CE" w14:textId="133B934E" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C70E569" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="006A73DA">
+          <w:p w14:paraId="3C70E569" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="006A73DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Unlimited adds, moves and changes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="521DB380" w14:textId="77777777" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="521DB380" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="587C24D8" w14:textId="4DE7A026" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="587C24D8" w14:textId="4DE7A026" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="379B9470" wp14:editId="669A4DCC">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="6" name="Graphic 6" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
                       </a:ext>
@@ -31190,87 +37200,86 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D9E492A" w14:textId="49F7A2E0" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="2D9E492A" w14:textId="43BB7F27" w:rsidR="00A71E63" w:rsidRPr="00A24ACF" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B370B3">
+            <w:r w:rsidRPr="00A24ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48A78564" wp14:editId="5DB537F3">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48A78564" wp14:editId="0B09CA39">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="11" name="Graphic 11" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="27" name="Graphic 26" descr="Checkmark">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
@@ -31287,257 +37296,221 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="25EF0559" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="25EF0559" w14:textId="5485D98B" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67D86A7E" w14:textId="28878D48" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="00E22F5B">
+          <w:p w14:paraId="67D86A7E" w14:textId="51672835" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="00E22F5B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inclusive </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00414A6B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">Inclusive Site visits (please refer to clause </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B370B3">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>ite visits</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E22F5B" w:rsidRPr="00B370B3">
+              <w:instrText xml:space="preserve"> REF _Ref185610038 \r \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (please refer to clause </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007262DE">
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="007262DE">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> REF _Ref185610038 \r \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="007262DE">
+              <w:t>6.9</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-            </w:r>
-[...30 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00E22F5B" w:rsidRPr="00B370B3">
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="747A48A0" w14:textId="77777777" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="747A48A0" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12410EB3" w14:textId="3C3059BF" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="12410EB3" w14:textId="3C3059BF" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C305154" wp14:editId="34ACB425">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="7" name="Graphic 7" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
                       </a:ext>
@@ -31573,87 +37546,86 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64DDA425" w14:textId="25EFBD38" w:rsidR="008C50A5" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="64DDA425" w14:textId="74617594" w:rsidR="00A71E63" w:rsidRPr="00A24ACF" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B370B3">
+            <w:r w:rsidRPr="00A24ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6087C4DC" wp14:editId="53980875">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6087C4DC" wp14:editId="59E89843">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="12" name="Graphic 12" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="27" name="Graphic 26" descr="Checkmark">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
@@ -31670,235 +37642,221 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="39E9B099" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="39E9B099" w14:textId="0CFD3A54" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DACDC01" w14:textId="0B852B34" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="006A73DA">
+          <w:p w14:paraId="5DACDC01" w14:textId="74A7F5F8" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="006A73DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Inclusive training refreshers</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E22F5B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">Inclusive training refreshers (please refer to clause </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (please refer to clause </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007262DE">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="007262DE">
+              <w:instrText xml:space="preserve"> REF _Ref185610073 \r \h </w:instrText>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> REF _Ref185610073 \r \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="007262DE">
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-            </w:r>
-            <w:r w:rsidR="007262DE">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F92E5B">
+              <w:t>6.10</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>6.10</w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00E22F5B" w:rsidRPr="00B370B3">
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B8106CD" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="008C50A5">
+          <w:p w14:paraId="4B8106CD" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FEECAA7" w14:textId="793AD619" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="00E22F5B" w:rsidP="008C50A5">
+          <w:p w14:paraId="2FEECAA7" w14:textId="793AD619" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A8956DC" wp14:editId="51D5EE0B">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="16" name="Graphic 16" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
@@ -31935,87 +37893,86 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76E13CE2" w14:textId="6134653B" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="76E13CE2" w14:textId="6367547D" w:rsidR="00A71E63" w:rsidRPr="00A24ACF" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B370B3">
+            <w:r w:rsidRPr="00A24ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1719F7B6" wp14:editId="5A40C12E">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1719F7B6" wp14:editId="0E213C78">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="13" name="Graphic 13" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="27" name="Graphic 26" descr="Checkmark">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
@@ -32032,148 +37989,145 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="6AF2B2B9" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="6AF2B2B9" w14:textId="230A97DC" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5528B938" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="006A73DA">
+          <w:p w14:paraId="5528B938" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="006A73DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Application software support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="165678CE" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="008C50A5">
+          <w:p w14:paraId="165678CE" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E653A0D" w14:textId="321C74B5" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="00E22F5B" w:rsidP="008C50A5">
+          <w:p w14:paraId="0E653A0D" w14:textId="321C74B5" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="013FE72B" wp14:editId="0B940DDA">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="21" name="Graphic 21" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
@@ -32210,87 +38164,86 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C70B593" w14:textId="08B6094B" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="5C70B593" w14:textId="72C51607" w:rsidR="00A71E63" w:rsidRPr="00A24ACF" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B370B3">
+            <w:r w:rsidRPr="00A24ACF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49E424A2" wp14:editId="505E4849">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49E424A2" wp14:editId="0DEB0833">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="14" name="Graphic 14" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="27" name="Graphic 26" descr="Checkmark">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
@@ -32307,223 +38260,196 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66194" w:rsidRPr="00B370B3" w14:paraId="40091A10" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="40091A10" w14:textId="40BB3EE6" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BBF59BE" w14:textId="0E16D681" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="00E22F5B">
+          <w:p w14:paraId="7BBF59BE" w14:textId="0E16D681" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="00E22F5B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>24/7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E22F5B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve">24/7 remote support on </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> remote support on </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002A23FF">
+              <w:t xml:space="preserve">Priority 1 and Priority 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Priority 1 and Priority 2 </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="002A23FF">
+              <w:t xml:space="preserve">issues </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">issues </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E22F5B" w:rsidRPr="00B370B3">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">excluding Bank Holidays) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76E2B5A5" w14:textId="77777777" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="006A73DA" w:rsidP="008C50A5">
+          <w:p w14:paraId="76E2B5A5" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="725F833C" w14:textId="4A8F24F0" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="00E22F5B" w:rsidP="008C50A5">
+          <w:p w14:paraId="725F833C" w14:textId="4A8F24F0" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C07EA31" wp14:editId="66B03330">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="22" name="Graphic 22" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D9384E-0EDF-4261-A43A-932D132779CC}"/>
@@ -32560,68 +38486,67 @@
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="553A7E38" w14:textId="7088E8D8" w:rsidR="006A73DA" w:rsidRPr="00B370B3" w:rsidRDefault="008C50A5" w:rsidP="008C50A5">
+          <w:p w14:paraId="553A7E38" w14:textId="7088E8D8" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10A8AD07" wp14:editId="3202B14C">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="15" name="Graphic 15" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54B6471B-FD3E-4791-8E83-AE63CEAE87C1}"/>
@@ -32657,216 +38582,176 @@
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="410827" cy="410827"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E22F5B" w:rsidRPr="00B370B3" w14:paraId="205DA933" w14:textId="77777777" w:rsidTr="0037644E">
+      <w:tr w:rsidR="00A71E63" w:rsidRPr="00B370B3" w14:paraId="205DA933" w14:textId="52195B00" w:rsidTr="00E20049">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7483" w:type="dxa"/>
+            <w:tcW w:w="5420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3839AAFC" w14:textId="78604347" w:rsidR="00E22F5B" w:rsidRPr="00B370B3" w:rsidRDefault="00E22F5B" w:rsidP="00AA6E9D">
+          <w:p w14:paraId="3839AAFC" w14:textId="78604347" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="00AA6E9D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">24/7 remote support on </w:t>
-[...35 lines deleted...]
-              <w:t>aults (including Bank Holidays)</w:t>
+              <w:t>24/7 remote support on ALL Faults (including Bank Holidays)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2494" w:type="dxa"/>
+            <w:tcW w:w="2178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="176150DA" w14:textId="77777777" w:rsidR="00E22F5B" w:rsidRPr="00B370B3" w:rsidRDefault="00E22F5B" w:rsidP="008C50A5">
+          <w:p w14:paraId="176150DA" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2360" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B6783BB" w14:textId="77777777" w:rsidR="00E22F5B" w:rsidRPr="00B370B3" w:rsidRDefault="00E22F5B" w:rsidP="008C50A5">
+          <w:p w14:paraId="0B6783BB" w14:textId="77777777" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcW w:w="2229" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="72" w:type="dxa"/>
               <w:left w:w="144" w:type="dxa"/>
               <w:bottom w:w="72" w:type="dxa"/>
               <w:right w:w="144" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3549D1" w14:textId="4F59A89E" w:rsidR="00E22F5B" w:rsidRPr="00B370B3" w:rsidRDefault="00E22F5B" w:rsidP="008C50A5">
+          <w:p w14:paraId="1D3549D1" w14:textId="4F59A89E" w:rsidR="00A71E63" w:rsidRPr="00B370B3" w:rsidRDefault="00A71E63" w:rsidP="008C50A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B370B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C587C97" wp14:editId="59B06760">
                   <wp:extent cx="410827" cy="410827"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="0"/>
                   <wp:docPr id="23" name="Graphic 23" descr="Checkmark">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -33012,74 +38897,74 @@
           <w:rStyle w:val="Level1asHeadingtext"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="770D1D97" w14:textId="77777777" w:rsidR="00445725" w:rsidRPr="00B370B3" w:rsidRDefault="00445725" w:rsidP="00F71793">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Level1asHeadingtext"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32AC9C37" w14:textId="77777777" w:rsidR="009F683E" w:rsidRPr="00B370B3" w:rsidRDefault="009F683E" w:rsidP="009F683E">
       <w:pPr>
         <w:pStyle w:val="Schedule"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Ref184133805"/>
+      <w:bookmarkStart w:id="104" w:name="_Ref184133805"/>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p w14:paraId="22F1A7E0" w14:textId="73839BB9" w:rsidR="009F683E" w:rsidRPr="00875E26" w:rsidRDefault="00B86BCC" w:rsidP="009F683E">
       <w:pPr>
         <w:pStyle w:val="Schedulename"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>wholesale line rental SERVICES</w:t>
       </w:r>
       <w:r w:rsidR="009F683E" w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> service levels</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC1F133" w14:textId="6D94308F" w:rsidR="009F683E" w:rsidRPr="00875E26" w:rsidRDefault="009F683E" w:rsidP="009F683E">
+    <w:p w14:paraId="2BC1F133" w14:textId="528FC5DF" w:rsidR="009F683E" w:rsidRPr="00875E26" w:rsidRDefault="009F683E" w:rsidP="009F683E">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The Company shall provide support to the Customer for the </w:t>
       </w:r>
       <w:r w:rsidR="00B86BCC" w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wholesale Line Rental </w:t>
       </w:r>
       <w:r w:rsidRPr="00875E26">
         <w:rPr>
@@ -33106,51 +38991,51 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref184133805 \r \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00B370B3" w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00F92E5B">
+      <w:r w:rsidR="006F2D6B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Schedule 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00875E26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4F0D8A" w14:textId="62864CB7" w:rsidR="009F683E" w:rsidRPr="00875E26" w:rsidRDefault="009F683E" w:rsidP="009F683E">
       <w:pPr>
         <w:pStyle w:val="MBClauselevel2"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="20"/>
         </w:numPr>
@@ -33409,87 +39294,86 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Level1asHeadingtext"/>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009F683E" w:rsidRPr="00B370B3" w:rsidSect="00DB79A7">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24C6E045" w14:textId="77777777" w:rsidR="00567119" w:rsidRDefault="00567119">
+    <w:p w14:paraId="6697BF5E" w14:textId="77777777" w:rsidR="00943FC5" w:rsidRDefault="00943FC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37224760" w14:textId="77777777" w:rsidR="00567119" w:rsidRDefault="00567119">
+    <w:p w14:paraId="0A979A56" w14:textId="77777777" w:rsidR="00943FC5" w:rsidRDefault="00943FC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1146BDC6" w14:textId="77777777" w:rsidR="00567119" w:rsidRDefault="00567119"/>
+    <w:p w14:paraId="6163C42E" w14:textId="77777777" w:rsidR="00943FC5" w:rsidRDefault="00943FC5"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -33506,51 +39390,51 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="416FE142" w14:textId="77777777" w:rsidR="002C58B0" w:rsidRDefault="002C58B0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
@@ -33718,65 +39602,65 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>27</w:t>
     </w:r>
     <w:r w:rsidRPr="008278EC">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5AA2DA19" w14:textId="77777777" w:rsidR="002C58B0" w:rsidRDefault="002C58B0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0BC88881" w14:textId="77777777" w:rsidR="00567119" w:rsidRDefault="00567119">
+    <w:p w14:paraId="18B24F38" w14:textId="77777777" w:rsidR="00943FC5" w:rsidRDefault="00943FC5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7CE13E9A" w14:textId="77777777" w:rsidR="00567119" w:rsidRDefault="00567119">
+    <w:p w14:paraId="0F196EDE" w14:textId="77777777" w:rsidR="00943FC5" w:rsidRDefault="00943FC5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="68AC193E" w14:textId="77777777" w:rsidR="00567119" w:rsidRDefault="00567119"/>
+    <w:p w14:paraId="7FB6BF52" w14:textId="77777777" w:rsidR="00943FC5" w:rsidRDefault="00943FC5"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="523CABB1" w14:textId="77777777" w:rsidR="009F7BE7" w:rsidRDefault="009F7BE7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="48459854" w14:textId="196BCD6C" w:rsidR="002C58B0" w:rsidRPr="007D5F76" w:rsidRDefault="002C58B0" w:rsidP="007D5F76">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="4500"/>
       </w:tabs>
       <w:jc w:val="right"/>
@@ -37111,871 +42995,1044 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1934630927">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1169295985">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="377168370">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1140028586">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1568953698">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1710639405">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2129159234">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1192108558">
     <w:abstractNumId w:val="6"/>
   </w:num>
+  <w:num w:numId="40" w16cid:durableId="2052604777">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="498811474">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1595434815">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB02D5"/>
     <w:rsid w:val="00002574"/>
+    <w:rsid w:val="000061BF"/>
     <w:rsid w:val="0000778C"/>
     <w:rsid w:val="00007A52"/>
     <w:rsid w:val="00011121"/>
     <w:rsid w:val="00021EBC"/>
     <w:rsid w:val="000229BA"/>
     <w:rsid w:val="00031345"/>
     <w:rsid w:val="000315B3"/>
+    <w:rsid w:val="000318A4"/>
     <w:rsid w:val="0003479B"/>
     <w:rsid w:val="00040106"/>
     <w:rsid w:val="000405DF"/>
     <w:rsid w:val="00044D36"/>
     <w:rsid w:val="00046A5B"/>
     <w:rsid w:val="00046D31"/>
     <w:rsid w:val="00046FFC"/>
     <w:rsid w:val="00047DBD"/>
     <w:rsid w:val="00051300"/>
     <w:rsid w:val="00054A85"/>
     <w:rsid w:val="00056132"/>
+    <w:rsid w:val="00066842"/>
     <w:rsid w:val="00066F17"/>
     <w:rsid w:val="000744A0"/>
     <w:rsid w:val="00076745"/>
     <w:rsid w:val="00085424"/>
     <w:rsid w:val="000857E5"/>
     <w:rsid w:val="0009243F"/>
     <w:rsid w:val="0009269E"/>
     <w:rsid w:val="00095236"/>
     <w:rsid w:val="00096D95"/>
     <w:rsid w:val="000A3411"/>
     <w:rsid w:val="000A35AC"/>
     <w:rsid w:val="000A4407"/>
-    <w:rsid w:val="000B344F"/>
     <w:rsid w:val="000B37BD"/>
     <w:rsid w:val="000B7FCD"/>
+    <w:rsid w:val="000C141E"/>
     <w:rsid w:val="000C172A"/>
     <w:rsid w:val="000C701E"/>
     <w:rsid w:val="000D71EB"/>
     <w:rsid w:val="000E360C"/>
     <w:rsid w:val="000E4AA9"/>
     <w:rsid w:val="000E658C"/>
     <w:rsid w:val="000F162B"/>
     <w:rsid w:val="000F54BE"/>
     <w:rsid w:val="000F6401"/>
     <w:rsid w:val="001036D0"/>
+    <w:rsid w:val="00104CBC"/>
     <w:rsid w:val="0010602E"/>
     <w:rsid w:val="0011436A"/>
     <w:rsid w:val="00115937"/>
     <w:rsid w:val="00117DD1"/>
     <w:rsid w:val="00120EC7"/>
     <w:rsid w:val="00121731"/>
+    <w:rsid w:val="00124AA9"/>
     <w:rsid w:val="00125BED"/>
     <w:rsid w:val="00126F8B"/>
     <w:rsid w:val="00127A42"/>
     <w:rsid w:val="001354A6"/>
     <w:rsid w:val="00137254"/>
     <w:rsid w:val="00137883"/>
+    <w:rsid w:val="00144709"/>
     <w:rsid w:val="0014649E"/>
     <w:rsid w:val="0014677F"/>
     <w:rsid w:val="001474E5"/>
     <w:rsid w:val="001477B4"/>
     <w:rsid w:val="0015144D"/>
     <w:rsid w:val="00153224"/>
     <w:rsid w:val="0015488A"/>
     <w:rsid w:val="00156CB6"/>
+    <w:rsid w:val="00161921"/>
     <w:rsid w:val="00163663"/>
     <w:rsid w:val="0016380E"/>
     <w:rsid w:val="001644BD"/>
     <w:rsid w:val="001654F3"/>
+    <w:rsid w:val="00165746"/>
     <w:rsid w:val="0016584B"/>
     <w:rsid w:val="00171E51"/>
     <w:rsid w:val="00174750"/>
     <w:rsid w:val="00176B84"/>
     <w:rsid w:val="001820D9"/>
     <w:rsid w:val="0018259B"/>
     <w:rsid w:val="001833AD"/>
     <w:rsid w:val="00183D1C"/>
     <w:rsid w:val="00183E0F"/>
     <w:rsid w:val="00183E1A"/>
     <w:rsid w:val="001840C9"/>
+    <w:rsid w:val="00194EA8"/>
     <w:rsid w:val="001A15A8"/>
+    <w:rsid w:val="001A192D"/>
     <w:rsid w:val="001A1D15"/>
     <w:rsid w:val="001A27FC"/>
     <w:rsid w:val="001A6A5C"/>
+    <w:rsid w:val="001A7BC0"/>
     <w:rsid w:val="001B2725"/>
     <w:rsid w:val="001B3B71"/>
     <w:rsid w:val="001B6F3C"/>
     <w:rsid w:val="001C1135"/>
+    <w:rsid w:val="001C319A"/>
     <w:rsid w:val="001C5697"/>
+    <w:rsid w:val="001D1314"/>
     <w:rsid w:val="001D1723"/>
     <w:rsid w:val="001D3195"/>
     <w:rsid w:val="001D3E1F"/>
     <w:rsid w:val="001D6706"/>
     <w:rsid w:val="001D7653"/>
     <w:rsid w:val="001D7A4A"/>
     <w:rsid w:val="001E06CB"/>
     <w:rsid w:val="001E17C0"/>
     <w:rsid w:val="001E1C11"/>
     <w:rsid w:val="001E69A0"/>
     <w:rsid w:val="001E79ED"/>
     <w:rsid w:val="001F0526"/>
     <w:rsid w:val="001F665A"/>
     <w:rsid w:val="00200F16"/>
     <w:rsid w:val="002043AF"/>
     <w:rsid w:val="002062CB"/>
     <w:rsid w:val="00210360"/>
     <w:rsid w:val="00216E6C"/>
     <w:rsid w:val="00216F2E"/>
     <w:rsid w:val="002245F1"/>
     <w:rsid w:val="00224A42"/>
     <w:rsid w:val="002269CC"/>
+    <w:rsid w:val="00231D80"/>
     <w:rsid w:val="00232677"/>
     <w:rsid w:val="002345EF"/>
     <w:rsid w:val="00235B76"/>
     <w:rsid w:val="00237552"/>
+    <w:rsid w:val="00240C81"/>
     <w:rsid w:val="00242202"/>
     <w:rsid w:val="002431CC"/>
     <w:rsid w:val="00243BCA"/>
     <w:rsid w:val="002511D9"/>
     <w:rsid w:val="00252A23"/>
     <w:rsid w:val="0026169C"/>
     <w:rsid w:val="00261E39"/>
     <w:rsid w:val="002628CB"/>
     <w:rsid w:val="00264B11"/>
+    <w:rsid w:val="00264F8B"/>
+    <w:rsid w:val="00267D88"/>
     <w:rsid w:val="002725DA"/>
     <w:rsid w:val="00272747"/>
     <w:rsid w:val="00276981"/>
     <w:rsid w:val="00277828"/>
     <w:rsid w:val="0028000E"/>
     <w:rsid w:val="00280827"/>
     <w:rsid w:val="00283804"/>
+    <w:rsid w:val="00287541"/>
     <w:rsid w:val="00290599"/>
     <w:rsid w:val="0029235A"/>
     <w:rsid w:val="002949B6"/>
     <w:rsid w:val="00296A4B"/>
     <w:rsid w:val="002A185D"/>
     <w:rsid w:val="002A23FF"/>
+    <w:rsid w:val="002A51AB"/>
+    <w:rsid w:val="002A63ED"/>
     <w:rsid w:val="002B18CA"/>
     <w:rsid w:val="002B519E"/>
     <w:rsid w:val="002B5EB9"/>
+    <w:rsid w:val="002C1D01"/>
     <w:rsid w:val="002C3366"/>
+    <w:rsid w:val="002C4236"/>
     <w:rsid w:val="002C58B0"/>
     <w:rsid w:val="002C63B0"/>
     <w:rsid w:val="002C73C7"/>
     <w:rsid w:val="002D0807"/>
+    <w:rsid w:val="002D1A01"/>
     <w:rsid w:val="002D411F"/>
     <w:rsid w:val="002D454F"/>
     <w:rsid w:val="002D4F9A"/>
     <w:rsid w:val="002D77F5"/>
     <w:rsid w:val="002E78B9"/>
     <w:rsid w:val="002F1A8A"/>
     <w:rsid w:val="002F4EA8"/>
     <w:rsid w:val="002F792E"/>
     <w:rsid w:val="003002E9"/>
     <w:rsid w:val="0030215A"/>
     <w:rsid w:val="003025B3"/>
     <w:rsid w:val="0030596F"/>
     <w:rsid w:val="00306432"/>
     <w:rsid w:val="0030765E"/>
     <w:rsid w:val="003101FC"/>
     <w:rsid w:val="0031225E"/>
     <w:rsid w:val="003159D0"/>
-    <w:rsid w:val="00316D01"/>
     <w:rsid w:val="00317EDC"/>
     <w:rsid w:val="003203AF"/>
     <w:rsid w:val="00324967"/>
     <w:rsid w:val="00325A55"/>
+    <w:rsid w:val="003359A8"/>
     <w:rsid w:val="0034224F"/>
     <w:rsid w:val="0034433C"/>
     <w:rsid w:val="003512C7"/>
     <w:rsid w:val="00354B76"/>
+    <w:rsid w:val="0035565F"/>
+    <w:rsid w:val="003573A7"/>
     <w:rsid w:val="00364559"/>
+    <w:rsid w:val="00365FBD"/>
     <w:rsid w:val="00366596"/>
     <w:rsid w:val="00372523"/>
     <w:rsid w:val="00374739"/>
     <w:rsid w:val="00376297"/>
     <w:rsid w:val="0037644E"/>
     <w:rsid w:val="00383E95"/>
+    <w:rsid w:val="003845BE"/>
     <w:rsid w:val="00385857"/>
     <w:rsid w:val="00387F75"/>
     <w:rsid w:val="003919E7"/>
     <w:rsid w:val="00392149"/>
     <w:rsid w:val="003940CF"/>
     <w:rsid w:val="00394B2F"/>
     <w:rsid w:val="003A134F"/>
     <w:rsid w:val="003A1DD5"/>
     <w:rsid w:val="003A1DEC"/>
+    <w:rsid w:val="003A2ED5"/>
     <w:rsid w:val="003A30A6"/>
     <w:rsid w:val="003A4DEC"/>
     <w:rsid w:val="003A56B6"/>
     <w:rsid w:val="003A5AC0"/>
     <w:rsid w:val="003A6CDC"/>
     <w:rsid w:val="003A7354"/>
     <w:rsid w:val="003B1AC0"/>
     <w:rsid w:val="003B42EE"/>
     <w:rsid w:val="003B5B07"/>
     <w:rsid w:val="003C0BB8"/>
     <w:rsid w:val="003C2876"/>
     <w:rsid w:val="003C4FD3"/>
     <w:rsid w:val="003C58D2"/>
-    <w:rsid w:val="003E039A"/>
     <w:rsid w:val="003E3EDB"/>
     <w:rsid w:val="003F071C"/>
+    <w:rsid w:val="003F1F05"/>
     <w:rsid w:val="003F2461"/>
     <w:rsid w:val="003F35BF"/>
     <w:rsid w:val="00400F02"/>
+    <w:rsid w:val="00403CE1"/>
     <w:rsid w:val="00404A8A"/>
     <w:rsid w:val="00405EB7"/>
     <w:rsid w:val="0041157B"/>
+    <w:rsid w:val="00413ABA"/>
     <w:rsid w:val="00413B5F"/>
     <w:rsid w:val="00414A6B"/>
+    <w:rsid w:val="00414AF8"/>
     <w:rsid w:val="004234A1"/>
     <w:rsid w:val="004251C5"/>
+    <w:rsid w:val="004272E7"/>
     <w:rsid w:val="0043446A"/>
     <w:rsid w:val="004416A9"/>
     <w:rsid w:val="00443539"/>
     <w:rsid w:val="00445725"/>
     <w:rsid w:val="0044605E"/>
+    <w:rsid w:val="00446AD3"/>
     <w:rsid w:val="004530D1"/>
     <w:rsid w:val="00454212"/>
     <w:rsid w:val="004560E2"/>
+    <w:rsid w:val="00464E62"/>
     <w:rsid w:val="00466534"/>
     <w:rsid w:val="00466805"/>
     <w:rsid w:val="0046686B"/>
     <w:rsid w:val="00467066"/>
     <w:rsid w:val="00471B31"/>
     <w:rsid w:val="00471CBD"/>
     <w:rsid w:val="00471F0F"/>
     <w:rsid w:val="00473F85"/>
     <w:rsid w:val="0048617D"/>
     <w:rsid w:val="00491983"/>
     <w:rsid w:val="004927F5"/>
     <w:rsid w:val="00493216"/>
     <w:rsid w:val="00496911"/>
     <w:rsid w:val="00497789"/>
     <w:rsid w:val="004A2A26"/>
+    <w:rsid w:val="004A6EB2"/>
     <w:rsid w:val="004A7805"/>
+    <w:rsid w:val="004B18EE"/>
     <w:rsid w:val="004B341E"/>
     <w:rsid w:val="004B4F06"/>
     <w:rsid w:val="004B504C"/>
     <w:rsid w:val="004B7A92"/>
     <w:rsid w:val="004C1776"/>
     <w:rsid w:val="004C294C"/>
+    <w:rsid w:val="004C5875"/>
     <w:rsid w:val="004C7BEE"/>
     <w:rsid w:val="004D33F1"/>
+    <w:rsid w:val="004D37ED"/>
     <w:rsid w:val="004D3E89"/>
+    <w:rsid w:val="004D6FC6"/>
+    <w:rsid w:val="004E73B2"/>
     <w:rsid w:val="004E7B04"/>
     <w:rsid w:val="004F0433"/>
     <w:rsid w:val="004F407D"/>
     <w:rsid w:val="004F5441"/>
     <w:rsid w:val="00500F5D"/>
     <w:rsid w:val="00504914"/>
     <w:rsid w:val="00511034"/>
     <w:rsid w:val="00511891"/>
     <w:rsid w:val="005122DC"/>
     <w:rsid w:val="00512E45"/>
     <w:rsid w:val="00517448"/>
     <w:rsid w:val="0051759C"/>
+    <w:rsid w:val="00523D3E"/>
     <w:rsid w:val="00526616"/>
+    <w:rsid w:val="00527A3C"/>
     <w:rsid w:val="005316F6"/>
     <w:rsid w:val="0053197B"/>
     <w:rsid w:val="005330B7"/>
     <w:rsid w:val="00534B02"/>
+    <w:rsid w:val="005352EC"/>
     <w:rsid w:val="00535B7C"/>
     <w:rsid w:val="00537CF1"/>
     <w:rsid w:val="0054193F"/>
     <w:rsid w:val="0054279E"/>
+    <w:rsid w:val="00543CC6"/>
     <w:rsid w:val="005447A7"/>
     <w:rsid w:val="00545663"/>
     <w:rsid w:val="005463E1"/>
     <w:rsid w:val="00546B2B"/>
     <w:rsid w:val="00550761"/>
     <w:rsid w:val="00554166"/>
-    <w:rsid w:val="00567119"/>
+    <w:rsid w:val="00556DCC"/>
     <w:rsid w:val="00567EF5"/>
     <w:rsid w:val="00570190"/>
     <w:rsid w:val="005736DB"/>
     <w:rsid w:val="00575398"/>
     <w:rsid w:val="005756A2"/>
+    <w:rsid w:val="005768E8"/>
+    <w:rsid w:val="005809D4"/>
     <w:rsid w:val="00581752"/>
     <w:rsid w:val="00590BCE"/>
     <w:rsid w:val="00590D9E"/>
     <w:rsid w:val="00595B86"/>
     <w:rsid w:val="00597342"/>
     <w:rsid w:val="005A0E55"/>
+    <w:rsid w:val="005A4B66"/>
+    <w:rsid w:val="005B0637"/>
     <w:rsid w:val="005B123E"/>
+    <w:rsid w:val="005B1BED"/>
     <w:rsid w:val="005B1E41"/>
     <w:rsid w:val="005B3734"/>
     <w:rsid w:val="005B429D"/>
     <w:rsid w:val="005B5099"/>
     <w:rsid w:val="005B594D"/>
     <w:rsid w:val="005B5A93"/>
     <w:rsid w:val="005C6E4A"/>
     <w:rsid w:val="005C7829"/>
+    <w:rsid w:val="005D2D41"/>
     <w:rsid w:val="005D40F1"/>
     <w:rsid w:val="005D56AA"/>
     <w:rsid w:val="005D68C2"/>
     <w:rsid w:val="005D7EE1"/>
     <w:rsid w:val="005E1438"/>
+    <w:rsid w:val="005E1EF8"/>
     <w:rsid w:val="005E50E4"/>
     <w:rsid w:val="005E5F11"/>
     <w:rsid w:val="005F1330"/>
     <w:rsid w:val="005F5115"/>
     <w:rsid w:val="005F5A92"/>
     <w:rsid w:val="0060083B"/>
+    <w:rsid w:val="006057A4"/>
     <w:rsid w:val="00611B43"/>
     <w:rsid w:val="00613B50"/>
     <w:rsid w:val="00614EDD"/>
     <w:rsid w:val="0061510F"/>
+    <w:rsid w:val="006155A3"/>
     <w:rsid w:val="00615733"/>
     <w:rsid w:val="00617831"/>
     <w:rsid w:val="0062002E"/>
+    <w:rsid w:val="00622BFC"/>
+    <w:rsid w:val="00622E5D"/>
     <w:rsid w:val="00625698"/>
     <w:rsid w:val="006259F7"/>
     <w:rsid w:val="00627B32"/>
-    <w:rsid w:val="0063789E"/>
+    <w:rsid w:val="006363EA"/>
     <w:rsid w:val="006467E6"/>
     <w:rsid w:val="00647AF0"/>
+    <w:rsid w:val="00650D1C"/>
     <w:rsid w:val="00651DA9"/>
     <w:rsid w:val="006554A6"/>
     <w:rsid w:val="00662A2A"/>
     <w:rsid w:val="00671F42"/>
+    <w:rsid w:val="0067203D"/>
     <w:rsid w:val="00680202"/>
+    <w:rsid w:val="0068469F"/>
+    <w:rsid w:val="006872FC"/>
+    <w:rsid w:val="006873AF"/>
     <w:rsid w:val="00690ED8"/>
+    <w:rsid w:val="00691B04"/>
     <w:rsid w:val="00692249"/>
     <w:rsid w:val="006928BE"/>
+    <w:rsid w:val="006951CB"/>
     <w:rsid w:val="00697055"/>
     <w:rsid w:val="006A3A5A"/>
     <w:rsid w:val="006A49D5"/>
     <w:rsid w:val="006A73DA"/>
+    <w:rsid w:val="006C7082"/>
     <w:rsid w:val="006C79F3"/>
     <w:rsid w:val="006D2A35"/>
     <w:rsid w:val="006D3AC2"/>
     <w:rsid w:val="006D6E5A"/>
     <w:rsid w:val="006E0EB9"/>
     <w:rsid w:val="006E2E48"/>
     <w:rsid w:val="006E3324"/>
     <w:rsid w:val="006E4BB5"/>
+    <w:rsid w:val="006F2D6B"/>
+    <w:rsid w:val="006F3328"/>
     <w:rsid w:val="006F4CFB"/>
+    <w:rsid w:val="006F6177"/>
     <w:rsid w:val="006F620E"/>
+    <w:rsid w:val="006F7045"/>
     <w:rsid w:val="00701E58"/>
+    <w:rsid w:val="007054A5"/>
     <w:rsid w:val="007075C0"/>
     <w:rsid w:val="00710EFB"/>
+    <w:rsid w:val="007217C4"/>
     <w:rsid w:val="0072218A"/>
     <w:rsid w:val="00722E62"/>
     <w:rsid w:val="007262DE"/>
     <w:rsid w:val="00726F3C"/>
     <w:rsid w:val="00732F7B"/>
     <w:rsid w:val="0073548E"/>
     <w:rsid w:val="00736741"/>
     <w:rsid w:val="00741660"/>
     <w:rsid w:val="00741CA4"/>
     <w:rsid w:val="0075079E"/>
     <w:rsid w:val="007549AD"/>
     <w:rsid w:val="00754CB2"/>
     <w:rsid w:val="00755264"/>
     <w:rsid w:val="00765414"/>
     <w:rsid w:val="00766C95"/>
     <w:rsid w:val="00774469"/>
     <w:rsid w:val="00783A34"/>
     <w:rsid w:val="00785CEF"/>
     <w:rsid w:val="00786F45"/>
+    <w:rsid w:val="00794DE0"/>
     <w:rsid w:val="007A1D14"/>
     <w:rsid w:val="007A5221"/>
+    <w:rsid w:val="007A693D"/>
+    <w:rsid w:val="007A7364"/>
     <w:rsid w:val="007A788C"/>
+    <w:rsid w:val="007B2C60"/>
     <w:rsid w:val="007B39F1"/>
+    <w:rsid w:val="007B4525"/>
     <w:rsid w:val="007B62FF"/>
     <w:rsid w:val="007B6E85"/>
     <w:rsid w:val="007C174E"/>
+    <w:rsid w:val="007C2782"/>
+    <w:rsid w:val="007C4BEF"/>
     <w:rsid w:val="007C5C65"/>
     <w:rsid w:val="007C5D79"/>
+    <w:rsid w:val="007D1B0E"/>
     <w:rsid w:val="007D2075"/>
     <w:rsid w:val="007D20D7"/>
     <w:rsid w:val="007D2DE5"/>
     <w:rsid w:val="007D5610"/>
     <w:rsid w:val="007D5F76"/>
     <w:rsid w:val="007E01C3"/>
     <w:rsid w:val="007E0594"/>
+    <w:rsid w:val="007E06B9"/>
     <w:rsid w:val="007E0FA2"/>
+    <w:rsid w:val="007E3CE9"/>
+    <w:rsid w:val="007E7FA4"/>
     <w:rsid w:val="007F1C2F"/>
     <w:rsid w:val="007F1CA7"/>
     <w:rsid w:val="007F1E4C"/>
+    <w:rsid w:val="007F2542"/>
+    <w:rsid w:val="007F2EF3"/>
     <w:rsid w:val="007F6007"/>
     <w:rsid w:val="007F75C1"/>
     <w:rsid w:val="007F7E5E"/>
     <w:rsid w:val="008014E1"/>
     <w:rsid w:val="008052FD"/>
     <w:rsid w:val="008061CD"/>
     <w:rsid w:val="008067DA"/>
     <w:rsid w:val="00810B94"/>
     <w:rsid w:val="00816FF8"/>
     <w:rsid w:val="008179B6"/>
     <w:rsid w:val="0082031D"/>
     <w:rsid w:val="00824695"/>
     <w:rsid w:val="00826284"/>
     <w:rsid w:val="0082778D"/>
     <w:rsid w:val="00840F5A"/>
     <w:rsid w:val="008419D7"/>
     <w:rsid w:val="008452DF"/>
+    <w:rsid w:val="00847EA7"/>
+    <w:rsid w:val="00847F39"/>
     <w:rsid w:val="0085077B"/>
     <w:rsid w:val="008514BE"/>
     <w:rsid w:val="00851654"/>
+    <w:rsid w:val="0085417A"/>
     <w:rsid w:val="00855481"/>
     <w:rsid w:val="008567ED"/>
     <w:rsid w:val="008628D6"/>
+    <w:rsid w:val="0086625C"/>
     <w:rsid w:val="0087091E"/>
+    <w:rsid w:val="008710B8"/>
     <w:rsid w:val="00871881"/>
     <w:rsid w:val="00873546"/>
     <w:rsid w:val="00873786"/>
     <w:rsid w:val="008737BA"/>
     <w:rsid w:val="00873C20"/>
     <w:rsid w:val="00875431"/>
     <w:rsid w:val="00875E26"/>
     <w:rsid w:val="00877342"/>
     <w:rsid w:val="00885078"/>
     <w:rsid w:val="00887760"/>
     <w:rsid w:val="008919BC"/>
     <w:rsid w:val="00891DB0"/>
     <w:rsid w:val="0089577F"/>
     <w:rsid w:val="00895F4E"/>
     <w:rsid w:val="00896303"/>
     <w:rsid w:val="008965E3"/>
+    <w:rsid w:val="0089735D"/>
     <w:rsid w:val="008977A9"/>
     <w:rsid w:val="00897CEC"/>
     <w:rsid w:val="008A2362"/>
     <w:rsid w:val="008A2B6D"/>
     <w:rsid w:val="008A61EB"/>
     <w:rsid w:val="008A7717"/>
+    <w:rsid w:val="008B0ABF"/>
     <w:rsid w:val="008B6B38"/>
     <w:rsid w:val="008B774E"/>
+    <w:rsid w:val="008B7EE2"/>
     <w:rsid w:val="008C064C"/>
     <w:rsid w:val="008C3C78"/>
     <w:rsid w:val="008C50A5"/>
     <w:rsid w:val="008C7870"/>
     <w:rsid w:val="008D46C6"/>
     <w:rsid w:val="008D56D4"/>
     <w:rsid w:val="008E1495"/>
+    <w:rsid w:val="008E183D"/>
     <w:rsid w:val="008E35B7"/>
     <w:rsid w:val="008E74A8"/>
     <w:rsid w:val="008F44DC"/>
     <w:rsid w:val="008F6EC2"/>
+    <w:rsid w:val="009035EE"/>
+    <w:rsid w:val="00911A8D"/>
     <w:rsid w:val="009177A6"/>
     <w:rsid w:val="0092253E"/>
     <w:rsid w:val="009245E2"/>
+    <w:rsid w:val="00924624"/>
     <w:rsid w:val="00925A4C"/>
     <w:rsid w:val="00931B8F"/>
+    <w:rsid w:val="009341DD"/>
+    <w:rsid w:val="00935A1C"/>
     <w:rsid w:val="00935DED"/>
     <w:rsid w:val="009373BD"/>
     <w:rsid w:val="0094053D"/>
+    <w:rsid w:val="00940CC8"/>
     <w:rsid w:val="00941DDA"/>
+    <w:rsid w:val="00943FC5"/>
     <w:rsid w:val="00946A8F"/>
     <w:rsid w:val="009504BF"/>
     <w:rsid w:val="009521CB"/>
     <w:rsid w:val="00953291"/>
     <w:rsid w:val="009544A2"/>
     <w:rsid w:val="009551AC"/>
     <w:rsid w:val="00957755"/>
     <w:rsid w:val="009603BD"/>
     <w:rsid w:val="0096244D"/>
     <w:rsid w:val="00964869"/>
     <w:rsid w:val="00965DAB"/>
     <w:rsid w:val="00967DAD"/>
     <w:rsid w:val="00970F26"/>
     <w:rsid w:val="00974426"/>
     <w:rsid w:val="009753BB"/>
+    <w:rsid w:val="00984B37"/>
     <w:rsid w:val="00985604"/>
+    <w:rsid w:val="009923A1"/>
     <w:rsid w:val="009939BF"/>
     <w:rsid w:val="00996562"/>
     <w:rsid w:val="009A5A74"/>
     <w:rsid w:val="009B39E0"/>
     <w:rsid w:val="009B4AE1"/>
+    <w:rsid w:val="009B68A7"/>
+    <w:rsid w:val="009B7A3F"/>
+    <w:rsid w:val="009C2C72"/>
     <w:rsid w:val="009C2FC9"/>
     <w:rsid w:val="009C46A4"/>
     <w:rsid w:val="009C4EF6"/>
     <w:rsid w:val="009C58A3"/>
     <w:rsid w:val="009D16EF"/>
     <w:rsid w:val="009D2DED"/>
     <w:rsid w:val="009D68EC"/>
     <w:rsid w:val="009D6A3E"/>
+    <w:rsid w:val="009E0CD3"/>
+    <w:rsid w:val="009E505A"/>
     <w:rsid w:val="009E7F6D"/>
+    <w:rsid w:val="009F5E5C"/>
     <w:rsid w:val="009F617C"/>
     <w:rsid w:val="009F683E"/>
     <w:rsid w:val="009F7BE7"/>
     <w:rsid w:val="00A02361"/>
+    <w:rsid w:val="00A0278D"/>
     <w:rsid w:val="00A02B0A"/>
     <w:rsid w:val="00A03167"/>
     <w:rsid w:val="00A04DE9"/>
     <w:rsid w:val="00A05922"/>
     <w:rsid w:val="00A114CE"/>
     <w:rsid w:val="00A15117"/>
     <w:rsid w:val="00A20901"/>
     <w:rsid w:val="00A20D6C"/>
     <w:rsid w:val="00A2235F"/>
     <w:rsid w:val="00A226F0"/>
     <w:rsid w:val="00A24A9F"/>
+    <w:rsid w:val="00A24ACF"/>
     <w:rsid w:val="00A3005C"/>
+    <w:rsid w:val="00A368E9"/>
     <w:rsid w:val="00A3718F"/>
+    <w:rsid w:val="00A37AB2"/>
     <w:rsid w:val="00A424B1"/>
     <w:rsid w:val="00A44917"/>
     <w:rsid w:val="00A4545C"/>
     <w:rsid w:val="00A5185F"/>
     <w:rsid w:val="00A5535C"/>
     <w:rsid w:val="00A57518"/>
     <w:rsid w:val="00A600B5"/>
     <w:rsid w:val="00A60CFB"/>
     <w:rsid w:val="00A610EE"/>
     <w:rsid w:val="00A61F23"/>
-    <w:rsid w:val="00A62101"/>
     <w:rsid w:val="00A66194"/>
     <w:rsid w:val="00A70726"/>
+    <w:rsid w:val="00A71E63"/>
     <w:rsid w:val="00A753E5"/>
     <w:rsid w:val="00A7542C"/>
     <w:rsid w:val="00A759A5"/>
     <w:rsid w:val="00A8534B"/>
     <w:rsid w:val="00A8614C"/>
+    <w:rsid w:val="00A9110E"/>
+    <w:rsid w:val="00A94F72"/>
     <w:rsid w:val="00A956B6"/>
+    <w:rsid w:val="00A95859"/>
     <w:rsid w:val="00A965B4"/>
     <w:rsid w:val="00A96842"/>
     <w:rsid w:val="00AA0854"/>
+    <w:rsid w:val="00AA0D65"/>
     <w:rsid w:val="00AA31E4"/>
+    <w:rsid w:val="00AA6DB2"/>
     <w:rsid w:val="00AA6E9D"/>
     <w:rsid w:val="00AA75B9"/>
     <w:rsid w:val="00AB04F3"/>
     <w:rsid w:val="00AB0734"/>
+    <w:rsid w:val="00AB10D1"/>
     <w:rsid w:val="00AC1BD0"/>
     <w:rsid w:val="00AC2DF2"/>
     <w:rsid w:val="00AC2EBC"/>
     <w:rsid w:val="00AC4165"/>
+    <w:rsid w:val="00AC7CE4"/>
     <w:rsid w:val="00AD0A81"/>
+    <w:rsid w:val="00AD1690"/>
     <w:rsid w:val="00AD245A"/>
     <w:rsid w:val="00AE0B5B"/>
     <w:rsid w:val="00AE3E45"/>
     <w:rsid w:val="00AE467A"/>
     <w:rsid w:val="00AE5D28"/>
+    <w:rsid w:val="00AF02F8"/>
     <w:rsid w:val="00AF06F1"/>
     <w:rsid w:val="00AF16B1"/>
     <w:rsid w:val="00AF1FE9"/>
     <w:rsid w:val="00AF4CB0"/>
     <w:rsid w:val="00AF54BD"/>
     <w:rsid w:val="00AF7255"/>
     <w:rsid w:val="00AF7E3C"/>
     <w:rsid w:val="00B00429"/>
     <w:rsid w:val="00B01422"/>
     <w:rsid w:val="00B018AD"/>
     <w:rsid w:val="00B02CA2"/>
     <w:rsid w:val="00B05A12"/>
     <w:rsid w:val="00B06113"/>
+    <w:rsid w:val="00B127AD"/>
     <w:rsid w:val="00B12EA1"/>
     <w:rsid w:val="00B13B90"/>
     <w:rsid w:val="00B15413"/>
     <w:rsid w:val="00B170A2"/>
     <w:rsid w:val="00B17565"/>
     <w:rsid w:val="00B236B7"/>
     <w:rsid w:val="00B24A2B"/>
     <w:rsid w:val="00B25CAC"/>
     <w:rsid w:val="00B268AC"/>
     <w:rsid w:val="00B35998"/>
     <w:rsid w:val="00B370B3"/>
     <w:rsid w:val="00B37F9C"/>
     <w:rsid w:val="00B409C2"/>
     <w:rsid w:val="00B40DD6"/>
+    <w:rsid w:val="00B41CB4"/>
+    <w:rsid w:val="00B46B78"/>
     <w:rsid w:val="00B55C7C"/>
     <w:rsid w:val="00B56985"/>
     <w:rsid w:val="00B575F9"/>
+    <w:rsid w:val="00B60A45"/>
     <w:rsid w:val="00B64316"/>
     <w:rsid w:val="00B65538"/>
     <w:rsid w:val="00B65B39"/>
+    <w:rsid w:val="00B66547"/>
     <w:rsid w:val="00B67402"/>
     <w:rsid w:val="00B67BBC"/>
+    <w:rsid w:val="00B70774"/>
     <w:rsid w:val="00B7097F"/>
     <w:rsid w:val="00B71370"/>
     <w:rsid w:val="00B71527"/>
     <w:rsid w:val="00B71A14"/>
     <w:rsid w:val="00B7349B"/>
     <w:rsid w:val="00B74CEC"/>
     <w:rsid w:val="00B74D35"/>
     <w:rsid w:val="00B75FED"/>
     <w:rsid w:val="00B7607A"/>
     <w:rsid w:val="00B7635F"/>
     <w:rsid w:val="00B76E2B"/>
+    <w:rsid w:val="00B8574E"/>
+    <w:rsid w:val="00B8590E"/>
     <w:rsid w:val="00B86BCC"/>
+    <w:rsid w:val="00B87821"/>
     <w:rsid w:val="00B9045B"/>
     <w:rsid w:val="00B96997"/>
     <w:rsid w:val="00BA0DB4"/>
     <w:rsid w:val="00BA411E"/>
     <w:rsid w:val="00BA4C50"/>
     <w:rsid w:val="00BA6FBC"/>
     <w:rsid w:val="00BB0F14"/>
     <w:rsid w:val="00BB22B5"/>
     <w:rsid w:val="00BC1983"/>
     <w:rsid w:val="00BC1F5E"/>
     <w:rsid w:val="00BC318F"/>
     <w:rsid w:val="00BC36A9"/>
+    <w:rsid w:val="00BC3CB3"/>
     <w:rsid w:val="00BD0C55"/>
+    <w:rsid w:val="00BD17E6"/>
+    <w:rsid w:val="00BD2533"/>
+    <w:rsid w:val="00BE00A6"/>
     <w:rsid w:val="00BE398F"/>
+    <w:rsid w:val="00BF07D9"/>
     <w:rsid w:val="00BF26BB"/>
     <w:rsid w:val="00BF737F"/>
     <w:rsid w:val="00C03BAD"/>
+    <w:rsid w:val="00C04183"/>
     <w:rsid w:val="00C07CBA"/>
     <w:rsid w:val="00C148BD"/>
     <w:rsid w:val="00C16DB1"/>
     <w:rsid w:val="00C218FE"/>
     <w:rsid w:val="00C328A1"/>
     <w:rsid w:val="00C33553"/>
     <w:rsid w:val="00C3619F"/>
     <w:rsid w:val="00C42E0B"/>
     <w:rsid w:val="00C44D2C"/>
     <w:rsid w:val="00C463F0"/>
     <w:rsid w:val="00C46EE2"/>
     <w:rsid w:val="00C479A7"/>
+    <w:rsid w:val="00C519A6"/>
     <w:rsid w:val="00C54102"/>
     <w:rsid w:val="00C5448D"/>
     <w:rsid w:val="00C54809"/>
+    <w:rsid w:val="00C56EF5"/>
     <w:rsid w:val="00C570D9"/>
+    <w:rsid w:val="00C607C2"/>
     <w:rsid w:val="00C65740"/>
     <w:rsid w:val="00C6585E"/>
     <w:rsid w:val="00C67440"/>
+    <w:rsid w:val="00C73A29"/>
     <w:rsid w:val="00C76ED6"/>
     <w:rsid w:val="00C80110"/>
     <w:rsid w:val="00C808CA"/>
     <w:rsid w:val="00C82705"/>
     <w:rsid w:val="00C83154"/>
     <w:rsid w:val="00C8502D"/>
     <w:rsid w:val="00C93BDD"/>
     <w:rsid w:val="00C9512B"/>
     <w:rsid w:val="00C95187"/>
     <w:rsid w:val="00C97B8B"/>
     <w:rsid w:val="00CA0C26"/>
+    <w:rsid w:val="00CA2051"/>
     <w:rsid w:val="00CA2FA1"/>
     <w:rsid w:val="00CA5D23"/>
+    <w:rsid w:val="00CA643B"/>
     <w:rsid w:val="00CB1B1E"/>
+    <w:rsid w:val="00CB1E2B"/>
+    <w:rsid w:val="00CB4337"/>
     <w:rsid w:val="00CB5A25"/>
     <w:rsid w:val="00CB5D1A"/>
     <w:rsid w:val="00CB7E71"/>
     <w:rsid w:val="00CC5485"/>
+    <w:rsid w:val="00CC7D8B"/>
     <w:rsid w:val="00CD0049"/>
     <w:rsid w:val="00CD021C"/>
     <w:rsid w:val="00CD3C00"/>
     <w:rsid w:val="00CD5F2A"/>
     <w:rsid w:val="00CD6D8D"/>
     <w:rsid w:val="00CE220C"/>
+    <w:rsid w:val="00CE43B3"/>
+    <w:rsid w:val="00CE58E8"/>
     <w:rsid w:val="00D00393"/>
     <w:rsid w:val="00D0061A"/>
     <w:rsid w:val="00D04388"/>
     <w:rsid w:val="00D04F6D"/>
     <w:rsid w:val="00D104CD"/>
     <w:rsid w:val="00D13234"/>
     <w:rsid w:val="00D139FA"/>
     <w:rsid w:val="00D141AA"/>
     <w:rsid w:val="00D14802"/>
     <w:rsid w:val="00D16EA3"/>
     <w:rsid w:val="00D27D20"/>
     <w:rsid w:val="00D31F6A"/>
     <w:rsid w:val="00D3261A"/>
     <w:rsid w:val="00D40786"/>
     <w:rsid w:val="00D45A98"/>
     <w:rsid w:val="00D4654C"/>
     <w:rsid w:val="00D47BBE"/>
     <w:rsid w:val="00D53DCD"/>
     <w:rsid w:val="00D646F5"/>
     <w:rsid w:val="00D665E6"/>
     <w:rsid w:val="00D72C46"/>
     <w:rsid w:val="00D73C48"/>
+    <w:rsid w:val="00D76B76"/>
     <w:rsid w:val="00D76D9F"/>
     <w:rsid w:val="00D80284"/>
     <w:rsid w:val="00D81466"/>
     <w:rsid w:val="00D83373"/>
     <w:rsid w:val="00D8349B"/>
     <w:rsid w:val="00D8379D"/>
     <w:rsid w:val="00D907E4"/>
     <w:rsid w:val="00D93772"/>
     <w:rsid w:val="00D937B6"/>
     <w:rsid w:val="00D9798D"/>
     <w:rsid w:val="00DA0D21"/>
     <w:rsid w:val="00DA6310"/>
     <w:rsid w:val="00DA6A7C"/>
     <w:rsid w:val="00DB1983"/>
     <w:rsid w:val="00DB21A4"/>
     <w:rsid w:val="00DB622C"/>
     <w:rsid w:val="00DB79A7"/>
     <w:rsid w:val="00DC0441"/>
     <w:rsid w:val="00DC0749"/>
     <w:rsid w:val="00DC5B1E"/>
     <w:rsid w:val="00DD1A2B"/>
     <w:rsid w:val="00DD3295"/>
     <w:rsid w:val="00DD7398"/>
     <w:rsid w:val="00DD7E68"/>
     <w:rsid w:val="00DE031C"/>
     <w:rsid w:val="00DE4C05"/>
     <w:rsid w:val="00DE740A"/>
     <w:rsid w:val="00DF7CFD"/>
-    <w:rsid w:val="00E0116E"/>
     <w:rsid w:val="00E02A41"/>
     <w:rsid w:val="00E053EE"/>
     <w:rsid w:val="00E07DB1"/>
     <w:rsid w:val="00E10F99"/>
     <w:rsid w:val="00E11297"/>
     <w:rsid w:val="00E12483"/>
     <w:rsid w:val="00E1447C"/>
     <w:rsid w:val="00E150CE"/>
     <w:rsid w:val="00E16988"/>
     <w:rsid w:val="00E16F5D"/>
+    <w:rsid w:val="00E20049"/>
     <w:rsid w:val="00E22F5B"/>
     <w:rsid w:val="00E336AC"/>
     <w:rsid w:val="00E363EB"/>
     <w:rsid w:val="00E3676D"/>
     <w:rsid w:val="00E37B4F"/>
     <w:rsid w:val="00E41A2E"/>
+    <w:rsid w:val="00E42BB1"/>
     <w:rsid w:val="00E43CB7"/>
     <w:rsid w:val="00E501EC"/>
+    <w:rsid w:val="00E508BB"/>
     <w:rsid w:val="00E529D6"/>
     <w:rsid w:val="00E5407C"/>
     <w:rsid w:val="00E664D8"/>
+    <w:rsid w:val="00E67E93"/>
     <w:rsid w:val="00E709CD"/>
     <w:rsid w:val="00E71ACF"/>
     <w:rsid w:val="00E723C5"/>
     <w:rsid w:val="00E72978"/>
+    <w:rsid w:val="00E73697"/>
     <w:rsid w:val="00E73872"/>
     <w:rsid w:val="00E76FF9"/>
     <w:rsid w:val="00E77C2C"/>
     <w:rsid w:val="00E77D15"/>
     <w:rsid w:val="00E8306F"/>
     <w:rsid w:val="00E830FC"/>
     <w:rsid w:val="00E8457E"/>
     <w:rsid w:val="00E84E74"/>
     <w:rsid w:val="00E863E1"/>
     <w:rsid w:val="00E91F5C"/>
     <w:rsid w:val="00E920C3"/>
     <w:rsid w:val="00E934E0"/>
     <w:rsid w:val="00E936B3"/>
+    <w:rsid w:val="00EA27C4"/>
     <w:rsid w:val="00EA2E56"/>
     <w:rsid w:val="00EA32C2"/>
     <w:rsid w:val="00EA491A"/>
     <w:rsid w:val="00EA68A3"/>
     <w:rsid w:val="00EB02D5"/>
     <w:rsid w:val="00EB0719"/>
+    <w:rsid w:val="00EB3CB2"/>
     <w:rsid w:val="00EB5EEA"/>
     <w:rsid w:val="00EB71C5"/>
     <w:rsid w:val="00EB72EA"/>
     <w:rsid w:val="00EB7FE4"/>
     <w:rsid w:val="00EB7FF4"/>
     <w:rsid w:val="00EC1218"/>
     <w:rsid w:val="00EC2832"/>
     <w:rsid w:val="00EC5493"/>
     <w:rsid w:val="00ED2A2F"/>
     <w:rsid w:val="00ED5F02"/>
     <w:rsid w:val="00EE0581"/>
     <w:rsid w:val="00EE7CD8"/>
     <w:rsid w:val="00EF01D8"/>
     <w:rsid w:val="00EF1C81"/>
     <w:rsid w:val="00EF68D0"/>
+    <w:rsid w:val="00EF69EA"/>
     <w:rsid w:val="00F02337"/>
     <w:rsid w:val="00F0272D"/>
     <w:rsid w:val="00F03B3B"/>
+    <w:rsid w:val="00F06A91"/>
     <w:rsid w:val="00F141F9"/>
     <w:rsid w:val="00F21973"/>
     <w:rsid w:val="00F236FF"/>
     <w:rsid w:val="00F23FB5"/>
     <w:rsid w:val="00F23FFA"/>
     <w:rsid w:val="00F2432E"/>
     <w:rsid w:val="00F2741F"/>
+    <w:rsid w:val="00F27A9A"/>
     <w:rsid w:val="00F31D04"/>
     <w:rsid w:val="00F3229D"/>
     <w:rsid w:val="00F378D8"/>
+    <w:rsid w:val="00F45E4F"/>
     <w:rsid w:val="00F4690B"/>
+    <w:rsid w:val="00F629E7"/>
     <w:rsid w:val="00F63F6A"/>
     <w:rsid w:val="00F65848"/>
     <w:rsid w:val="00F71793"/>
     <w:rsid w:val="00F7294E"/>
     <w:rsid w:val="00F767B7"/>
+    <w:rsid w:val="00F8100D"/>
+    <w:rsid w:val="00F83793"/>
     <w:rsid w:val="00F85296"/>
     <w:rsid w:val="00F85E02"/>
-    <w:rsid w:val="00F92E5B"/>
+    <w:rsid w:val="00F867E2"/>
     <w:rsid w:val="00F937F5"/>
     <w:rsid w:val="00F97FC2"/>
     <w:rsid w:val="00FA0DCE"/>
     <w:rsid w:val="00FA23AA"/>
     <w:rsid w:val="00FA2432"/>
     <w:rsid w:val="00FA257B"/>
     <w:rsid w:val="00FA2912"/>
     <w:rsid w:val="00FA3B0D"/>
     <w:rsid w:val="00FA5798"/>
+    <w:rsid w:val="00FB006E"/>
     <w:rsid w:val="00FB0B08"/>
     <w:rsid w:val="00FB0CCC"/>
     <w:rsid w:val="00FC1032"/>
+    <w:rsid w:val="00FC29FC"/>
+    <w:rsid w:val="00FC2DD3"/>
     <w:rsid w:val="00FC353B"/>
     <w:rsid w:val="00FD1F83"/>
     <w:rsid w:val="00FE0BC5"/>
     <w:rsid w:val="00FE0D17"/>
+    <w:rsid w:val="00FE0E8A"/>
     <w:rsid w:val="00FE10D8"/>
     <w:rsid w:val="00FE13EA"/>
+    <w:rsid w:val="00FE14DC"/>
     <w:rsid w:val="00FE173F"/>
     <w:rsid w:val="00FE5624"/>
     <w:rsid w:val="00FE7672"/>
     <w:rsid w:val="00FE7C9E"/>
     <w:rsid w:val="00FF464A"/>
     <w:rsid w:val="00FF5490"/>
     <w:rsid w:val="00FF6D2D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -40430,55 +46487,57 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1980840485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ofcom.org.uk/phones-and-broadband/phone-numbers/numbering/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://GHMcomms.com/terms-conditions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ghmcomms.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ofcom.org.uk/phones-and-broadband/phone-numbers/numbering/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -40730,110 +46789,110 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < p r o p e r t i e s   x m l n s = " h t t p : / / w w w . i m a n a g e . c o m / w o r k / x m l s c h e m a " > 
  
-     < d o c u m e n t i d > D M S ! 1 2 3 9 5 1 6 4 . 1 < / d o c u m e n t i d > 
+     < d o c u m e n t i d > D M S ! 1 3 7 7 3 9 5 8 . 1 < / d o c u m e n t i d > 
  
-     < s e n d e r i d > A G C < / s e n d e r i d > 
+     < s e n d e r i d > E M M A . B U T C H E R < / s e n d e r i d > 
  
-     < s e n d e r e m a i l > A L I C E . C A R R @ M O O R E B L A T C H . C O M < / s e n d e r e m a i l > 
+     < s e n d e r e m a i l > E M M A . B U T C H E R @ M O O R E B A R L O W . C O M < / s e n d e r e m a i l > 
  
-     < l a s t m o d i f i e d > 2 0 2 4 - 1 2 - 2 3 T 0 9 : 1 2 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
+     < l a s t m o d i f i e d > 2 0 2 5 - 1 1 - 2 5 T 1 0 : 4 3 : 0 0 . 0 0 0 0 0 0 0 + 0 0 : 0 0 < / l a s t m o d i f i e d > 
  
      < d a t a b a s e > D M S < / d a t a b a s e > 
  
  < / p r o p e r t i e s > 
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24DD4B3A-427A-44A8-BF29-C5AB5F290F75}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E772ECC-0C04-4576-8C23-2063F42E372D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DE2E26B-395E-41A0-BFEA-CF3BC5ED5E55}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24DD4B3A-427A-44A8-BF29-C5AB5F290F75}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>29</Pages>
-[...1 lines deleted...]
-  <Characters>63416</Characters>
+  <Pages>34</Pages>
+  <Words>15539</Words>
+  <Characters>80496</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>528</Lines>
-  <Paragraphs>148</Paragraphs>
+  <Lines>1166</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Moore and Blatch</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>74393</CharactersWithSpaces>
+  <CharactersWithSpaces>95973</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>1</dc:title>
   <dc:subject/>
   <dc:creator>Jan Blakeley</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>